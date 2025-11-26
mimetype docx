--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="13fce4c" w14:textId="13fce4c">
+    <w:p w14:paraId="7bf599c" w14:textId="7bf599c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1303,70 +1303,114 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Мемлекеттік органның басшысына мемлекеттік органның, аумақтарды дамыту бағдарламаларының стартегиялық мақсаттары мен міндеттеріне қол жеткізу үшін қажетті жәрдемдесу, мемлекеттік органның басшысына мемлекеттік органды тиімді басқаруды және бюджет қаражатын, мемлекеттің активтерін және тәуекелдерді басқару жүйесіне негізделген квазимемлекеттік сектордың субъектілерін басқару және пайдалану тиімділігін арттыруды қамтамасыз етуге арналған тәуелсіз және объективті ақпаратты ұсыну ІАҚ негізгі мақсаты болып табылады.</w:t>
+      10. Мемлекеттік органның басшысына мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың даму жоспарының мақсаттары мен міндеттеріне қол жеткізу үшін жәрдемдесу, мемлекеттік органның басшысына мемлекеттік органды тиімді басқаруды және бюджет қаражатын, мемлекеттің активтерін және тәуекелдерді басқару жүйесіне негізделген квазимемлекеттік сектордың субъектілерін басқару және пайдалану тиімділігін арттыруды қамтамасыз етуге арналған тәуелсіз және объективті ақпаратты ұсыну ІАҚ негізгі мақсаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      ІАҚ миссиясы болып табылады.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Қаржы министрінің 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 584</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бірінші ресми жариялану күнінен кейін он күнтізбелік күннен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z93" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10-1. ІАҚ құзыреті Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1463,74 +1507,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. ІАҚ міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) мемлекеттік органның стратегиялық құжаттарының, аумақтарды дамыту бағдарламаларының мақсаттары мен міндеттеріне қол жеткізілуін талдау;</w:t>
+      1) мемлекеттік органның стратегиялық құжаттарының, облыстың, республикалық маңызы бар қаланың, астананың даму жоспарларының мақсаттары мен міндеттеріне қол жеткізілуін талдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қаржылық және басқарушылық ақпараттың сенімділігі мен дұрыстығын, мемлекеттік органның қызметін ішкі ұйымдастыру процестерінің тиімділігін, көрсетілетін мемлекеттік қызметтердің сапасын, мемлекет активтерінің сақталуын талдау, бағалау және тексеру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді – ҚР Қаржы министрінің 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 584</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бірінші ресми жариялану күнінен кейін он күнтізбелік күннен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. ІАҚ функциялары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z80" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1731,51 +1837,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының ІАҚ үшін - жергілікті бюджеттерден қаржыландырылатын және тиісті облыстың, республикалық маңызы бар қаланың, астананың әкімшілік бағыныстылығының аумағындағы атқарушы органдарда, олардың бөлімшелерінде, ведомстволық бағынысты ұйымдарында ішкі процестердің (бизнес-процестердің) тәуекелдерін басқару жүйесі негізінде ішкі бақылау мен басқару жүйесінің жұмыс істеуін бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z85" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) мемлекеттік органның стратегиялық жоспарының және бюджеттік шығыстармен өзара байланыстағы аумақтарды дамыту бағдарламалардың мақсатттары мен міндеттеріне қол жеткізуін, оның ішінде дамуға арналған нысаналы трансферттерді іске асыруды қоса бюджеттік инвестициялар шеңберінде талдайды;</w:t>
+      6) мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың даму жоспарларының мақсаттары мен міндеттеріне қол жеткізуін бюджеттік шығыстармен өзара байланыста, оның ішінде дамуға арналған нысаналы трансферттерді іске асыруды қоса алғанда, бюджеттік инвестициялар шеңберінде талдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z86" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тиісті мемлекеттік органда тауарлық-материалдық қорлардың және өзге активтердің сақталуына тексеруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z87" w:id="34"/>
     <w:p>
@@ -1994,51 +2100,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда – ҚР Қаржы министрінің 05.03.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 335</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен; өзгерістер енгізілді - ҚР Қаржы министрінің 19.04.2021 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгерістер енгізілді - ҚР Қаржы министрінің 19.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (06.07.2021 бастап қолданысқа енгізіледі); 16.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2074,51 +2180,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 07.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 672</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 584</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бірінші ресми жариялану күнінен кейін он күнтізбелік күннен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z38" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2353,626 +2479,624 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z47" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. ІАҚ міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z48" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік аудит және қаржылық бақылау стандарттарына қатаң сәйкестікте мемлекеттік аудитті және қаржылық бақылауды жүргізеді;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ІАҚ-ның жылдық жұмыс жоспарын әзірлейді, орталық мемлекеттік органның, орталық мемлекеттік органның ведомствосының, жергілікті атқарушы органның, Қазақстан Республикасы Ішкі істер министрлігінің ведомстволық бағынысты аумақтық органдарының бірінші басшысына бекітуге ұсынады және орындалуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тәуекелдерді басқару жүйесі негізінде орталық мемлекеттік органның, орталық мемлекеттік органның ведомствосының, жергілікті атқарушы органның, Қазақстан Республикасы Ішкі істер министрлігінің ведомстволық бағынысты аумақтық органдарының бірінші басшы бекітетін тиісті жылға мемлекеттік аудит объектілерінің тізбесін қалыптастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік құпияларды қамтитын мәліметтерді және (немесе) Қазақстан Республикасының Үкіметі белгілеген шектеулі таратылатын қызметті ақпаратты қамтитын мәліметтерді қоспағанда, мемлекеттік органның интернет-ресурсында оларды бекіткен күннен бастап бес жұмыс күннің ішінде тиісті жылға бекітілген мемлекеттік аудит тізбесін және оларға енгізілген өзгерістерді орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қайталануды болдырмау мақсатында мемлекеттік аудит және қаржылық бақылау органдарымен тиісті жылға мемлекеттік аудит объектілерінің тізбесін және оған өзгерістермен келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік аудит және қаржылық бақылау органдары ұсынымдарының орындалуын бақылайды, оларды қабылданған шаралар туралы хабарлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) мемлекеттік аудит объектілері лауазымды тұлғаларының мемлекеттік аудитті жүргізу кезінде сұратылған құжаттар мен материалдарды ұсынбау немесе уақытылы ұсынбау фактілері бойынша актілер жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасын, құқықтарын және мемлекеттік аудит объектілерінің заңды мүддесін сақтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасында белгіленген мерзімде мемлекеттік аудит және қаржылық бақылау материалдарын бірыңғай деректер қорына орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) мемлекеттік аудит объектілері лауазымды тұлғаларының іс-әрекеттерінде қылмыстық немесе әкімшілік құқық бұзушылықтар белгілерін анықтаған жағдайда құқық қорғау органдарына немесе әкімшілік құқық бұзушылықтар туралы істерді қозғауға және (немесе) қарауға уәкілетті органдарға тиісті аудиторлық дәлелдермен қоса материалдар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мемлекеттік аудит объектісінің белгіленген режиміне кедергі жасамайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Қазақстан Республикасының заңнамасына сәйкес бұзушылықтардың алдын алу, оларды анықтау және олардың жолын кесу бойынша берілген өкілеттіктерді уақтылы және толық көлемде орындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) қызметтік және кәсібі этика талаптарын сақтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) мемлекеттік аудит объектісінің басшысына (лауазымды тұлғаларына) мемлекеттік аудитті және қаржылық бақылауды жүргізу кезінде қатысуға кедергі жасамайды, мемлекеттік аудит және қаржылық бақылау мәніне қатысты мәселелер бойынша түсініктемелер береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) мемлекеттік аудит және қаржылық бақылау нәтижесінде алынған құжаттар мен мәліметтердің сақталуын қамтамасыз етеді, соның ішінде мемлекеттік құпияларға, қызметтік, коммерциялық және заңмен қорғалатын өзге құпияға жататын мәліметтерді жарияламайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) орталық мемлекеттік органның, орталық мемлекеттік органдары ведомстволарының бірінші басшысына, облыс, республикалық маңызы бар қала, астана әкіміне мүдделер қақтығысына ықпал ететін жағдайлар туралы хабарлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) мемлекеттік аудит барысында алынған және жиналған ақпараттың және іс жүзіндегі фактілердің негізінде ғана мемлекеттік аудит нәтижелерін негіздейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) орталық мемлекеттік органның, орталық мемлекеттік органның ведомствосының, жергілікті атқарушы органның бірінші басшысы басшылық ететін Мемлекеттік аудит және тәуекелдер жөніндегі кеңеспен өзара іс-қимыл жасайды, оның ұсынымдарының іске асырылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) бюджет процесінің барлық кезеңінде Қазақстан Республикасы бюджет заңнамасының талаптарын сақтау мақсатында консультациялық көмекті жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Қазақстан Республикасы бюджет заңнамасы талаптарының бұзылуы анықталған жағдайда бұзушылықтарды жою және Қазақстан Республикасының бюджет заңнамасына сәйкес келтіру үшін консультациялық көмекті жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) өкілді органдарда республикалық немесе жергілікті бюджеттің жобасын және оның атқарылуы туралы жылдық есепті талқылау үшін қабылданған шаралар туралы ақпарат дайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Қазақстан Республикасының заңнамалық актілерінде көзделген өзге де міндеттер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда – ҚР Қаржы министрінің 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 584</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бірінші ресми жариялану күнінен кейін он күнтізбелік күннен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. ІАҚ оған жүктелген функциялар мен міндеттердің уақтылы және сапалы орындалуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z49" w:id="52"/>
-[...15 lines deleted...]
-      2) ІАҚ-ның жылдық жұмыс жоспарын әзірлейді, бірінші басшыға (облыстың, республикалық маңызы бар қаланың, астананың әкімі) бекітуге ұсынады және орындалуын қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Мемлекеттік аудитті жүзеге асыру кезінде мемлекеттік аудит және қаржылық бақылау стандарттардың негізгі қағидаттарын бұзғаны үшін ІАҚ қызметкерлері Қазақстан Республикасының заңдарына сәйкес дербес тәртіптік, әкімшілік және қылмыстық жауапкершілікте болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z50" w:id="53"/>
-[...15 lines deleted...]
-      3) тәуекелдерді басқару жүйесі негізінде бірінші басшы (облыстың, республикалық маңызы бар қаланың, астананың әкімі) бекітетін тиісті жылға мемлекеттік аудит объектілерінің тізбесін қалыптастырады;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. ІАҚ қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z51" w:id="54"/>
-[...456 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда – ҚР Қаржы министрінің 05.03.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 335</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="73"/>
+    <w:bookmarkStart w:name="z70" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. ІАҚ–ға басшылықты орталық атқарушы органның аппарат басшысы (белгіленген тәртіппен орталық атқарушы органның аппарат басшысының өкілеттіктері жүктелген тұлға), ал олар болмаған жағдайда – мемлекеттік органның бірінші басшысының, облыстың, республикалық маңызы бар қаланың, астананың әкімінің келісімі бойынша, мемлекеттік мекеменің басшы бұйрығының (өкімнің) негізінде лауазымға тағайындалатын және лауазымнан босататын ІАҚ басшысы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2991,90 +3115,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="74"/>
+    <w:bookmarkStart w:name="z71" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. ІАҚ басшысы ІАҚ-ға жүктелген міндеттердің орындалуын және функцияларының жүзеге асырылауын қамтамасыз етеді, соның ішінде сыбайлас жемқорлыққа қарсы іс-қимыл, ІАҚ қызметкерлерінің құқықтарын, міндеттерін және жауапкершілігін белгілейді, Мемлекеттік аудит және тәуекелдер жөннідегі кеңес құрамына қатысады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z72" w:id="75"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z72" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. ІАҚ басшысы, орталық атқарушы органның аппарат басшысының (белгіленген тәртіппен орталық атқарушы органның аппарат басшысының өкілеттіктері жүктелген тұлғалардың), ал олар болмаған жағдайда – мемлекеттік мекеменің басшысының келісімі бойынша, мемлекеттік органның, орталық мемлекеттік органдардың ведомстволарының, облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының бірінші басшысына, облыстың, республикалық маңызы бар қаланың, астананың әкіміне ІАҚ құрылымы және штаттық кестесі жөнінде ұсыныстар береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3093,110 +3217,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="76"/>
+    <w:bookmarkStart w:name="z73" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. ІАҚ құзыретіне кіретін мәселелер бойынша ІАҚ атынан басқа құрылымдық бөлімшелерге, ведомстволарға, аумақтық органдар ммен ведомстволық бағынысты ұйымдарға жіберілетін құжаттар мен сауалдарға ІАҚ басшысы, ал ол болмаған жағдайда – оны ауыстыратын тұлға қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z74" w:id="77"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z74" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. ІАҚ қызметкерлерінің мемлекеттік қызметті өткеру жағдайлары Қазақстан Республикасының мемлекеттік қызмет туралы заңнамасымен, Қазақстан Республикасының еңбек заңнамасымен, Қазақстан Республикасының мемлекеттік аудит және қаржылық бақылау туралы заңнамасымен, Ішкі аудит қызметі туралы ережемен және Қазақстан Республикасының өзге де нормативтік құқықтқы актілермен белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z75" w:id="78"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z75" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. ІАҚ қызметі оларға жүктелген міндеттер мен өкілеттіктерді іске асыруды қамтамасыз ету мақсатында олардың бірінші басшылары бекітетін ІАҚ-ның жылдық жұмыс жоспарына және тиісті жылға арналған мемлекеттік аудит объектілерінің тізбесіне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3215,200 +3339,200 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (06.07.2021 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="79"/>
+    <w:bookmarkStart w:name="z76" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. ІАҚ есептілігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-тараудың тақырыбы жаңа редакцияда – ҚР Қаржы министрінің 05.03.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 335</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="80"/>
+    <w:bookmarkStart w:name="z77" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. ІАҚ ішкі мемлекеттік аудит жөніндегі уәкілетті органға жүргізілген мемлекеттік аудит және қабылданған шаралар туралы есептер мен ақпаратты жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z78" w:id="81"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z78" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. ІАҚ жыл сайын орталық мемлекеттік органның, орталық мемлеккеттік органы ведомстоларының басшысына, облыстың, республикалық маңызы бар қаланың, астана әкіміне, сондай-ақ ішкі мемлекеттік аудит жөніндегі уәкілетті органға ішкі мемлекеттік аудит қорытындылары туралы жылдық есептер береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>