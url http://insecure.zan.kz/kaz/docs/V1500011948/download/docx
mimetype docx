--- v0 (2025-10-01)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae3017f" w14:textId="ae3017f">
+    <w:p w14:paraId="b6100c3" w14:textId="b6100c3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -852,206 +852,158 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 249 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әкімшілік деректерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жинауға арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Нысан жаңа редакцияда – ҚР Туризм және спорт министрінің 01.10.2024 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Туризм және спорт министрінің м.а. 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 169</w:t>
+        <w:t>№ 246</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z23" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қазақстан Республикасы Туризм және спорт министрлігінің Ойын бизнесі мен лотереяны реттеу комитетіне</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z24" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысаны интернет-ресурста орналастырылған: www.tsm.gov.kz</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ойын бизнесін ұйымдастырушының есептілігін ұсыну нысаны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1112,277 +1064,273 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпаратты ұсынатын тұлғалар тобы: ойын бизнесін ұйымдастырушылар (құмар ойындарды және (немесе) бәс тігуді ұйымдастыруды және өткізуді жүзеге асыратын заңды тұлғалар)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Әкімшілік деректер нысанын ұсыну мерзімі: есепті кезеңнен кейінгі айдың 10-күнінен кешіктірмей, тоқсанына бір рет </w:t>
+        <w:t>
+      Әкімшілік деректер нысанын ұсыну мерзімі: есепті кезеңнен кейінгі айдың 10-күнінен кешіктірмей, тоқсанына бір рет</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="946"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын бизнесін ұйымдастырушының бизнес сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын бизнесін ұйымдастырушының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызмет түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңды мекен-жайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1406,144 +1354,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңнің басындағы құмар ойындарға және (немесе) бәс тігуге қатысушылардың саны, адам</w:t>
-            </w:r>
-[...92 lines deleted...]
-              <w:t xml:space="preserve"> негіздері бойынша қатысушылармен іскерлік қатынастар орнатудан бас тарту саны*, адам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1575,1077 +1429,785 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 есепті кезеңнің басында</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 есепті кезеңнің соңына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 резиденттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 резидент емес</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...83 lines deleted...]
-          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
-            </w:r>
-[...106 lines deleted...]
-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...352 lines deleted...]
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2667,957 +2229,1323 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті кезеңнің соңындағы құмар ойындарға және (немесе) бәс тігуге қатысушылардың саны, адам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КЖ/ТҚ/ЖҚҚТҚҚ туралы Заңның негіздері бойынша қатысушылармен іскерлік қатынастар орнатудан бас тарту саны*, адам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде құмар ойындарға бірдей қатысушылардың ойын мекемелеріне бару саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде ойын бизнесі саласындағы қызметпен айналысуға лицензияны пайдаланғаны үшін төленген төлемақы сомасы туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептілікті ұсынған күнгі жағдай бойынша банкте (банктерде) нақты орналастырылған міндетті резервтердің сомалары туралы мәліметтер**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құмар ойындарға және (немесе) бәс тігуге қатысушыларға төленген ұтыстардың сомалары туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде жасалған мөлшерлемердың жалпы сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+резиденттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+резидент емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10-нан аз келу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10-нан астам келу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50-ден астам келу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...191 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3639,328 +3567,326 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1118"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын жабдығының атауы және түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын жабдығының саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын жабдығының сериялық және (немесе) түгендеу нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өндіруші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын жабдығының, ойын автоматтарының техникалық жай-күйі (жаңа/ қолданылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жабдықты тестілеу күні (жаңа ойын автоматтары үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Технологиялық тұрғыдан ойын автоматына салынған ұтыстың белгіленген пайызы (ойын автоматтары залы үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3971,51 +3897,51 @@
               <w:t>
 Бейне жазу жүйелерінің техникалық жай-күйі туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4074,51 +4000,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -4170,957 +4096,749 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейне жазу жүйесінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны, дана</w:t>
-            </w:r>
-[...70 lines deleted...]
-Жабдықты тестілеу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
-            </w:r>
-[...70 lines deleted...]
-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...319 lines deleted...]
-            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5142,101 +4860,140 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейне жазу жүйелерінің техникалық жай-күйі туралы мәліметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Касса (лар) туралы деректер, оның ішінде кассаның түрі, саны және орналасқан жері (мекен-жайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5266,191 +5023,263 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үстелдер санының өзгеруі, жабдықты ауыстыру туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын бизнесін ұйымдастырушының құрылтайшылар құрамындағы бенефициарлық меншік иелері, басшылары және ойын бизнесін ұйымдастырушының бірінші басшылары туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техникалық жағдайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жабдықты тестілеу күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауыстырылған жабдықтың сериялық немесе түгендеу нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лицензия алу кезінде көрсетілген ойын үстелдерінің саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5460,499 +5289,615 @@
               <w:t>
 ойын үстелдерінің санын ұлғайту және қысқарту туралы ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...159 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      * КЖ/ТҚҚ туралы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> – "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
+      * КЖ/ТҚ/ЖҚҚТҚҚ туралы Заңы – "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -6000,395 +5945,395 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызмет түрі _____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заңды мекен-жайы ________________________________________________</w:t>
-[...89 lines deleted...]
-      Телефон:________________________________________________________</w:t>
+      Заңды мекен-жайы _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес сәйкестендіру нөмірі _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ойын мекемесінің немесе тауар белгісінің атауы (болған жағдайда) _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Интернет-ресурс (болған жағдайда) _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық пошта мекенжайы ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон: ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Берілген лицензияның нөмірі мен күні _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________парақта қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осымен расталады: осы есептілікте көрсетілген барлық мәліметтер және қоса беріліп отырған құжаттар шындыққа сәйкес келеді және жарамды болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жауапты тұлға ______________________ қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Берілген лицензияның нөмірі мен күні_______________________________ </w:t>
-[...71 lines deleted...]
-      _____________________</w:t>
+      Басшы немесе қол қоюға уәкілетті тұлға__________________ қолы немесе </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электрондық цифрлық қолтаңба ______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты, әкесінің аты (болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...52 lines deleted...]
-        </w:rPr>
         <w:t>
       Мөр орны (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="5"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді жинау үшін арналған нысанды толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ойын бизнесін ұйымдастырушының есеп беру нысаны </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс: 1 - (ОИБ), кезеңділігі: тоқсан сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="6"/>
+    <w:bookmarkStart w:name="z25" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме ойын бизнесін ұйымдастырушының есептілікті ұсыну нысанын толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6417,68 +6362,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысан ойын бизнесін ұйымдастырушы басшысының не оны алмастыратын тұлғаның қолымен немесе электрондық цифрлық қолтаңбасымен (міндеттерді жүктеу туралы бұйрықтың көшірмесін қоса бере отырып), сондай-ақ ұйымның мөрімен (бар болса) куәландырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысан тоқсан сайын, есепті кезеңнен кейінгі айдың 10-күнінен кешіктірмей ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="7"/>
+    <w:bookmarkStart w:name="z26" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсініктеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 1-бағанда реттік нөмірі толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6575,90 +6520,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. 8, 9-бағандарда есепті кезеңнің басындағы құмар ойындарға және (немесе) бәс тігуге (резиденттер, резиденттер емес) қатысушылардың саны туралы мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> қарастырылған негіздері бойынша қатысушылармен іскерлік қатынастар орнатудан бас тарту саны туралы мәліметтер көрсетіледі.</w:t>
+        <w:t>
+      12. 10, 11-бағандарда есепті кезеңнің соңында құмар ойындарға және (немесе) бәс тігуге қатысушылардың (резиденттер, резиденттер емес) саны туралы мәліметтер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. 12-бағанда "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңында қарастырылған негіздері бойынша қатысушылармен іскерлік қатынастар орнатудан бас тарту саны туралы мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. 13, 14, 15-бағандарда есепті кезеңде құмар ойындардың сол қатысушыларының ойын мекемелеріне бару саны туралы мәліметтер көрсетіледі (10-нан аз бару, 10-нан астам бару, 50-ден астам бару).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6667,72 +6592,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. 16-бағанда есепті кезеңде ойын бизнесі саласындағы қызметпен айналысуға лицензияны пайдаланғаны үшін төленген төлемақы сомасы туралы мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> айқындалатын міндетті резервтер түріндегі әрбір лицензияға қамтамасыз ету сомасы туралы мәліметтер көрсетіледі.</w:t>
+        <w:t>
+      16. 17-бағанда есептілікті ұсынған күнгі жағдай бойынша банкте (банктерде) нақты орналастырылған "Ойын бизнесі туралы" Қазақстан Республикасының Заңында айқындалатын міндетті резервтер түріндегі әрбір лицензияға қамтамасыз ету сомасы туралы мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. 18-бағанда құмар ойындарға қатысушыларға төленген ұтыстар және (немесе) бәс тігулер сомасы туралы мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7065,176 +6970,176 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2015 жылғы 17 шілдедегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 249 бұйрығына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkStart w:name="z9" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ойын бизнесін ұйымдастырушы ұсынатын есептілікті жинауды</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>және талдауды жүзеге асыру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z10" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-тараудың тақырыбы жаңа редакцияда – ҚР Мәдениет және спорт министрінің 08.07.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:bookmarkStart w:name="z11" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Ойын бизнесін ұйымдастырушы ұсынатын есептілікті жинауды және талдауды жүзеге асыру қағидалары (бұдан әрі – Қағидалар) "Ойын бизнесі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленген және ойын бизнесін ұйымдастырушы ұсынатын есептілікті жинау және талдау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7253,134 +7158,134 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:bookmarkStart w:name="z12" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Есептілікті жинаудың және талдаудың мақсаты ойын бизнесі субъектілері қызметінің ойын бизнесі туралы заңнамаға сәйкестігіне мониторинг жүргізу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z13" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Есептілікті жинауды жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Мәдениет және спорт министрінің 08.07.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:bookmarkStart w:name="z14" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Есептілікті жинау осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7395,71 +7300,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша есептілікті (бұдан әрі – есептілік) ойын бизнесі саласындағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>уәкілетті органға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – уәкілетті орган) ойын бизнесін ұйымдастырушылардың ұсынуы арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z15" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Есептілік қағаз немесе электронды түрде есепті кезеңнен кейінгі айдың 10-күнінен кешіктірмей тоқсан сайын беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7478,70 +7383,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:bookmarkStart w:name="z16" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Есептілік мынадай ақпаратты қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ойын бизнесін ұйымдастырушының бизнес сәйкестендіру нөмірі туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7638,144 +7543,144 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) есепті кезеңнің басындағы құмар ойындарға қатысушылардың және (немесе) бәс тігулердің (резиденттер) саны туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      8) есепті кезеңнің басындағы құмар ойындарға және (немесе) бәс тігуге (резиденттер емес) қатысушылардың саны туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) кезең соңындағы құмар ойындарға және (немесе) бәс тігуге (резиденттер) қатысушылардың саны туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) кезең соңындағы құмар ойындарға және (немесе) бәс тігуге қатысушылардың (резиденттер емес) саны туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      8) есепті кезеңнің басындағы құмар ойындарға және (немесе) бәс тігуге (резиденттер емес) қатысушылардың саны туралы мәліметтер; </w:t>
-[...53 lines deleted...]
-      11) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
+      11) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негіздері бойынша қатысушылармен іскерлік қатынастар орнатудан бас тарту саны туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      12) есепті кезеңде құмар ойындардың сол қатысушыларының ойын мекемелеріне бару саны туралы мәліметтер (10-нан аз бару, 10-нан астам бару, 50-ден астам бару); </w:t>
+        <w:t>
+      12) есепті кезеңде құмар ойындардың сол қатысушыларының ойын мекемелеріне бару саны туралы мәліметтер (10-нан аз бару, 10-нан астам бару, 50-ден астам бару);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) есепті кезеңде ойын бизнесі саласындағы қызметпен айналысуға лицензияны пайдаланғаны үшін төленген төлемақы сомасы туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7858,52 +7763,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) ойын жабдығының атауы және түрі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      18) ойын жабдығының саны; </w:t>
+        <w:t>
+      18) ойын жабдығының саны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) ойын жабдығының сериялық және (немесе) түгендеу нөмірі туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7912,52 +7817,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) ойын жабдығын өндіруші туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      21) ойын жабдығының, ойын автоматтарының техникалық жай-күйі туралы мәліметтер; </w:t>
+        <w:t>
+      21) ойын жабдығының, ойын автоматтарының техникалық жай-күйі туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) технологиялық тұрғыдан ойын автоматына салынған ұтыстың белгіленген пайызы туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7984,88 +7889,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) касса (лар) туралы, оның ішінде кассаның түрі, саны және орналасқан жері туралы мәліметтер (мекен-жайы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-      27) үстелдер санының өзгеруі, жабдықты ауыстыру туралы, оның ішінде лицензия алған кезде көрсетілген ойын үстелдерінің саны туралы мәліметтер; </w:t>
+        <w:t>
+      25) мемлекеттік кірістер органдарында салық салу объектілерін/касса (ларды) тіркеу есебіне қою туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) үстелдер санының өзгеруі, жабдықты ауыстыру, оның ішінде ауыстырылған жабдықтың сериялық немесе түгендеу нөмірі туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) үстелдер санының өзгеруі, жабдықты ауыстыру туралы, оның ішінде лицензия алған кезде көрсетілген ойын үстелдерінің саны туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) үстелдер санының өзгеруі, жабдықты ауыстыру туралы мәліметтер, оның ішінде ойын үстелдерінің санын ұлғайту және қысқарту туралы ақпарат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8085,203 +7990,203 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Туризм және спорт министрінің 01.10.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 169</w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Туризм және спорт министрінің м.а. 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
+    <w:bookmarkStart w:name="z17" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Есептілік ойын бизнесін ұйымдастырушы басшының не оны алмастыратын тұлғаның (міндеттерді жүктеу туралы бұйрық көшірмесін қоса беріп) қолымен, сондай-ақ ұйымның мөрімен куәландырылады (болған жағдайда) және уәкілетті органға жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z18" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Ұсынылған есептілік уәкілетті органда тіркеледі және оны оның тиісті құрылымдық бөлімшесі қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z19" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Есептілікті талдауды жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда – ҚР Мәдениет және спорт министрінің 08.07.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:bookmarkStart w:name="z20" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Уәкілетті орган ұсынылған есептіліктің негізінде барлық қажетті деректердің болуына және толықтығына талдауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған есептілікті талдауға мыналар кіреді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8312,70 +8217,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес келу тұрғысына қарау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) есептілікті тапсырмау немесе толық тапсырмау бойынша мәліметтерді қалыптастыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:bookmarkStart w:name="z21" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Талдау нәтижелері ойын бизнесі саласындағы мемлекеттік саясатты жетілдіру бойынша ұсыныстарды дайындау және бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау жүргізу кезінде пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8414,70 +8319,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:bookmarkStart w:name="z22" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Уәкілетті орган есептілікті жинау, қорытындылау және талдау жолымен ойын бизнесі ұйымдастырушыларының біліктілік талаптарды сақтауы туралы мәліметтерді қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>