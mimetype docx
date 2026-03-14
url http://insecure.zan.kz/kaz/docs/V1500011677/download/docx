--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="774473a" w14:textId="774473a">
+    <w:p w14:paraId="087ac84" w14:textId="087ac84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1320,95 +1320,117 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пайдалануға рұқсат етілген және азаматтық әуе кемелерінің тиісті үлгілерін ұшуда пайдалану және оларға техникалық қызмет көрсету жөніндегі құжаттарға енгізілген;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес сертификаттауға жататын авиаЖЖМ үшін) авиаЖЖМ-ды пайдаланады.</w:t>
+        <w:t>
+      2) Кеден одағы Комиссиясының 2011 жылғы 18 қазандағы № 826 шешімімен қабылданған "Автомобиль мен авиация бензиніне, дизель мен кеме отынына, реактивті қозғалтқышқа арналған отынға және мазутқа қойылатын талаптар туралы" Кеден одағының техникалық регламентінің (КО ТР 013/2011) талаптарыға сәйкестігі туралы декларацияға ие.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Азаматтық әуе кемелерінің тиісті үлгілерін ұшуда пайдалану және оларға техникалық қызмет көрсету жөніндегі құжаттарға енгізілмеген авиаЖЖМ-ды пайдалану азаматтық әуе кемелерін шығарушылармен және олардың конструкторларымен келісім бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2395,71 +2417,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>сұйықтықтардың номенклатурасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымшаға өзгеріс енгізілді - ҚР Көлік министрінің м.а. 03.04.2025 </w:t>
+      Ескерту. 1-қосымшаға өзгерітерс енгізілді - ҚР Көлік министрінің м.а. 03.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2546,51 +2588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МемСТ (мәтіні бойынша)</w:t>
+Нормативтік техникалық құжаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3058,52 +3100,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Реактивті қозғалтқыштарға арналған отын</w:t>
+              <w:t xml:space="preserve">
+Реактивті қозғалтқыштарға арналған отын </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Газтурбиналы қозғалтқыштарға арналған авиациялық отын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
@@ -3112,70 +3154,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-ТС-1, РТ</w:t>
+              <w:t xml:space="preserve">
+ТС-1, РТ </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Джет А-1 (Jet A-1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Джет Фьюл №3 (Jet Fuel №3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3185,51 +3245,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КО ТР 013/2011;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МССТ 10227.</w:t>
+ГОСТ 10227;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КО ТР 013/2011;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3239,51 +3299,141 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ASTM D1655,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(ҚР СТ ASTM D 1655).</w:t>
+(ҚР СТ ASTM D 1655);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 32595;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+GB 6537–2018;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TDS 893-2016;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TDS 32595-2013;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O’zDST 1117:2007.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>