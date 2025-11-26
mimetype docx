--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d98b842" w14:textId="d98b842">
+    <w:p w14:paraId="e262ff0" w14:textId="e262ff0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,150 +112,150 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 10 наурыздағы № 200 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 16 сәуірде № 10744 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық ұланы туралы" Қазақстан Республикасының Заңы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 11) тармақшасына және "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасы Заңы 7-бабы </w:t>
+      "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасы Заңының 7-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 16) тармақшасына және 26-бабының </w:t>
-[...9 lines deleted...]
-        <w:t>10-тармағына</w:t>
+        <w:t xml:space="preserve"> 16) тармақшасына, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-тармағына және "Қазақстан Республикасы Iшкi iстер министрлiгiнiң мәселелерi" Қазақстан Республикасы Үкіметінің 2005 жылғы 22 маусымдағы № 607 қаулысымен бекітілген Қазақстан Республикасы Iшкi iстер министрлiгi туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>290) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ішкі істер министрінің м.а. 22.07.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 608</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ішкі істер министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 761</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -778,168 +778,274 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қазақстан Республикасы Ұлттық ұланының (бұдан әрі – Ұлттық ұлан) әскери қызметшілерін оқытуға жұмсалған бюджет қаражатын мемлекетке өтеу қағидалары (бұдан әрі - Қағидалар) "Қазақстан Республикасының Ұлттық ұланы туралы" Қазақстан Республикасының Заңы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 11) тармақшасына және "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының Заңы 7-бабы </w:t>
+      1. Осы Қазақстан Республикасы Ұлттық ұланының (бұдан әрі – Ұлттық ұлан) әскери қызметшілерін оқытуға жұмсалған бюджет қаражатын мемлекетке өтеу қағидалары (бұдан әрі - Қағидалар) "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасы Заңының 7-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 16) тармақшасына және 26-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі - Заң) сәйкес әзірленген және Ұлттық ұланның әскери қызметшісін Ішкі істер министрлігінің (бұдан әрі - ІІМ) әскери, арнаулы оқу орындарында (бұдан әрі - ӘАОО) немесе шет мемлекеттің ӘАОО оқытуға жұмсалған ақшаны мемлекетке өтеу тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> 16) тармақшасына, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-тармағына (бұдан әрі - Заң) және "Қазақстан Республикасы Iшкi iстер министрлiгiнiң мәселелерi" Қазақстан Республикасы Үкіметінің 2005 жылғы 22 маусымдағы № 607 қаулысымен бекітілген Қазақстан Республикасы Iшкi iстер министрлiгi туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>290) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленген және Ұлттық ұланның әскери қызметшісін Ішкі істер министрлігінің (бұдан әрі - ІІМ) әскери, арнаулы оқу орындарында (бұдан әрі - ӘАОО) немесе шет мемлекеттің ӘАОО оқытуға жұмсалған ақшаны мемлекетке өтеу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 761</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Үлгерімсіздігі, тəртіпсіздігі үшін, өз бастамасы бойынша, теріс себептермен, Қазақстан Республикасының азаматтығы тоқтатылуға байланысты əскери қызметтен шығару салдарынан ІІМ немесе шет мемлекеттің ӘАОО шығарылған, сондай-ақ əскери қызмет өткеру туралы келісімшарт жасасудан бас тартқан курсант немесе кадет оқытудың бірінші жылының шығындарын қоспағанда, өзін ІІМ немесе шет мемлекеттің ӘАОО оқыту кезеңінде тамақтандыруды қамтамасыз етуге, стипендия төлеуге және жол жүруіне арналған шығындарға сәйкес келетін ақшаны мемлекетке өтейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілген міндеттемелер ІІМ немесе шет мемлекеттің ӘАОО оқытудың бірінші жылы ішінде оқудан шығарылған және келесі курсқа көшірілмеген, мерзімді әскери қызметтің қалған мерзімін өткеру үшін белгіленген тәртіппен әскери бөлімдерге (мекемелерге) жіберілген курсанттар мен кадеттерге қолданылмайды.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      ІІМ немесе шет мемлекеттің ӘАОО қайта қабылдау немесе келісімшарт бойынша әскери қызметке кіру оқу және (немесе) келісімшарт бойынша әскери қызмет өткеру кезеңінде оқытуға жұмсалған ақшаны өндіріп алуды тоқтата тұруға негіз болып табылады. ІІМ немесе шет мемлекеттің ӘАОО оқыту кезеңі есепке алынбастан, күнтізбелік есептеумен келісімшарт бойынша он жыл әскери қызмет өткергеннен кейін (ұшқыштар құрамы үшін – он бес жыл) оқытуға жұмсалған ақшаны өндіріп алу тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ІІМ немесе шет мемлекеттің ӘАОО қайта қабылдау немесе келісімшарт бойынша әскери қызметке кіру оқу және (немесе) келісімшарт бойынша әскери қызмет өткеру кезеңінде оқытуға жұмсалған ақшаны өндіріп алуды тоқтата тұруға негіз болып табылады. ІІМ немесе шет мемлекеттің ӘАОО оқыту кезеңі есепке алынбастан, күнтізбелік есептеумен келісімшарт бойынша он жыл әскери қызмет өткергеннен кейін (ұшқыштар құрамы үшін – он бес жыл) оқытуға жұмсалған ақшаны өндіріп алу тоқтатылады.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Ішкі істер министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 761</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. ІІМ немесе шет мемлекеттің ӘАОО бітірген əскери қызметші теріс себептермен, Қазақстан Республикасының азаматтығы тоқтатылуға байланысты немесе аттестаттау қорытындысы бойынша анықталған қызметіне сай келмеуі бойынша əскери қызметтен шығарылған жағдайда оқытудың бірінші жылының шығындарын қоспағанда, курсанттар мен кадеттерді ІІМ немесе шет мемлекеттің ӘАОО оқыту кезеңінде тамақтандыруды қамтамасыз етуге, стипендия төлеуге және жол жүруіне арналған шығындарға сәйкес келетін ақшаны мемлекетке әскери қызмет өткеру туралы келісімшарт мерзімі аяқталғанға дейін қызмет өткерілмеген əрбір толық ай үшін барабар түрде өтейді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
@@ -3635,55 +3741,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>