--- v0 (2025-12-30)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9f0344a" w14:textId="9f0344a">
+    <w:p w14:paraId="bcf30c6" w14:textId="bcf30c6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -8584,51 +8584,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Енгізілген төтенше жағдай режимін қамтамасыз ету жөніндегі мемлекеттік комиссияның шешімі бойынша көзделген объектілер мен кешендер бойынша сараптамалық сүйемелдеу режимінде осы жобаны әзірлеудің тиісті кезеңдері бойынша жүзеге асырылуы мүмкін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) жеке инвестициялар есебінен қаржыландырылатын туристік қызмет саласындағы уәкілетті органның ұсынысымен және сәулет, қала құрылысы және құрылыс саласындағы уәкілетті органның келісуімен Маңғыстау облысы аумағындағы туризм объектілер мен кешендер бойынша сараптамалық сүйемелдеу режимінде осы жобаны әзірлеудің тиісті кезеңдері бойынша жүзеге асырылуы мүмкін.</w:t>
+      3) жеке инвестициялар есебінен қаржыландырылатын туристік қызмет саласындағы уәкілетті органның ұсынысымен және сәулет, қала құрылысы және құрылыс саласындағы уәкілетті органның келісуімен Маңғыстау облысы аумағындағы туризм объектілер мен кешендер бойынша сараптамалық сүйемелдеу режимінде осы жобаны әзірлеудің тиісті кезеңдері бойынша жүзеге асырылуы мүмкін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Алматы облысы, Алатау қаласындағы объектілер салу жөніндегі инвестициялық жобалар бойынша сараптамалық сүйемелдеу режимінде осы жобаны әзірлеудің тиісті кезеңдері бойынша жүзеге асырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -8703,50 +8721,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -19576,55 +19614,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>