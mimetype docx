--- v0 (2025-10-05)
+++ v1 (2026-01-10)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8ebf4b7" w14:textId="8ebf4b7">
+    <w:p w14:paraId="6498f2d" w14:textId="6498f2d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,82 +77,120 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Жазасын өтеуден шартты түрде мерзімінен бұрын босатылған адамдардың мінез-құлқын бақылауды жүзеге асыру қағидасын бекіту туралы</w:t>
+        <w:t>Жазасын өтеуден шартты түрде мерзімінен бұрын босатылған адамдардың мінез-құлқын бақылауды жүзеге асыру қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ішкі істер министрінің м.а. 2014 жылғы 19 қыркүйектегі № 622 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2014 жылы 28 қазанда № 9839 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       РҚАО-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы бұйрықтың қолданысқа енгізілі тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -219,74 +257,136 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Жазасын өтеуден мерзімінен бұрын-шартты түрде босатылған адамдардың мінез-құлқын бақылауды жүзеге асыру </w:t>
-[...9 lines deleted...]
-        <w:t>қағидасы</w:t>
+      1. Қоса беріліп отырған Жазасын өтеуден шартты түрде мерзімінен бұрын босатылған адамдардың мінез-құлқын бақылауды жүзеге асыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мыналардың:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -797,54 +897,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жазасын өтеуден шартты түрде мерзімінен бұрын босатылған адамдардың мінез-құлқын бақылауды жүзеге асыру қағидасы</w:t>
+        <w:t xml:space="preserve"> Жазасын өтеуден шартты түрде мерзімінен бұрын босатылған адамдардың мінез-құлқын бақылауды жүзеге асыру қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -873,110 +1011,234 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы Жазасын өтеуден шартты түрде мерзімінен бұрын босатылған адамдардың мінез-құлқын бақылауды жүзеге асыру қағидасы (бұдан әрі - Қағида) жазасын өтеуден шартты түрде мерзiмiнен бұрын босатылған (бұдан әрі - шартты түрде мерзімінен бұрын босатылғандар) адамдарды бақылау және оларға жүктелген міндеттердің орындалуын бақылау тәртібін айқындайды.</w:t>
+      1. Осы Жазасын өтеуден шартты түрде мерзімінен бұрын босатылған адамдардың мінез-құлқын бақылауды жүзеге асыру қағидалары (бұдан әрі - Қағидалар) жазасын өтеуден шартты түрде мерзiмiнен бұрын босатылған (бұдан әрі - шартты түрде мерзімінен бұрын босатылғандар) адамдарды бақылау және оларға жүктелген міндеттердің орындалуын бақылау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Жазасын өтеуден шартты түрде мерзімінен бұрын босатылған адамдар тұрғылықты жеріне келген соң ол ішкі істер органдарының профилактикалық есебіне қойылып және оған бақылау ісі осы Қағиданың </w:t>
+      2. Жазасын өтеуден шартты түрде мерзімінен бұрын босатылған адамдар тұрғылықты жеріне келген соң ол ішкі істер органдарының профилактикалық есебіне қойылып және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша оған бақылау ісі ашылып, тіркеуге жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес ашылып, тіркеуге жатады.</w:t>
+        <w:t>
+      Өмір бойына бас бостандығынан айыруға сотталған адам жазасын өтеуден шартты түрде мерзімінен бұрын босатылған жағдайда, пробациялық бақылау он жыл мерзімге белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Соттың адамды жазасын өтеуден шартты түрде мерзімінен бұрын босату туралы қаулысы бақылау ісін ашуға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
@@ -1131,206 +1393,206 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қайта қылмыс жасағаны үшін бас бостандығынан айыру, шартты түрде мерзімінен бұрын босатудың күшін жоя отырып, шартты түрде мерзімінен бұрын босатылған адамның сотталуы, шартты түрде мерзімінен бұрын босатылған жазасының өтелмеген мерзімінің аяқталуы, шартты түрде мерзімінен бұрын босатудың күшінің жойылуы, шартты түрде мерзімінен бұрын босатылған адамның өлімі бақылау ісін жүргізуді тоқтатуға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Шартты түрде мерзімінен бұрын босатылған адамдармен профилактикалық жұмыстың жүзеге асырылуын бақылау жергілікті полиция қызметіне жетекшілік ететін ішкі істер органы бастығының орынбасарына не қалалық (аудандық) ішкі істер органының (бұдан әрі - ҚАІІО) жергілікті полиция қызметі басшысына жүктеледі.</w:t>
+      6. Шартты түрде мерзімінен бұрын босатылған адамдармен профилактикалық жұмыстың жүзеге асырылуын бақылау қоғамдық қауіпсіздік бөлімшесін жетекшілік ететін ішкі істер органы бастығының орынбасарына не қалалық (аудандық) ішкі істер органының (бұдан әрі - ҚАІІО) қоғамдық қауіпсіздік бөлімшесі басшысына жүктеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 517</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       7. ҚАІІО-ның бастығы қылмыстық-атқару жүйесінің бөліністерінен шартты түрде мерзімінен бұрын босатылған адамға қатысты хабарлама алған соң жергілікті полиция қызметінің бастығына шартты түрде мерзімінен бұрын босатылған адамның тұрғылықты жеріне келуін бақылауды жүзеге асыруды тапсырады.</w:t>
+       7. ҚАІІО-ның бастығы қылмыстық-атқару жүйесінің бөліністерінен шартты түрде мерзімінен бұрын босатылған адамға қатысты хабарлама алған соң қоғамдық қауіпсіздік бөлімшесінің бастығына шартты түрде мерзімінен бұрын босатылған адамның тұрғылықты жеріне келуін бақылауды жүзеге асыруды тапсырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 02.12.2015 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 981</w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Алып тасталды - ҚР Ішкі істер министрінің 08.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 655</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1349,607 +1611,581 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       9. Шартты түрде мерзімінен бұрын босатылған адамдар тұрақты тұрғылықты жеріне келгеннен кейін ҚАІІО-ның бастығы:</w:t>
+      9. Шартты түрде мерзімінен бұрын босатылған адамдар тұрақты тұрғылықты жеріне келгеннен кейін ҚАІІО-ның бастығы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z109" w:id="25"/>
+    <w:bookmarkStart w:name="z136" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) жергілікті полиция қызметінің бастығына: </w:t>
+      1) қоғамдық қауіпсіздік бөлімшесінің бастығына: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z116" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       профилактикалық есепке алуды және адамға арналған ақпараттық-іздеу картасын (бұдан әрі – Адам-АІК) ақпараттық-аналитикалық орталықтың (бұдан әрі – ААО) аумақтық бөліністеріне, сондай-ақ ақпаратты кезекші бөлімге, арнайы мекемеге және полицияның кешенді күштеріне жіберуді;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қылмыстық-атқару жүйесі бөліністеріне хабарлауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шартты түрде мерзімінен бұрын босатылған адамның қасақана қылмыс жасауының әрбір фактісі бойынша анықталған кемшіліктерді жою және ішкі істер органдарының профилактикалық жұмысының тиімділігін арттыру бойынша шаралар қабылдай отырып, қызметтік тексеріс жүргізуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ҚАІІО криминалдық полиция бөлінісіне шартты түрде мерзімінен бұрын босатылған адамды жедел есепке алуды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z117" w:id="27"/>
-[...15 lines deleted...]
-      қылмыстық-атқару жүйесі бөліністеріне хабарлауды;</w:t>
+    <w:bookmarkStart w:name="z138" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ҚАІІО-ның криминалдық полициясына, кезекші бөлімдеріне, арнайы мекемелеріне және полицияның кешенді күштеріне шартты түрде мерзімінен бұрын босатылған адамдардың тарапынан құқық бұзушылық және сотпен оларға жүктелген міндеттерді орындаудан жалтару фактілері туралы ҚАІІО-ның қоғамдық қауіпсіздік бөлімшесіне ақпарат ұсынуды тапсырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z118" w:id="28"/>
-[...15 lines deleted...]
-      шартты түрде мерзімінен бұрын босатылған адамның қасақана қылмыс жасауының әрбір фактісі бойынша анықталған кемшіліктерді жою және ішкі істер органдарының профилактикалық жұмысының тиімділігін арттыру бойынша шаралар қабылдай отырып, қызметтік тексеріс жүргізуді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. УПИ шартты түрде мерзімінен бұрын босатылған адаммен әңгіме жүргізеді, тұрғылықты жері бойынша тіркеу ережесін сақтау туралы ескертеді және оның уақтылығын бақылайды, бас бостандығын айыру орындарынан жіберілген А-АІК-дағы көрсетілген деректердің шынайылығын тексереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z119" w:id="29"/>
-[...15 lines deleted...]
-      2) ҚАІІО криминалдық полиция бөлінісіне шартты түрде мерзімінен бұрын босатылған адамды жедел есепке алуды;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Алып тасталды - ҚР Ішкі істер министрінің 08.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 655</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бақылау ісі жазаның өтелмеген барлық мерзімі бойы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z120" w:id="30"/>
-[...15 lines deleted...]
-      3) ҚАІІО-ның криминалдық полициясына, кезекші бөлімдеріне, арнайы мекемелеріне және полицияның кешенді күштеріне шартты түрде мерзімінен бұрын босатылған адамдардың тарапынан құқық бұзушылық және сотпен оларға жүктелген міндеттерді орындаудан жалтару фактілері туралы ҚАІІО-ның жергілікті полиция қызметінің бөліністеріне ақпарат ұсынуды тапсырады.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Шартты түрде мерзімінен бұрын босатылған адамдар жазаның өтелмеген мерзімі аяқталғаннан кейін "Бас бостандығынан айыру орындарынан босатылған адамдарды әкімшілік қадағалау туралы" Қазақстан Республикасы Заңының әрекетіне түсетін адамдар санатына ауыстырылады және соттылығы өтелген немесе алынғанға дейін есепте тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 02.12.2015 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 981</w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
-[...213 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Шартты түрде мерзімінен бұрын босатылған адамдарға қатысты, осы Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген қылмыстары үшін жазасын өтеген адамдарды қоспағанда, жазаның өтелмеген мерзімі аяқталғаннан кейін бақылау ісін жүргізу тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z40" w:id="35"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Бақылау ісіне бас бостандығынан айыру орындарынан босатылғаны туралы анықтаманың, сот үкімдерінің (олар болмаған жағдайда учаскелік инспектор қылмыстық-атқару мекемесіне сұрау салады), шартты түрде мерзімінен бұрын босату туралы қаулының көшірмелері, соттылығын тексеру талабы және шартты түрде мерзімінен бұрын босатылған адамға "Есептегі элемент" Біріктірілген деректер банкі есебінің басып шығарылған электрондық карточкасы, өмірбаяны, соттылығы туралы толыққанды түсініктемесі және осы Қағидаға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша байланыстарының сызбасы тігіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z41" w:id="36"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Шартты түрде мерзімінен бұрын босатылған адамның облыстан (республикадан) тыс жаңа тұрғылықты жерге көшкен, қайта қылмыс жасағаны үшін шартты түрде мерзімінен бұрын босатылуы күшін жойған, жазаның өтелмеген бөлігінің мерзімі өткен және ол қайтыс болған жағдайда үш жұмыс күні ішінде АДБ-ға қажетті түзету енгізу үшін ААО-ға хабарлама жолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Жазасын өтеуден шартты түрде мерзімінен бұрын босатылған адамдарды бақылауды жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 517</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="38"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Қылмыстық-атқару жүйесінің мекемесінен шартты түрде мерзімінен бұрын босатылған адамдар тұрғылықты жеріне келгеннен кейін УПИ үш жұмыс күні ішінде ҚАІІО бастығына (оның міндетін атқаратын адамға) Қазақстан Республикасы ҚАК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1964,51 +2200,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес оларға сот жүктеген міндеттер бойынша шектеулер белгілеу туралы осы Қағидаға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қаулы енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2027,90 +2263,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="39"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Тұрғылықты жерін тастап кетпеуге тыйым салуға қатысты Қазақстан Республикасы ҚАК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>169-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тармағының 3) тармақшасында көзделген міндеттер бойынша белгіленген шектеулерді ҚАІІО бастығы (оның міндетін атқаратын адам) жұмыс, оқу режиміне байланысты өзгерте алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2129,945 +2365,925 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="40"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Есепке қойғаннан кейін УПИ шартты түрде мерзімінен бұрын босатылған адамға, ол үшін оған әкімшілік жаза салынған бірнеше рет әкімшілік құқық бұзушылық жасау немесе Қазақстан Республикасы ҚАК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>169-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген міндеттерді орындаудан қасақана жалтарған жағдайдағы салдар түсіндіріледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 517</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Шартты түрде мерзімінен бұрын босатылған адамға шектеулер белгілеу туралы қаулы бақылау ісі материалдарына тігіледі. Қаулының көшірмесі шартты түрде мерзімінен бұрын босатылған адамға түпнұсқасына қол қою арқылы тапсырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Тұрғылықты жері бойынша шартты түрде мерзімінен бұрын босатылған адам дәлелсіз себептер бойынша 5 жұмыс күні ішінде тұрғылықты жеріне келмеген не болмаған және міндеттерін орындаудан қасақана жалтару фактілері анықталған жағдайда, УПИ бұл туралы ҚАІІО бастығына (оның міндетін атқаратын адамға) баянатпен баяндайды және шартты түрде мерзімінен бұрын босатылған адамның жүрген жері және келмеу себептерін анықтау бойынша алғашқы іс-шараларды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұратын жері анықталмаған жағдайда, сотқа оған іздестіру жариялау туралы не бұлтартпау шараларын таңдау туралы ұсыным енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 517</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Бірнеше әкімшілік құқық бұзушылық жасаған және міндеттерді орындаудан қасақана жалтарған кезде ҚАІІО бастығы (оның міндетін атқаратын адам) материалдарды және бақылау ісін қоса отырып, шартты түрде мерзімінен бұрын босатудың күшін жою және жазаның қалған өтелмеген бөлігін орындау мүмкіндігі туралы осы Қағидаға 6-қосымшаға сәйкес дәлелді ұсынымды сотқа жолдайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 517</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="41"/>
-[...15 lines deleted...]
-      20. Шартты түрде мерзімінен бұрын босатылған адамға шектеулер белгілеу туралы қаулы бақылау ісі материалдарына тігіледі. Қаулының көшірмесі шартты түрде мерзімінен бұрын босатылған адамға түпнұсқасына қол қою арқылы тапсырылады.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Шартты түрде мерзімінен бұрын босатылған адамдарды бақылау олардың тұрғылықты жері бойынша жүзеге асырылады. Егер шартты түрде мерзімінен бұрын босатылған адам дәлелді себептер бойынша аталған мекенжайда тұра алмаса, ҚАІІО бастығы (оның міндетін атқаратын адам) оның өтінішіне сәйкес оған ҚАІІО қызмет көрсететін аумақтың шегіндегі басқа жерде уақытша тұруға рұқсат береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z47" w:id="42"/>
-[...15 lines deleted...]
-      21. Тұрғылықты жері бойынша шартты түрде мерзімінен бұрын босатылған адам дәлелсіз себептер бойынша 5 жұмыс күні ішінде тұрғылықты жеріне келмеген не болмаған және міндеттерін орындаудан қасақана жалтару фактілері анықталған жағдайда, УПИ бұл туралы ҚАІІО бастығына (оның міндетін атқаратын адамға) баянатпен баяндайды және шартты түрде мерзімінен бұрын босатылған адамның жүрген жері және келмеу себептерін анықтау бойынша алғашқы іс-шараларды жүргізеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 517</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Шартты түрде мерзімінен бұрын босатылған адамдардың сот жүктеген міндеттерін орындауын толыққанды бақылау мақсатында ішкі істер органдарының қызметкерлері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шартты түрде мерзімінен бұрын босатылған адамның мінез-құлқы туралы жұмыс орны және тұрғылықты жері бойынша азаматтардан және меншік нысанына қарамастан ұйымдардың әкімшіліктерінен мәліметтер сұрауға және алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шартты түрде мерзімінен бұрын босатылған адамды әңгімелесуге ішкі істер органына шақыруға, қажет болған жағдайда мұндай әңгімелерді туыстарының келісімі бойынша оларды қатыстыра отырып өткізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) шартты түрде мерзімінен бұрын босатылған адамдардан сот жүктеген міндеттердің орындалуына байланысты мәселелер бойынша ауызша және жазбаша түрде түсініктерді талап етуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. УПИ шартты түрде мерзімінен бұрын босатылған адаммен тұрғылықты жері бойынша сот белгілеген міндеттерді орындаудан жалтару және оның құқық бұзушылық жасау оқиғаларына жол бермеуі жөнінде ескерту жұмысын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Шартты түрде мерзімінен бұрын босатылған адамның тұрғын үйіне әрбір келу нәтижелері бойынша учаскелік полиция инспекторы немесе оны тексеретін полиция қызметкері бақылау парағына осы Қағидаға 7-қосымшаға сәйкес нысан бойынша тиісті белгі қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 02.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 981</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Шартты түрде мерзімінен бұрын босатылған адамдардың ішкі істер органдарына келу міндеті бақылау жасау, сондай-ақ профилактикалық сипатта әңгіме жүргізу мақсатында қолданылады. Шартты түрде мерзімінен бұрын босатылған адамның келу сағаттары, оның жұмысы мен оқуына әсер етпейтіндей есеппен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Шартты түрде мерзімінен бұрын босатылған адамның ішкі істер органына келуін тіркеу ҚАІІО қоғамдық қауіпсіздік бөлімшесінде не учаскелік полиция пункттерінде жүзеге асырылады, бұл туралы арнайы бақылау парағына осы Қағидаларға 7-қосымшаға сәйкес нысан бойынша белгі қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. УПИ сот белгілеген міндеттерді бұзудың әрбір фактісі бойынша осы Қағидаға 9-қосымшаға сәйкес нысан бойынша баянат толтырады және ҚАІІО бастығына (оның міндетін атқаратын адамға) баяндайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 517</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="43"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       30. Ішкі істер органының немесе соттың шақыртуы бойынша келмеген жағдайда шартты түрде мерзімінен бұрын босатылған адамды мәжбүрлеп алып келу жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Қызмет көрсету аумағында тұрмайтын шартты түрде мерзімінен бұрын босатылған адам әкімшілік жауапкершілікке тартылған жағдайда онда осы адамға бақылау жүзеге асыратылатын тұрғылықты жері бойынша ішкі істер органына әкімшілік жауапкершілікке тарту туралы қаулы көшірмесімен хабарлама жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Шартты түрде мерзімінен бұрын босатылған адамның тұрғылықты жерінен ауданнан (қаладан, облыстан) тысқары уақытша шығуы туралы мәселелерді шартты түрде мерзімінен бұрын босатылған адамның жазбаша арызының және шығу себебін, профилактикалық есепте тұрған кезеңдегі мінез-құлқын сипаттайтын деректер көрсетілген учаскелік инспектордың баянаты негізінде ҚАІІО бастығы (оның міндетін атқаратын адам) қарайды. Қабылданған шешім туралы арызға тиісті жазба жазылады, ол ІІО-ның кіріс хат-хабарламасында тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 517</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="44"/>
-[...589 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="57"/>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        33. Шартты түрде мерзімінен бұрын босатылған адамға басқа жерге уақытша кетуге және онда бір тәуліктен артық болуға рұқсат берілген жағдайда қолхат арқылы бағыттық парақ осы Қағидаға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3082,807 +3298,827 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес беріледі, онда басқа елді мекенге шығуға рұқсат берілген күні, бару мақсаты мен болу мерзімі, шартты түрде мерзімінен бұрын босатылған адамның ішкі істер органында тіркелуі, шақыру бойынша белгіленген уақытта ішкі істер органына келуі, тұрғылықты жері бойынша оны қадағалауды жүзеге асыратын учаскелік полиция инспекторына өзінің оралғаны туралы хабарлау міндеттері көрсетіледі. УПИ шартты түрде мерзімінен бұрын босатылған адамның кеткені туралы ол келуге тиіс аумаққа қызмет көрсететін ішкі істер органына осы Қағидаға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жазбаша түрде хабарлайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Шартты түрде мерзімінен бұрын босатылған адам басқа ішкі істер органы қызмет көрсететін аумаққа келісімен, қоғамдық қауіпсіздік бөлімшесінің қызметкері немесе УПИ оның бағыттық парағына тиісті белгілер қойып, оларды ішкі істер органының мөрімен (мөртаңбасымен) куәландырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       35. УПИ шартты түрде мерзімінен бұрын босатылған адамның уақытша тұру мерзімі ішінде оның мінез-құлқы мен өмір сүру салтын қадағалауды жүзеге асырады, әңгімелесу үшін оның келу күндерін белгілейді, болу мерзімі аяқталғанда бағыттық парағына оның уақытша тұру жеріндегі мінез-құлқы туралы жазба енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Шартты түрде мерзімінен бұрын босатылған адам тұрғылықты жеріне оралған кезде бақылауды жүзеге асырушы УПИ бағыттық парақтағы жазбалармен танысады, оған аталған адамның келгені туралы белгі қояды және бағыттық парақты бақылау ісіне тіркейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z63" w:id="58"/>
-[...15 lines deleted...]
-      34. Шартты түрде мерзімінен бұрын босатылған адам басқа ішкі істер органы қызмет көрсететін аумаққа келісімен, жергілікті полиция қызметі бөлінісінің қызметкері немесе УПИ оның бағыттық парағына тиісті белгілер қойып, оларды ішкі істер органының мөрімен (мөртаңбасымен) куәландырады.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Шартты түрде мерзімінен бұрын босатылған адам басқа елді мекенге тұрақты тұруға кеткен жағдайда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:p>
-[...121 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="62"/>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) бақылауды жүзеге асырушы ішкі істер органы шартты түрде мерзімінен бұрын босатылған адамның тұратын аумақтағы ішкі істер органына осы Қағидаға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ақпарат жолдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z68" w:id="63"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) шартты түрде мерзімінен бұрын босатылған адамның жаңа тұрғылықты мекенжайы бойынша үш жұмыс күні ішінде тексереді және ақпарат жіберген органға хабарлайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z69" w:id="64"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) шартты түрде мерзімінен бұрын босатылған адамның таңдап алған тұрғылықты жері бойынша келгені туралы расталған қатынас хатты алған соң, оның бақылау ісін және криминалдық полициядағы бар ақпараттарды әрі қарай бақылауы үшін жаңа тұрғылықты жері бойынша ішкі істер органына жолдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z70" w:id="65"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) шартты түрде мерзімінен бұрын босатылған адамға тұрғылықты жеріне кеткен кезде осы Қағидаға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша бақылау парағы беріледі, онда кеткен күні, жаңа тұрғылықты жерінің мекенжайы және жаңа тұрғылықты жері бойынша ішкі істер органына тіркелуге келу мерзімі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z121" w:id="66"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z121" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Шартты түрде мерзімінен бұрын босатылған адамдарға қатысты электрондық бақылау құралдарын қолдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида 3-тараумен толықтырылды – ҚР Ішкі істер министрінің 25.04.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 288</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="67"/>
+    <w:bookmarkStart w:name="z122" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Тиісті профилактикалық бақылауды қамтамасыз ету және шартты түрде мерзімінен бұрын босатылған адамның орналасқан жері туралы ақпарат алу үшін ІІО Қылмыстық-атқару кодексінің 169-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес электрондық бақылау құралдарын пайдалануға құқылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z123" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. ҚАІІО бастығы (оның міндетін атқаратын адам) шартты түрде мерзімінен бұрын босатылған адамға белгіленген шектеулерге сәйкес, оның жеке басын сипаттайтын мәліметтер негізінде, сондай-ақ тиісті құрал-жабдықты орнатудың техникалық мүмкіндіктеріне сүйене отырып, шартты түрде мерзімінен бұрын босатылған адамды есепке алу кезінде оған электрондық бақылау құралдарын қолдану туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 39-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 517</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Шартты түрде мерзімінен бұрын босатылған адамға электрондық бақылау құралдарын қолдану туралы шешім осы Қағидаларға 14-қосымшаға сәйкес нысан бойынша шартты түрде мерзімінен бұрын босатылған адамға қатысты электрондық бақылау құралдарын пайдалану туралы қаулымен ресімделеді, ол шартты түрде мерзімінен бұрын босатылған адамға және онымен бірге тұратын адамдарға жарияланады, бұл ретте құрал-жабдықты бұзғаны үшін шартты түрде мерзімінен бұрын босатылған адамның жауапкершілігі түсіндіріледі. Электрондық бақылау құралдарын пайдалануға жауапты ІІО қызметкері қаулы шығарған сәттен бастап үш жұмыс күні ішінде қажетті құрал-жабдық орнатуды жүзеге асырады, шартты түрде мерзімінен бұрын босатылған адамға электрондық бақылау құралдарын пайдаланудың ерекшеліктерін түсіндіреді, осы Қағидаға 15-қосымшаға сәйкес нысан бойынша шартты түрде мерзімінен бұрын босатылған адамның электрондық бақылау құралдарын пайдалану бойынша жадынама алғаны туралы қол қойғызу арқылы оларды пайдалану жадынамасын береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z125" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Электрондық бақылау құралдарының құрылғысын сот белгілеген шектеулерді сақтауға профилактикалық бақылауды жүзеге асыру мақсатында ІІО тікелей шартты түрде мерзімінен бұрын босатылған адамға оның тұрғылықты немесе болу орны бойынша орнатады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z123" w:id="68"/>
-[...15 lines deleted...]
-      39. ҚАІІО бастығы (оның міндетін атқаратын адам) шартты түрде мерзімінен бұрын босатылған адамға белгіленген шектеулерге сәйкес, оның жеке басын сипаттайтын мәліметтер негізінде, сондай-ақ тиісті құрал-жабдықты орнатудың техникалық мүмкіндіктеріне сүйене отырып, шартты түрде мерзімінен бұрын босатылған адамды есепке алу кезінде оған электрондық бақылау құралдарын қолдану туралы шешім қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z126" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Электрондық бақылау құралдарын пайдалануға жауапты ІІО қызметкері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шартты түрде мерзімінен бұрын босатылған адамға белгіленген шектеулерді сақтауы туралы мониторингілеу пультінің деректерін пайдалана отырып, ақпарат жинауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) электрондық бақылау құралдарын бұзу, рұқсатсыз шешу, сот белгіленген шектеулерді бұзу фактілері туралы ақпарат алған кезде қоғамдық қауіпсіздік бөлімшесінің бастығына не оны алмастыратын адамға баяндатпен баяндайды және осы Қағидаларға 16-қосымшаға сәйкес нысан бойынша шартты түрде мерзімінен бұрын босатылған адамдардағы электрондық бақылау құралдары арқылы анықталған бұзушылықтарды есепке алу журналына тиісті белгілер жүргізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚАІІО бастығына (оның міндетін атқаратын адам) электрондық бақылау құралдарының жұмысындағы барлық тіркелген жұмыс істемей қалуы және істен шығуы фактілерін дереу баянатпен баяндайды, осы Қағидаларға 17-қосымшаға сәйкес нысан бойынша оларды шартты түрде мерзімінен бұрын босатылған адамдағы электрондық бақылау құралдарының бұзылуын есепке алу журналында көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электрондық бақылау құралдарының жұмысында істен шығу болған жағдайда, оның себебін анықтау және оларды жою бойынша шаралар қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 39-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 42-тармаққа өзгеріс енгізілді – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 517</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z127" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Cот белгілеген шектеулер өзгерген кезде не техникалық себептер бойынша электрондық бақылау құралдарын қолдану мүмкін болмаған жағдайда ҚАІІО бастығы (оның міндетін атқаратын адам) осы Қағидаларға 18-қосымшаға сәйкес нысан бойынша шартты түрде мерзімінен бұрын босатылған адамға қатысты электрондық бақылау құралдарын пайдаланудан бас тарту (ауыстыру) туралы тиісті дәлелденген қаулыны қабылдай отырып, электрондық бақылау құралдарын пайдалануды тоқтатады не оларды пайдалану тәртібін және қолданатын техникалық құралдар жиынтығын өзгертеді. Электрондық бақылау құралдарын пайдалануға жауапты ІІО қызметкері қаулыны шығарған сәттен бастап үш жұмыс күні ішінде қажетті құралды алып тастауды (ауыстыруды) жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 43-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 16.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 517</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="69"/>
-[...35 lines deleted...]
-      41. Электрондық бақылау құралдарының құрылғысын сот белгілеген шектеулерді сақтауға профилактикалық бақылауды жүзеге асыру мақсатында ІІО тікелей шартты түрде мерзімінен бұрын босатылған адамға оның тұрғылықты немесе болу орны бойынша орнатады.</w:t>
+    <w:bookmarkStart w:name="z128" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Егер шартты түрде мерзімінен бұрын босатылған адам бұзу фактісін теріске шығарған жағдайда учаскелік полиция инспекторы электрондық бақылау құралдары көмегімен алынған жол берілген бұзушылық фактісі туралы мәліметтерді зерделеу арқылы тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z126" w:id="71"/>
-[...15 lines deleted...]
-      42. Электрондық бақылау құралдарын пайдалануға жауапты ІІО қызметкері:</w:t>
+    <w:bookmarkStart w:name="z129" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Шартты түрде мерзімінен бұрын босатылған адам электрондық бақылау құралын бұзған (бүлдірген) жағдайда учаскелік полиция инспекторы осы Қағидаға 19-қосымшаға сәйкес нысан бойынша акті жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:p>
-[...254 lines deleted...]
-    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4042,68 +4278,68 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="75"/>
+    <w:bookmarkStart w:name="z72" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> №_________бақылау ісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Ішкі істер министрінің 08.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4863,68 +5099,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бақылауды жүзеге асыру қағидасына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z93" w:id="76"/>
+    <w:bookmarkStart w:name="z93" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тапсырма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша алып тасталды - ҚР Ішкі істер министрінің 08.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5086,80 +5322,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бақылауды жүзеге асыру қағидасына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="77"/>
+    <w:bookmarkStart w:name="z95" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шартты түрде мерзімінен бұрын босатылғандарға бақылау</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ісін тіркеу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша алып тасталды - ҚР Ішкі істер министрінің 08.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5744,80 +5980,80 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       атағы, Т.А.Ә. қолы     </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20__жылғы "____"_____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="78"/>
+    <w:bookmarkStart w:name="z98" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шартты түрде мерзімінен бұрын босатылған адамға қатысты</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>шектеулерді белгілеу туралы қаулы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________ учаскелік полиция</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6008,80 +6244,80 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="79"/>
+    <w:bookmarkStart w:name="z99" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ескертпе: Егер сот қаулысында тек Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6432,80 +6668,80 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="80"/>
+    <w:bookmarkStart w:name="z100" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ескертпе: Шектеулер тізбесі шартты түрде мерзімінен бұрын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6781,68 +7017,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                                       Нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________ сотының төрағасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="81"/>
+    <w:bookmarkStart w:name="z102" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұсыныс</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20___ жылғы "____" ___________ бастап Қазақстан Республикасы ҚК</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7620,68 +7856,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бақылауды жүзеге асыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидасына 7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z104" w:id="82"/>
+    <w:bookmarkStart w:name="z104" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шартты түрде мерзімінен бұрын босатылған адамға қатысты белгіленген міндеттердің сақталуын бақылау парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-қосымша жаңа редакцияда - ҚР Ішкі істер министрінің 08.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8709,68 +8945,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бақылауды жүзеге асыру қағидасына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="83"/>
+    <w:bookmarkStart w:name="z106" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тіркеу парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-қосымша алып тасталды - ҚР Ішкі істер министрінің 08.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8972,68 +9208,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ҚАІІО толық атауы     </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бастығы _________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="84"/>
+    <w:bookmarkStart w:name="z108" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Баянат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20___ жылғы "___" ___________ Қазақстан Республикасы ҚК _____</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11070,68 +11306,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мөртаңбасы                                     ҚАІІО-ның атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________ бастығына</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="85"/>
+    <w:bookmarkStart w:name="z111" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________20__ жылғы "___"_______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11727,92 +11963,92 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мөртаңбасы                                     ҚАІІО-ның атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________бастығына</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="86"/>
+    <w:bookmarkStart w:name="z113" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> шартты түрде мерзімінен бұрын босатылған адамның</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>мекенжайын ауыстыру туралы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>АҚПАРАТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Профилактикалық есепте тұратын, бас бостандығын айыру</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18823,55 +19059,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -19197,31 +19433,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>