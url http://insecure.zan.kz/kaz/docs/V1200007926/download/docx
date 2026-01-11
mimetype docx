--- v0 (2025-10-08)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="20c7a91" w14:textId="20c7a91">
+    <w:p w14:paraId="e2a4cef" w14:textId="e2a4cef">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,203 +100,188 @@
         </w:rPr>
         <w:t>Қазақстан Республикасы ұлттық валютасының айналыстан алынатын және алынған банкноттары мен монеталарын, сондай-ақ Қазақстан Республикасы ұлттық валютасының тозған және бүлінген банкноттары мен монеталарын айырбастау қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 24 тамыздағы № 253 Қаулысы. Қазақстан Республикасы Әділет министрлігінде 2012 жылы 24 қыркүйекте № 7926 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкi туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 3) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...95 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+        <w:t>
+      1. Қоса беріліп отырған Қазақстан Республикасы ұлттық валютасының айналыстан алынатын және алынған банкноттары мен монеталарын, сондай-ақ Қазақстан Республикасы ұлттық валютасының тозған және бүлінген банкноттары мен монеталарын айырбастау қағидалары бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қоса беріліп отырған Қазақстан Республикасы ұлттық валютасының айналыстан алынатын және алынған банкноттары мен монеталарын, сондай-ақ Қазақстан Республикасы ұлттық валютасының тозған және бүлінген банкноттары мен монеталарын айырбастау қағидалары бекітілсін.</w:t>
-[...18 lines deleted...]
-        <w:t>
       2. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -553,51 +538,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 253 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы ұлттық валютасының айналыстан алынатын</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -606,163 +591,147 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Республикасы ұлттық валютасының тозған және бүлінген</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>банкноттары мен монеталарын айырбастау қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-тараудың тақырыбы жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.08.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Қазақстан Республикасы ұлттық валютасының айналыстан алынатын және алынған банкноттары мен монеталарын, сондай-ақ Қазақстан Республикасы ұлттық валютасының тозған және бүлінген банкноттары мен монеталарын айырбастау қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -781,230 +750,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қағидалар Қазақстан Республикасы ұлттық валютасының айналыстан алынатын және алынған банкноттары мен монеталарын, сондай-ақ Қазақстан Республикасы ұлттық валютасының тозған және бүлінген банкноттары мен монеталарын айырбастау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) айналыстан алынатын банкноттар мен монеталар – Қазақстан Республикасы ұлттық валютасының ескі үлгідегі, заңды төлем құралы болып табылатын және жаңа үлгідегі банкноттармен және монеталармен қатар айналыста болатын банкноттары мен монеталары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) айналыстан алынған банкноттар мен монеталар – Қазақстан Республикасы ұлттық валютасының ескі үлгідегі, заңды төлем құралы болуы тоқтатылған банкноттары мен монеталары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) банктер – екінші деңгейдегі банктер және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ұлттық почта операторы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) тозған және бүлінген банкноттар мен монеталар – Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16120 болып тіркелген "Қазақстан Республикасы ұлттық валютасының банкноттары мен монеталарының төлемділігін айқындау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 29 қарашадағы № 230 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы ұлттық валютасының банкноттары мен монеталарының төлемділігін айқындау қағидаларында айқындалған, бүлінулері бар Қазақстан Республикасы ұлттық валютасының тозған банкноттары мен ақаулы (бүлінген) монеталары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Ұлттық Банктің филиалдары – Қазақстан Республикасы Ұлттық Банкінің (бұдан әрі – Ұлттық Банк) аумақтық филиалдары және Ұлттық Банктің Кассалық операциялар және құндылықтарды сақтау орталығы (филиал).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1033,196 +1002,196 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 231</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Айналыстан алынатын және алынған банкноттар мен монеталарды айырбастау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.08.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Айналыстан алынатын банкноттар мен монеталар жаңа үлгідегі банкноттармен және монеталармен қатар айналыста болатын Ұлттық Банк Басқармасының қаулысымен белгіленген кезеңде заңды төлем құралы болып табылады, шектеулерсіз Қазақстан Республикасының бүкіл аумағында төлемдердің барлық түрлері бойынша қабылданады, банк шоттарына есепке алынады, барлық банктерде және Ұлттық Банктің филиалдарында шектеусіз айырбасталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Айналыстан алынған банкноттар мен монеталарды банктер және Ұлттық Банктің филиалдары заңды төлем құралы болып табылатын банкноттарға және монеталарға Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12946 болып тіркелген "Қазақстан Республикасының ұлттық валютасының айналыстағы ақша белгiлерiнiң дизайны (нысаны) өзгерген кезде, оларды ауыстыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 19 желтоқсандағы № 228 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасының ұлттық валютасының айналыстағы ақша белгiлерiнiң дизайны (нысаны) өзгерген кезде, оларды ауыстыру қағидаларында белгіленген уақыт кезеңі ішінде және тәртіппен айырбастайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1241,202 +1210,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Тозған және бүлінген банкноттар мен монеталарды айырбастау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.08.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тозған және бүлінген банкноттар мен монеталар заңды төлем құралы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тозған және бүлінген банкноттар мен монеталар барлық банктерде және Ұлттық Банктің филиалдарында белгіленген құны бойынша, қандай да болмасын шектеулерсіз айырбасталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Банктерге келіп түскен тозған және бүлінген банкноттар мен монеталар Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19680 болып тіркелген Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 29 қарашадағы № 231 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Екінші деңгейдегі банктерде, Қазақстан Республикасы бейрезидент-банктерінің филиалдарында, Ұлттық пошта операторында және банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғаларда кассалық операцияларды және банкноттарды, монеталарды және құндылықтарды инкассациялау жөніндегі операцияларды жүзеге асыру қағидаларында белгіленген тәртіппен сұрыпталады, айналысқа жіберілмейді және Ұлттық Банктің филиалдарына өткізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1455,196 +1408,304 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        9. Тозған және бүлінген банкноттар мен монеталардың түпнұсқалығына күмән болған жағдайда, олар түпнұсқалығын анықтау үшін банкке өткізіледі. Банк оларды сараптамаға Ұлттық Банктің филиалына түпнұсқалығын анықтау үшін жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұлттық Банктің филиалы тозған және бүлінген банкноттар мен монеталарды "Қазақстан Республикасының Ұлттық Банкінде жеке және заңды тұлғалармен кассалық операциялар жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2020 жылғы 28 қыркүйектегі № 120 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21299 болып тіркелген) бекітілген Қазақстан Республикасының Ұлттық Банкінде жеке және заңды тұлғалармен кассалық операциялар жүргізу қағидаларына сәйкес сараптамадан өткізеді және айырбастайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банк Басқармасының 27.05.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 19.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 231</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -1666,55 +1727,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2040,31 +2101,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>