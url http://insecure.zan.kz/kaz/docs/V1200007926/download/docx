--- v1 (2026-01-11)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e2a4cef" w14:textId="e2a4cef">
+    <w:p w14:paraId="482149f" w14:textId="482149f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -552,1174 +552,504 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы ұлттық валютасының айналыстан алынатын</w:t>
-[...35 lines deleted...]
-        <w:t>банкноттары мен монеталарын айырбастау қағидалары</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы ұлттық валютасының айналыстан алынатын және алынған банкноттары мен монеталарын, сондай-ақ Қазақстан Республикасы ұлттық валютасының тозған және бүлінген банкноттары мен монеталарын айырбастау қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Қазақстан Республикасы ұлттық валютасының айналыстан алынатын және алынған банкноттары мен монеталарын, сондай-ақ Қазақстан Республикасы ұлттық валютасының тозған және бүлінген банкноттары мен монеталарын айырбастау қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігінің екінші абзацының 3) тармақшасына сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p>
-[...36 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
+        <w:t>
+      2. Қағидалар Қазақстан Республикасы ұлттық валютасының айналыстан алынатын және алынған банкноттары мен монеталарын, сондай-ақ Қазақстан Республикасы ұлттық валютасының тозған және бүлінген банкноттары мен монеталарын айырбастау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p>
-[...60 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қағидалар Қазақстан Республикасы ұлттық валютасының айналыстан алынатын және алынған банкноттары мен монеталарын, сондай-ақ Қазақстан Республикасы ұлттық валютасының тозған және бүлінген банкноттары мен монеталарын айырбастау тәртібін айқындайды.</w:t>
+      3. Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      1) айналыстан алынатын банкноттар мен монеталар – Қазақстан Республикасы ұлттық валютасының ескі үлгідегі, заңды төлем құралы болып табылатын және жаңа үлгідегі банкноттармен және монеталармен қатар айналыста болатын банкноттары мен монеталары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) айналыстан алынатын банкноттар мен монеталар – Қазақстан Республикасы ұлттық валютасының ескі үлгідегі, заңды төлем құралы болып табылатын және жаңа үлгідегі банкноттармен және монеталармен қатар айналыста болатын банкноттары мен монеталары;</w:t>
+      2) айналыстан алынған банкноттар мен монеталар – Қазақстан Республикасы ұлттық валютасының ескі үлгідегі, заңды төлем құралы болуы тоқтатылған банкноттары мен монеталары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) айналыстан алынған банкноттар мен монеталар – Қазақстан Республикасы ұлттық валютасының ескі үлгідегі, заңды төлем құралы болуы тоқтатылған банкноттары мен монеталары;</w:t>
+        <w:t xml:space="preserve">
+      3) тозған және бүлінген банкноттар мен монеталар – "Қазақстан Республикасы ұлттық валютасының банкноттары мен монеталарының төлемділігін айқындау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 29 қарашадағы № 230 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16120 болып тіркелген) бекітілген Қазақстан Республикасы ұлттық валютасының банкноттары мен монеталарының төлемділігін айқындау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған, бүлінулері бар Қазақстан Республикасы ұлттық валютасының тозған банкноттары мен ақаулы (бүлінген) монеталары; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>
+      4) Ұлттық Банктің филиалдары – Қазақстан Республикасы Ұлттық Банкінің (бұдан әрі – Ұлттық Банк) аумақтық филиалдары және Ұлттық Банктің Кассалық операциялар және құндылықтарды сақтау орталығы (филиал).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы ұлттық валютасының банкноттары мен монеталарының төлемділігін айқындау қағидаларында айқындалған, бүлінулері бар Қазақстан Республикасы ұлттық валютасының тозған банкноттары мен ақаулы (бүлінген) монеталары;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Айналыстан алынатын және алынған банкноттар мен монеталарды айырбастау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) Ұлттық Банктің филиалдары – Қазақстан Республикасы Ұлттық Банкінің (бұдан әрі – Ұлттық Банк) аумақтық филиалдары және Ұлттық Банктің Кассалық операциялар және құндылықтарды сақтау орталығы (филиал).</w:t>
+      4. Айналыстан алынатын банкноттар мен монеталар жаңа үлгідегі банкноттармен және монеталармен қатар айналыста болатын Ұлттық Банк Басқармасының қаулысымен белгіленген кезеңде заңды төлем құралы болып табылады, шектеулерсіз Қазақстан Республикасының бүкіл аумағында төлемдердің барлық түрлері бойынша қабылданады, банк шоттарына есепке алынады, барлық банктерде, Қазақстан Республикасының бейрезидент-банктерінің филиалдарында, Ұлттық пошта операторында және Ұлттық Банктің филиалдарында шектеусіз айырбасталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Айналыстан алынған банкноттар мен монеталарды банктер, Қазақстан Республикасының бейрезидент-банктерінің филиалдары, Ұлттық пошта операторы және Ұлттық Банктің филиалдары заңды төлем құралы болып табылатын банкноттарға және монеталарға "Қазақстан Республикасының ұлттық валютасының айналыстағы ақша белгiлерiнiң дизайны (нысаны) өзгерген кезде, оларды ауыстыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 19 желтоқсандағы № 228 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12946 болып тіркелген)бекітілген Қазақстан Республикасының ұлттық валютасының айналыстағы ақша белгiлерiнiң дизайны (нысаны) өзгерген кезде, оларды ауыстыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген уақыт кезеңі ішінде және тәртіппен айырбастайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...101 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Айналыстан алынатын және алынған банкноттар мен монеталарды айырбастау</w:t>
-[...57 lines deleted...]
-      4. Айналыстан алынатын банкноттар мен монеталар жаңа үлгідегі банкноттармен және монеталармен қатар айналыста болатын Ұлттық Банк Басқармасының қаулысымен белгіленген кезеңде заңды төлем құралы болып табылады, шектеулерсіз Қазақстан Республикасының бүкіл аумағында төлемдердің барлық түрлері бойынша қабылданады, банк шоттарына есепке алынады, барлық банктерде және Ұлттық Банктің филиалдарында шектеусіз айырбасталады.</w:t>
+        <w:t xml:space="preserve"> 3-тарау. Тозған және бүлінген банкноттар мен монеталарды айырбастау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      6. Тозған және бүлінген банкноттар мен монеталар заңды төлем құралы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Тозған және бүлінген банкноттар мен монеталар барлық банктерде, Қазақстан Республикасының бейрезидент-банктерінің филиалдарында, Ұлттық пошта операторында және Ұлттық Банктің филиалдарында белгіленген құны бойынша, қандай да болмасын шектеулерсіз айырбасталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      5. Айналыстан алынған банкноттар мен монеталарды банктер және Ұлттық Банктің филиалдары заңды төлем құралы болып табылатын банкноттарға және монеталарға Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12946 болып тіркелген "Қазақстан Республикасының ұлттық валютасының айналыстағы ақша белгiлерiнiң дизайны (нысаны) өзгерген кезде, оларды ауыстыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 19 желтоқсандағы № 228 </w:t>
-[...114 lines deleted...]
-          <w:color w:val="ff0000"/>
+      8. Банктерге, Қазақстан Республикасының бейрезидент-банктерінің филиалдарына және Ұлттық пошта операторына келіп түскен тозған және бүлінген банкноттар мен монеталар Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 29 қарашадағы № 231 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19680 болып тіркелген) бекітілген Екінші деңгейдегі банктерде, Қазақстан Республикасы бейрезидент-банктерінің филиалдарында, Ұлттық пошта операторында және банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғаларда кассалық операцияларды және банкноттарды, монеталарды және құндылықтарды инкассациялау жөніндегі операцияларды жүзеге асыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен сұрыпталады, айналысқа жіберілмейді және Ұлттық Банктің филиалдарына өткізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Тозған және бүлінген банкноттар мен монеталардың түпнұсқалығына күмән болған жағдайда, олар түпнұсқалығын анықтау үшін банкке, Қазақстан Республикасының бейрезидент-банкінің филиалына және Ұлттық пошта операторына өткізіледі. Банк, Қазақстан Республикасының бейрезидент-банкінің филиалы және Ұлттық пошта операторы оларды Ұлттық Банктің филиалына түпнұсқалығын анықтау үшін сараптамаға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.08.2020 </w:t>
-[...431 lines deleted...]
-</w:t>
+      Ұлттық Банктің филиалы тозған және бүлінген банкноттар мен монеталарды "Қазақстан Республикасының Ұлттық Банкінде жеке және заңды тұлғалармен кассалық операциялар жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2020 жылғы 28 қыркүйектегі № 120 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21299 болып тіркелген) бекітілген Қазақстан Республикасының Ұлттық Банкінде жеке және заңды тұлғалармен кассалық операциялар жүргізу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сараптамадан өткізеді және айырбастайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -1727,55 +1057,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>