--- v0 (2025-10-29)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="109a0b9" w14:textId="109a0b9">
+    <w:p w14:paraId="130169c" w14:textId="130169c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2679,51 +2679,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1) Агенттікті цифрлық трансформациялауды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z134" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) өз құзыреті шегінде қаржы ұйымдарының, Қазақстанның Экспорттық-кредиттік агенттігінің, Қазақстан Республикасының бейрезидент-банктері филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру брокерлері филиалдарының, Ұлттық пошта операторының Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасының талаптарын сақтауына бақылау мен қадағалауды жүзеге асыру;</w:t>
+      13) өз құзыреті шегінде қаржы ұйымдарының, Қазақстанның Экспорттық-кредиттік агенттігінің, Қазақстан Республикасының бейрезидент банктері филиалдарының, Қазақстан Республикасының бейрезидент сақтандыру (қайта сақтандыру) ұйымдары филиалдарының, Қазақстан Республикасының бейрезидент сақтандыру брокерлері филиалдарының, Ұлттық пошта операторының Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасының талаптарын сақтауына бақылау мен қадағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z135" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасында сақтандыру жүйесінің жұмыс істеуін қамтамасыз ету және ұлттық сақтандыру нарығының инфрақұрылымын қалыптастыру, сақтанушылардың және сақтандыру нарығына өзге де қатысушылардың құқықтары мен заңды мүдделерін қорғау жөніндегі мемлекеттік саясатты жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z136" w:id="54"/>
     <w:p>
@@ -3935,130 +3935,62 @@
       42-22) архивтер мен құжаттаманы басқарудың уәкілетті органымен келісу бойынша міндетті түрде сақтауға жататын құжаттардың тізбесін және кәсіпкерлік қызметті жүзеге асыратын сақтандыру нарығына кәсіби қатысушылардың, сақтандыру агенттерінің оларды сақтау тәртібі мен мерзімдерін белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42-23) сақтандыру (қайта сақтандыру) ұйымының сақтандыру (қайта сақтандыру) ұйымымен ерекше қатынастар арқылы байланысты тұлғамен мәмілесі немесе мәмілелер жиынтығы құнының мөлшерін (соңғы он екі ай ішінде), мәмілелерді жеңілдікті шарттары бар мәмілелерге жатқызудың қосымша өлшемшарттарын, жеке немесе заңды тұлғаның сақтандыру (қайта сақтандыру) ұйымымен ерекше қатынастар арқылы байланысты белгілерін, сақтандыру (қайта сақтандыру) ұйымымен ерекше қатынастағы тұлғалар деп танылмайтын өзге де тұлғаларды белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...78 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42-24) халықаралық қаржылық есептілік стандарттарына сәйкес сақтандыру міндеттемелерін бағалауға және олардың құрылымына және оларды бағалауды автоматтандыруға, сақтандыру міндеттемелерін бағалау әдістемесіне қойылатын талаптарды, оны келісу тәртібі мен мерзімдерін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z164" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) Сақтандыру төлемдеріне кепілдік беру қорының және қатысушы-сақтандыру ұйымдарының қызметін реттейтін нормативтік құқықтық актілерді қабылдау, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -6803,872 +6735,778 @@
         </w:rPr>
         <w:t>
       93-1) бір тұлғаның дербес не бір немесе бірнеше тұлғамен бірлесіп заңды тұлғаның шешімдерін басқаша айқындау мүмкіндігінің болу жағдайын белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z215" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94) банктердің резервтік капиталын қалыптастыру жөніндегі талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z216" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95) салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органмен келісу бойынша акцияларының бақылау пакеті ұлттық басқарушы холдингке тиесілі ұлттық даму институты болып табылатын банкті қоспағанда, халықаралық қаржылық есептілік стандарттарына және Қазақстан Республикасының бухгалтерлік есеп пен қаржылық есептілік туралы заңнамасының талаптарына сәйкес құрылған провизияларды (резервтерді), провизиялар (резервтер) бойынша шығыстар сомасын шегеруді банктердің жүзеге асыру тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z470" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95-1) банктік және микроқаржы активтерін сататын электрондық сауда алаңы операторының қызметін жүзеге асыру құқығына рұқсат беру талаптары мен тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z471" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95-2) Қазақстан Республикасының заңдарында белгіленген жағдайларда банктік және микроқаржы активтерін сататын электрондық сауда алаңы операторының қызметін жүзеге асыру құқығына рұқсаттың қолданысын тоқтата тұру, қайта бастау, айыру туралы шешімдер қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z217" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96) банктің үлестес тұлғаларына Қазақстан Республикасының заңдарында көзделген мәжбүрлеу шараларын қолдану тәртібін айқындау және оларды қолдану туралы шешім қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z472" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96-1) сауда-саттыққа қатысушылардың сауда-саттыққа шығарылған мүлікке қатысты ақпаратты жария етуін қоса алғанда, банктік және микроқаржы активтерін сататын электрондық сауда алаңында сауда-саттықты өткізу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z218" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97) Қазақстан Республикасы банктерінің, бейрезидент-банктері филиалдарының тізілімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z219" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98) екінші деңгейдегі банктердің, Қазақстан Республикасы бейрезидент-банктері филиалдарының және Ұлттық пошта операторының үй-жайларды жайластыруға қойылатын талаптарды сақтауына бақылауды және қадағалауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z220" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99) банктердің, банк холдингтерінің және банк конгломераттарының қабылдайтын тәуекелдерін ескере отырып, олардың Агенттіктің талаптарын орындауын айқындауға арналған ішкі рәсімдерді белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z221" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) қаржы ұйымдарына және өзге де тұлғаларға, Қазақстан Республикасы бейрезидент-банктерінің филиалдарына, Қазақстан Республикасы бейрезидент-сақтандыру (қайта сақтандыру) ұйымдарының филиалдарына, Қазақстан Республикасы бейрезидент-сақтандыру брокерлерінің филиалдарына Агенттіктің құзыретіне кіретін мәселелер бойынша шектеулі ықпал ету шараларын, қадағалап ден қою шараларын, оның ішінде уәжді пайымдауды пайдалана отырып, Қазақстан Республикасының заңдарында көзделген санкцияларды және өзге де шараларды қолдану, сондай-ақ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қадағалап ден қою шараларын қолдану тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағалы қағаздар нарығы субъектісіне шектеулі ықпал ету шараларын қолдану тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірыңғай жинақтаушы зейнетақы қорына, ерікті жинақтаушы зейнетақы қорларына шектеулі ықпал ету шараларын қолдану тәртібі мен шарттарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уәжді пайымдауды қалыптастыру мен пайдалану тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">100-1) алып тасталды – ҚР Президентінің 25.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1007</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z473" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100-2) бұзушылықты іс-шаралар жоспарында не жазбаша нұсқамада белгіленген мерзімдерде банктік және микроқаржы активтерін сататын электрондық сауда алаңының операторына байланысты емес себептер бойынша жою мүмкіндігі болмаған жағдайда, банктік және микроқаржы активтерін сататын электрондық сауда алаңының операторына қолданылған жазбаша ұйғарымды не анықталған бұзушылықтарды және (немесе) себептерді, сондай-ақ олардың жасалуына ықпал еткен жағдайларды жою бойынша іс-шаралар жоспарын орындау мерзімдерін ұзарту тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z222" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101) әкімшілік құқық бұзушылықтар туралы хаттамалар жасау және істерді қарау, өз құзыреті шегінде әкімшілік жазалар қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z223" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) Қазақстан Республикасының заңнамалық актілерінде көзделген жағдайларда қаржы ұйымдарының, Қазақстан Республикасының бейрезидент-банктері филиалдарының тарату комиссияларының қызметін бақылауды жүзеге асыру, сондай-ақ мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктерді таратуды жүзеге асыру, Қазақстан Республикасының бейрезидент-банктері филиалдарының қызметін мәжбүрлеп тоқтату тәртібін және мәжбүрлеп таратылатын банктердің, қызметі мәжбүрлеп тоқтатылатын Қазақстан Республикасының бейрезидент-банктері филиалдарының тарату комиссияларының жұмысына қойылатын талаптарды айқындауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мәжбүрлеп таратылатын сақтандыру (қайта сақтандыру) ұйымын тарату тәртібін және оның тарату комиссиясының жұмысына қойылатын талаптарды айқындауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      есептер мен қосымша ақпараттың нысандарын, оларды ерікті түрде және мәжбүрлеп таратылатын банктердің, қызметі ерікті түрде және мәжбүрлеп тоқтатылатын Қазақстан Республикасының бейрезидент-банктері филиалдары тарату комиссияларының беру мерзімдері мен кезеңділігін белгілеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      есептер мен қосымша ақпараттың нысандарын, оларды мәжбүрлеп таратылатын сақтандыру (қайта сақтандыру) ұйымдары тарату комиссияларының беру мерзімдері мен кезеңділігін белгілеуді қоса алғанда, қаржы ұйымдарын таратуды жүзеге асыру, бейрезидент-банктер филиалдарының, сақтандыру (қайта сақтандыру) ұйымдары филиалдарының қызметін мәжбүрлеп тоқтату тәртібін, аталған субъектілердің тарату комиссияларының жұмысына қойылатын талаптарды белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z456" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102-1) ерікті жинақтаушы зейнетақы қорын ерікті түрде немесе мәжбүрлеп таратуды жүргізу, ерікті зейнетақы жарналарын тарту құқығымен инвестициялық портфельді басқаруға арналған лицензияны ерікті түрде қайтару, сондай-ақ ерікті зейнетақы жарналары есебінен зейнетақымен қамсыздандыру туралы шарттар бойынша зейнетақы активтері мен міндеттемелерін беру қағидаларын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      95) тармақшаны жаңа редакцияда көзделген – ҚР Президентінің 25.09.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1007</w:t>
+        <w:t xml:space="preserve">103) алып тасталды – ҚР Президентінің 02.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 492</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Жарлығымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...545 lines deleted...]
-    <w:bookmarkStart w:name="z225" w:id="178"/>
+    <w:bookmarkStart w:name="z225" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       104) банктердің, Қазақстан Республикасының бейрезидент-банктері филиалдарының, банк конгломераттарының, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың, сақтандыру (қайта сақтандыру) ұйымдарының, сақтандыру топтарының, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының, бағалы қағаздар нарығында брокерлік және (немесе) брокерлік қызметті, инвестициялық портфельді басқару жөніндегі қызметті жүзеге асыратын ұйымдардың қызметін бақылау және қадағалау шеңберінде тәуекелге бағдарланған тәсілді қолдану, оның ішінде Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-5-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағында көзделген жағдайларда уәжді пайымдауды пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z226" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z226" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105) өзі дербес және (немесе) олардың құзыреті шеңберінде Қазақстан Республикасының өзге де мемлекеттік органдарымен, сондай-ақ ұйымдармен бірлесіп исламдық қаржы құралдарының және исламдық қаржылық көрсетілетін қызметтердің халықаралық стандарттарын ескере отырып, исламдық қаржыландыруды дамытуды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z227" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z227" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106) екінші деңгейдегі банктерді, оның ішінде Қазақстан Республикасы Ұлттық Банкінің және (немесе) оның еншілес ұйымдарының қаражаты есебінен қаржыландырылатын банктерді қалпына келтіру жөніндегі шараларды іске асыруды, сондай-ақ банктердің осы шаралар шеңберінде қабылданған міндеттемелерді орындауын бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z228" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z228" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107) қаржы нарығы мен қаржы ұйымдарының, Қазақстан Республикасының бейрезидент-банктері филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру брокерлері филиалдарының салалық ақпараттық қауіпсіздік орталығының функцияларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z437" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z437" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107-1) қаржы ұйымдарының қаржы нарығы мен қаржы ұйымдарының салалық ақпараттық қауіпсіздік орталығы пайдаланатын ақпараттық қауіпсіздік оқиғалары мен оқыс оқиғалары бойынша ақпаратты жинау, өңдеу және алмасу жөніндегі ақпараттандыру объектісін қосу және пайдалану тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z438" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z438" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107-2) өз құзыреті шегінде қаржы ұйымдарының ақпараттық қауіпсіздік талаптарын сақтауын бақылауды және қадағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z229" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z229" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108) ақпараттық жүйелердегі бұзушылықтар, іркілістер туралы мәліметтерді қоса алғанда, банктердің, Қазақстан Республикасының бейрезидент-банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың ақпараттық қауіпсіздігінің оқыс оқиғалары туралы ақпаратқа талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z230" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z230" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109) ерекше реттеу режимін енгізу және оның күшін жою, ерекше реттеу режимі шеңберінде қызметті жүзеге асыру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       109-1) "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының 10-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7719,386 +7557,386 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109-2) ерекше реттеу режимі шеңберінде қызметті жүзеге асыру туралы үлгілік шартты бекіту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109-3) ерекше реттеу режимі шеңберінде қызметті жүзеге асыру туралы шартты жасасу үшін құжаттарды іріктеу өлшемшарттарын және қарау тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z231" w:id="186"/>
+    <w:bookmarkStart w:name="z231" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110) банктер, банктің немесе банк холдингінің еншілес ұйымдары сатып алатын заңды тұлғалардың акцияларына (жарғылық капиталға қатысу үлестеріне) қойылатын талаптарды, сондай-ақ банктің заңды тұлғалардың жарғылық капиталына қатысу үлестерінің не акцияларының жиынтық құнын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z232" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z232" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111) қаржы ұйымдарының, Қазақстан Республикасының бейрезидент-банктері филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының қызметін реттейтін Қазақстан Республикасының заңнамасына сәйкес болу қажеттілігі талап етілетін заңды тұлғалар және елдер үшін ең төменгі рейтингті, осы рейтингті беретін рейтингтік агенттіктердің тізбесін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z233" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z233" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112) банктің не банк холдингінің еншілес ұйымдарына, банк не банк холдингі қомақты қатысатын ұйымдарға тиесілі банк конгломераты бас ұйымының, банктің немесе банк холдингінің акциялары жиынтық үлесінің (жарғылық капиталға қатысу үлестерінің) лимитін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112-1) сақтандыру (қайта сақтандыру) ұйымының не сақтандыру холдингінің еншілес ұйымдарына, капиталында сақтандыру (қайта сақтандыру) ұйымы не сақтандыру холдингі қомақты қатысатын ұйымдарға тиесілі сақтандыру тобының бас ұйымының, сақтандыру (қайта сақтандыру) ұйымының немесе сақтандыру холдингінің акциялары жиынтық үлесінің (жарғылық капиталға қатысу үлестерінің) лимиттерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="189"/>
+    <w:bookmarkStart w:name="z234" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113) облигацияларын банктер және банк холдингтері меншікке сатып алатын халықаралық қаржы ұйымдарының тізбесін және банктер мен банк холдингтері меншікке сатып алатын облигацияларға қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z235" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z235" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114) банктің немесе банк холдингінің меншікті облигацияларымен және банк немесе банк холдингі міндеттемелеріне кепілдік берген осы банктің немесе банк холдингінің еншілес ұйымдары шығарған облигациялармен мәмілелер жасау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z236" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z236" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115) банктік қарыз және (немесе) банк кепілдігін алу мақсаттары үшін заңды тұлғаның ақпаратты жария ету тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z237" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z237" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116) екінші деңгейдегі банктердің, Қазақстан Республикасының бейрезидент-банктері филиалдарының олармен ерекше қатынастар арқылы байланысты тұлғаларға және заңды тұлғаларға (Қазақстан Республикасының резиденттеріне және резиденті еместерге) банктік қарыздар мен банк кепілдіктерін беруі жөніндегі талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z238" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z238" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117) екінші деңгейдегі банктердің, Қазақстан Республикасының бейрезидент-банктері филиалдарының олармен ерекше қатынастар арқылы байланысты тұлғаларға және Қазақстан Республикасының резиденттері және бейрезиденттері заңды тұлғаларға барлық берілген банктік қарыздарының және банк кепілдіктерінің жиынтық көлемін есептеу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z239" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z239" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118) банкке немесе банк холдингіне еншілес ұйымды құруға немесе иеленуге, ұйымдардың капиталына қомақты қатысуға, бас банктің күмәнді және үмітсіз активтерін иеленетін еншілес ұйымды банктің құруына немесе иеленуіне рұқсат беру, сондай-ақ еншілес ұйымды құруға, иеленуге, ұйымдардың капиталына қомақты қатысуға рұқсатты кері қайтарып алу және (немесе) оның күшін жою тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z240" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z240" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119) бас банктің күмәнді және үмітсіз активтерін сатып алатын еншілес ұйым қызметінің тәртібін, еншілес ұйым сатып алған күмәнді және үмітсіз активтерді басқаратын мерзімді, сондай-ақ ол сатып алатын (сатып алған) күмәнді және үмітсіз активтерге қойылатын талаптарды айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z241" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z241" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120) бас банктің күмәнді және үмітсіз активтерін сатып алатын банктің еншілес ұйымының алуына жататын кірістерді Қазақстан Республикасының банктер және банк қызметі туралы заңнамасында көзделген қызмет түрлерін жүзеге асырудан түсетін кірістерге жатқызу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z242" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z242" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121) банк акцияларын мәжбүрлеп сатып алу және оларды кейіннен инвесторларға міндетті түрде сату тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z243" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z243" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122) банктік және сақтандыру қызметінің, бағалы қағаздар нарығына кәсіби қатысушылар қызметінің және бағалы қағаздар нарығындағы лицензияланатын өзге де қызмет түрлерінің, акционерлік инвестициялық қорлар қызметінің және микроқаржылық қызметті жүзеге асыратын ұйымдар қызметінің мақсаттары үшін оффшорлық аймақтардың тізбесін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z466" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z466" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122-1) шетелдік кәсіптік ұйымдардың тізбесін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122-2) исламдық қаржыландыру қағидаттары бойынша сыртқы тәуелсіз сарапшыларға қойылатын талаптарды белгілеу (бекіту), сондай-ақ лизинг берушілердің исламдық лизинг мәмілелерінің исламдық қаржыландыру қағидаттарына сәйкестігі туралы қорытынды алу үшін исламдық қаржыландыру қағидаттары бойынша сыртқы тәуелсіз сарапшыларды тарту жағдайларын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z244" w:id="200"/>
+    <w:bookmarkStart w:name="z244" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123) банктің және банк конгломератының, Қазақстан Республикасының бейрезидент-банкі филиалының қаржылық жағдайының нашарлауына ықпал ететін факторларды, сондай-ақ ерте ден қою шараларын көздейтін іс-шаралар жоспарын және Банктің (банк конгломератының), Қазақстан Республикасының бейрезидент-банкі филиалының қаржылық жағдайының нашарлауына ықпал ететін факторларды айқындау әдістемесін мақұлдау тәртібін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8127,70 +7965,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z246" w:id="201"/>
+    <w:bookmarkStart w:name="z246" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125) банктің, сақтандыру (қайта сақтандыру) ұйымының, сақтандыру брокерінің, Қазақстан Республикасының бейрезидент-банкі филиалының, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы филиалының, Қазақстан Республикасының бейрезидент-сақтандыру брокері филиалының басшы қызметкерлеріне еңбекақы төлеу, ақшалай сыйақыны, сондай-ақ материалдық көтермелеудің басқа да түрлерін есептеу бойынша ішкі саясатына қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8237,612 +8075,544 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126-1) депозиттерге міндетті кепілдік беру жүйесіне кіру үшін қосылу шартына екінші деңгейдегі банктің, Қазақстан Республикасының бейрезидент-банкі филиалының қосылуы туралы өтініштің нысанын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z248" w:id="202"/>
+    <w:bookmarkStart w:name="z248" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127) банкті (банк холдингін) ерікті түрде қайта ұйымдастыруға рұқсат беру не рұқсат беруден бас тарту, банкті ислам банкіне айналдыруға рұқсат беру және рұқсат беруден бас тарту, банктерді ерікті түрде таратуға рұқсат беру, Қазақстан Республикасының бейрезидент-банкі филиалының қызметін ерікті түрде тоқтатуға рұқсат беру, сондай-ақ жеке тұлғалардың депозиттерін қайтаруға, оларды басқа банкке немесе депозиттерге міндетті кепілдік беру жүйесінің қатысушылары болып табылатын Қазақстан Республикасының бейрезидент-банкінің филиалына аударуға рұқсат беру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z439" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z439" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127-1) микроқаржы ұйымын банкке айналдыру нысанында ерікті түрде қайта ұйымдастыруға рұқсат беру тәртібін, сондай-ақ микроқаржы ұйымын банкке айналдыру нысанында ерікті түрде қайта ұйымдастыруға уәкілетті органның рұқсатын беру үшін қажетті құжаттар тізбесін, рұқсат алу үшін өтініш нысандарын, микроқаржы ұйымын банкке айналдыруға уәкілетті органның рұқсатын және мәліметтер нысандарын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127-2) сақтандыру (қайта сақтандыру) ұйымының (сақтандыру холдингінің) өз еркімен қайта ұйымдастырылуына рұқсат беру не аталған рұқсатты беруден бас тарту тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z249" w:id="204"/>
+    <w:bookmarkStart w:name="z249" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128) банктік кепілдіктер мен кепілгерліктер беру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128-1) банктік депозиттік сертификаттарды шығару және олардың айналысы тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z250" w:id="205"/>
+    <w:bookmarkStart w:name="z250" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129) банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар жүзеге асыратын банк операцияларын лицензиялау тәртібін, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың Банк операцияларын жүргізу бойынша біліктілік талаптарды және оларға сәйкестікті растайтын құжаттар тізбесін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z251" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z251" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130) банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың жарғылық капиталының ең төмен мөлшерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-[...86 lines deleted...]
-    <w:bookmarkStart w:name="z252" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130-1) салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органмен келісу бойынша банктік қарыз операцияларын жүргізуге арналған лицензия негізінде банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың халықаралық қаржылық есептілік стандарттарына және Қазақстан Республикасының бухгалтерлік есеп пен қаржылық есептілік туралы заңнамасының талаптарына сәйкес құрылған күмәнді және үмітсіз активтерге қарсы провизиялар (резервтер) бойынша шығыстар сомасын шегеруді жүзеге асыру тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z252" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131) көрсетілетін банктік қызметтерді ұсыну, ақпаратты жария ету және банктердің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың көрсетілетін банктік қызметтерді ұсыну процесінде туындайтын клиенттердің өтініштерін қарау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z253" w:id="208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z253" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132) банкке, Қазақстан Республикасының бейрезидент-банкінің филиалына клиенттерді тарту, олардың банктің, Қазақстан Республикасының бейрезидент-банкі филиалының талаптарына сәйкестігін тексеруді жүзеге асыру, клиенттердің құжаттарын банкке, Қазақстан Республикасының бейрезидент-банкінің филиалына беру жөнінде қызметтер көрсету тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z254" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z254" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133) қаржы өнімдерінің тізбесін белгілеу, қаржы ұйымы олардың бекітілгені жөнінде Агенттікті хабардар етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z255" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z255" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134) қаржы ұйымдарының қаржы өнімдерін бекітуі туралы Агенттікті хабардар ету тәртібін, сондай-ақ хабарламаға қоса берілетін құжаттардың және хабарламада көрсетілетін бекітілген қаржы өнімдері жөніндегі мәліметтердің тізбесін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z256" w:id="211"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z256" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135) банктік қарыз шартын жасасу тәртібін, оның ішінде банктік қарыз шартының мазмұнына, ресімделуіне, міндетті талаптарына қойылатын талаптарды, қарызды өтеу графигінің нысандарын және қарыз алушы-жеке тұлғаға арналған жадынаманы айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z257" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z257" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136) қамтамасыз етусіз кредит (бланкілік кредит) өлшемшарттарын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z258" w:id="213"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z258" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137) қарыз алушы-жеке тұлғаның банктік қарыз шартының талаптарына өзгерістер енгізу туралы өтінішін қарау тәртібін, оған қоса берілетін құжаттардың тізбесін, сондай-ақ банктің (банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымның) өтінішті қарау нәтижелері туралы уәкілетті органға хабарлау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z259" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z259" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138) банктер, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар беретін қарыздар және микроқаржылық қызметті жүзеге асыратын ұйымдар жеке тұлғаларға беретін және өтеу кестесінің, сондай-ақ осындай қарыздар (микрокредиттер) бойынша сыйақыны есептеу үшін уақытша базалардың болуын көздейтін микрокредиттер бойынша тұрақты төлемдерді есептеу әдістемелерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z260" w:id="215"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z260" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139) өзгермелі сыйақы мөлшерлемесін есептеу тәртібін, қолданыс талаптарын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z261" w:id="216"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z261" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140) банктік салым шарттары бойынша өзгермелі сыйақы мөлшерлемесін есептеу тәртібін, қолданыс талаптарын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z262" w:id="217"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z262" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141) жеке тұлғаға банктік қарыз берумен және оған қызмет көрсетумен байланысты комиссиялар мен өзге де төлемдердің тізбесін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z263" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z263" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142) қарыздар мен салымдар бойынша дәйекті, жылдық, тиімді, салыстырмалы есептеудегі сыйақы мөлшерлемелерін (нақты құнын) есептеу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z264" w:id="219"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z264" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143) Қазақстан Республикасының Ұлттық Банкімен бірлесіп банктік қарыздар мен микрокредиттер бойынша жылдық тиімді сыйақы мөлшерлемесінің шекті мөлшерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z474" w:id="220"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z474" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143-1) тұтынушылық банктік қарыз және тұтынушылық микрокредит сомасына қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z478" w:id="221"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z478" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143-2) жеке тұлғаға мүлік кепілімен қамтамасыз етілмеген, тіркеуге жататын тұтынушылық банктік қарызды немесе тұтынушылық микрокредитті беруге жұбайының (зайыбының) келісімін алу тәртібін, жеке тұлғаға банктік қарыз немесе тұтынушылық микрокредит алуға жұбайының (зайыбының) келісімі қажет болатын тұтынушылық банктік қарыздың немесе микрокредиттің ең төмен мөлшерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z486" w:id="222"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z486" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143-3) банк омбудсманын сайлау, оның қызметін мерзімінен бұрын тоқтату және жүзеге асыру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z487" w:id="223"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z487" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       143-4) банк омбудсманының ішкі қағидаларын, банк омбудсманының шешімдерін есепке алу, қарау, қабылдау және орындау тәртібін келісу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143-5) банк омбудсманының әрекеттерінде (әрекетсіздігінде) қаржылық қызметтерді тұтынушылардың құқықтарының бұзылуы анықталған жағдайларда банк омбудсманының қызметі туралы ұсынымдарды банк омбудсманы өкілдерінің кеңесіне жіберу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8871,364 +8641,364 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       143-7) микроқаржы омбудсманының ішкі қағидаларын, микроқаржы омбудсманының шешімдерін есепке алу, қарау, қабылдау және орындау тәртібін келісу; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143-8) микроқаржы омбудсманының әрекеттерінде (әрекетсіздігінде) қаржылық қызметтерді тұтынушылардың құқықтарының бұзылуы анықталған жағдайларда микроқаржы омбудсманының қызметі туралы ұсынымдарды микроқаржы омбудсманы өкілдерінің кеңесіне жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z475" w:id="224"/>
+    <w:bookmarkStart w:name="z475" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143-9) Қазақстан Республикасының Қорғаныс министрлігімен келісу бойынша мерзімді әскери қызметке шақырылған әскери қызметшілер, сондай-ақ оларды қызметтен шығару, оларда банктік қарыздың және (немесе) микрокредиттің бар-жоғы, банктік қарыз шарты, микрокредит беру туралы шарт бойынша төлемді кейінге қалдырудың ұсынылуы туралы мәліметтерді алмасу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z265" w:id="225"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z265" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144) банкпен, Қазақстан Республикасының бейрезидент-банкінің филиалымен ерекше қатынастармен байланысты тұлғаларға жеңілдік талаптарын беруге тыйым салу белгілеудің кейбір мәселелерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z266" w:id="226"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z266" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145) банк конгломератымен ерекше қатынастармен байланысты тұлғалардың тізбесін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z267" w:id="227"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z267" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146) екінші деңгейдегі банктер, Қазақстан Республикасының бейрезидент- банктерінің филиалдары үшін тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146-1) банк конгломератының тәуекелдерді басқару және ішкі бақылау жүйесіне қойылатын талаптарды бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z268" w:id="228"/>
+    <w:bookmarkStart w:name="z268" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147) пруденциялық нормативтердің және сақталуға міндетті өзге де нормалар мен лимиттердің нормативтік мәндері мен есептеу әдістемесін, банк конгломераты капиталының мөлшерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147-1) ұйымдардың жарғылық капиталына банк немесе банк холдингі инвестицияларының мөлшерін және ұйымдардың жарғылық капиталына банк немесе банк холдингі инвестицияларының жиынтық мөлшерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z269" w:id="229"/>
+    <w:bookmarkStart w:name="z269" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148) банк холдингінің, сондай-ақ банктің ірі қатысушысының банктің және банк конгломератының меншікті капиталы жеткіліктілігінің коэффициенттерін қолдау жөніндегі шаралар туралы нұсқаулықты айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z270" w:id="230"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z270" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149) қаржылық жағдайды жақсарту жөніндегі іс-шаралар жоспарын ұсыну және оны Агенттіктің мақұлдау тәртібі мен мерзімдерін, сондай-ақ оның мазмұнына қойылатын талаптарды айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z271" w:id="231"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z271" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150) пруденциялық нормативтердің және сақталуға міндетті өзге де нормалар мен лимиттердің нормативтік мәндері мен есептеу әдістемелерін, банк капиталының мөлшерін және Ашық валюталық позицияның есептеу ережелері мен лимиттерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z457" w:id="232"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z457" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150-1) қаржылық орнықтылығын қамтамасыз ету және (немесе) сауықтыру үшін мемлекеттік бюджеттің, Қазақстан Республикасы Ұлттық қорының, Қазақстан Республикасы Ұлттық Банкінің және (немесе) оның еншілес ұйымдарының қаражаты пайдаланылатын екінші деңгейдегі банктің пайданы бөлу, қарапайым және (немесе) артықшылықты акциялар және (немесе) мерзімсіз қаржы құралдары бойынша дивидендтерді есепке жазу, сондай-ақ өз акцияларын кері сатып алуды жүргізу талаптарын айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z272" w:id="233"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z272" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151) ислам банктері үшін пруденциялық нормативтерді және сақталуға міндетті өзге де нормалар мен лимиттерді, олардың нормативтік мәндерін және ислам банктері үшін пруденциялық нормативтерді және сақталуға міндетті өзге де нормалар мен лимиттерді есептеу әдістемесін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkEnd w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151-1) Ұлттық пошта операторы үшін пруденциялық нормативтерді белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z273" w:id="234"/>
+    <w:bookmarkStart w:name="z273" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152) пруденциялық нормативтерді және ипотекалық ұйымдар мен агроөнеркәсіптік кешен саласындағы ұлттық басқарушы холдингтің еншілес ұйымдары сақтауға міндетті өзге де нормалар мен лимиттерді белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z274" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z274" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153) Қазақстан Республикасының бейрезидент-банктерінің филиалдары (оның ішінде Қазақстан Республикасының бейрезидент-ислам банктерінің филиалдары) үшін пруденциялық нормативтерді және сақталуға міндетті өзге де нормалар мен лимиттерді, Қазақстан Республикасының бейрезидент-банктері филиалдарының (оның ішінде Қазақстан Республикасының бейрезидент-ислам банктері филиалдарының) резерв ретінде қабылданатын активтерін қалыптастыру тәртібін және олардың ең төмен мөлшерін қоса алғанда, олардың нормативтік мәндері мен есептеу әдістемелерін, сондай-ақ Қазақстан Республикасының бейрезидент-банкі филиалының активтері есебінен сатып алуға рұқсат етілген, резерв ретінде қабылданатын қаржы құралдарының тізбесін және оларды сатып алу (өткізу) тәртібін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z275" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z275" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154) сақтандыру (қайта сақтандыру) ұйымының және сақтандыру тобының пруденциялық нормативтерінің нормативтік мәндері мен есептеу әдістемелерін және сақталуға міндетті өзге де нормалар мен лимиттерді белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154-1) заңды тұлғалардың сақтандыру (қайта сақтандыру) ұйымдары, сақтандыру (қайта сақтандыру) ұйымдарының еншілес ұйымдары немесе сақтандыру холдингтері сатып алатын акцияларына (жарғылық капиталға қатысу үлестеріне) қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9239,70 +9009,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154-2) сақтандыру холдингтері сатып алатын халықаралық қаржы ұйымдары облигацияларының тізбесін, сақтандыру холдингтері сатып алатын облигациялар үшін талап етілетін ең төмен рейтингті және рейтингтік агенттіктердің тізбесін белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154-3) сақтандыру (қайта сақтандыру) ұйымдары сатып алатын қаржы құралдарының (акциялар мен жарғылық капиталға қатысу үлестерін қоспағанда) тізбесін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z276" w:id="237"/>
+    <w:bookmarkStart w:name="z276" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155) исламдық сақтандыру (қайта сақтандыру) ұйымының пруденциялық нормативтерінің нормативтік мәндері мен есептеу әдістемелерін және сақталуға міндетті өзге де нормалар мен лимиттерді белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155-1) заңды тұлғалардың исламдық сақтандыру (қайта сақтандыру) ұйымдары, исламдық сақтандыру (қайта сақтандыру) ұйымдарының еншілес ұйымдары сатып алатын акцияларына (жарғылық капиталға қатысу үлестеріне) қойылатын талаптарды, исламдық сақтандыру (қайта сақтандыру) ұйымдары сатып алатын қаржы құралдарының (акциялар мен жарғылық капиталға қатысу үлестерін қоспағанда) тізбесін белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9331,582 +9101,582 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155-3) исламдық сақтандыру (қайта сақтандыру) ұйымының исламдық сақтандыру қорына ақшаны беру қағидаларын белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155-4) исламдық сақтандыру (қайта сақтандыру) ұйымының, Қазақстан Республикасының бейрезидент-исламдық сақтандыру (қайта сақтандыру) ұйымы филиалының исламдық сақтандыру қорын басқарғаны үшін исламдық сақтандыру (қайта сақтандыру) шартын жасасқан кезде сақтандыру сыйлықақысының бір бөлігі және (немесе) исламдық сақтандыру қорының қаражатын инвестициялаудан алынған кірістердің бір бөлігі түрінде сыйақы алу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z277" w:id="238"/>
+    <w:bookmarkStart w:name="z277" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156) Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы филиалының пруденциялық нормативтерінің нормативтік мәндері мен есептеу әдістемелерін және сақталуға міндетті өзге де нормалар мен лимиттерді, оның ішінде резерв ретінде қабылданатын Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы филиалының активтерін қалыптастыру тәртібін және олардың ең төменгі мөлшерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z278" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z278" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157) Қазақстан Республикасының бейрезидент-исламдық сақтандыру (қайта сақтандыру) ұйымы филиалының пруденциялық нормативтерінің нормативтік мәндері мен есептеу әдістемелерін және сақталуға міндетті өзге де нормалар мен лимиттерді, оның ішінде резерв ретінде қабылданатын Қазақстан Республикасының бейрезидент-исламдық сақтандыру (қайта сақтандыру) ұйымы филиалының активтерін қалыптастыру тәртібінің және олардың ең төменгі мөлшерінің нормативтік мәндерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z279" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z279" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158) лицензиаттың сақтауы міндетті пруденциялық нормативтердің түрлерін, қаржылық тұрақтылықтың өзге де нормалары мен лимиттерін, бағалы қағаздар нарығындағы әрбір қызмет түріне қатысты олардың мәндерін есептеу тәртібі мен әдістемелерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z280" w:id="241"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z280" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159) ерікті жинақтаушы зейнетақы қорлары үшін пруденциялық нормативтердің тізбесін, олардың нормативтік мәндерін және есептеу әдістемесін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z281" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z281" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160) банктің, сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысына, инвестициялық портфельді басқарушыға тиесілі банктің, сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысының, инвестициялық портфельді басқарушының акцияларын банк холдингіне, сақтандыру холдингіне не банктің, сақтандыру (қайта сақтандыру) ұйымының, инвестициялық портфельді басқарушының, банк холдингінің, сақтандыру холдингінің белгілерін иеленуші тұлғаға сенімгерлік басқаруды жүзеге асыру, сондай-ақ сенімгерлік басқару кезеңіндегі Агенттіктің не ұлттық басқарушы холдингінің іс-әрекеттері тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z282" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z282" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161) банктің, сақтандыру (қайта сақтандыру) ұйымының уақытша әкімшілігін (уақытша әкімшісін) тағайындау тәртібі мен өкілеттіктерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z283" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z283" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162) банктің, сақтандыру (қайта сақтандыру) ұйымының уақытша әкімшілігінің (уақытша әкімшісінің) есептілікті және өзге де ақпаратты ұсыну нысандары мен мерзімдерін, сондай-ақ оларды ұсыну тәртібін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z284" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z284" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163) банктердің, Қазақстан Республикасының бейрезидент-банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың ақпараттық қауіпсіздігін қамтамасыз етуге қойылатын талаптарды, ақпараттық жүйелердегі бұзушылықтар, іркілістер туралы мәліметтерді қоса алғанда, ақпараттық қауіпсіздіктің оқыс оқиғалары туралы ақпаратты ұсыну тәртібі мен мерзімдерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z285" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z285" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164) Қазақстан Республикасының Ұлттық Банкімен және салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органмен бірлесіп, кәсіпкерлік субъектілерінің банктік шоттардан қолма-қол ақшаны алу қағидаларын бекіту, онда кәсіпкерлік субъектілерінің банктік шоттардан қолма-қол ақшаны белгіленген шекті мөлшерден артық алу шарттары да, сондай-ақ салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органға және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органға кәсіпкерлік субъектілерінің банктік шоттардан қолма-қол ақшаны белгіленген шекті мөлшерден артық алуы туралы мәліметтер мен ақпараттың нысандарын, тізбесін және оларды ұсыну мерзімдерін қоса алғанда, оларды ұсыну тәртібі айқындалады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z286" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z286" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165) акционерлік қоғамдардың және қаржы ұйымдарының қаржылық есептілікті, Қазақстан Республикасының бейрезидент- банктері филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының, Қазақстан Республикасының бейрезидент- сақтандыру брокерлері филиалдарының бухгалтерлік есеп деректері бойынша есептілікті жариялау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkEnd w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165-1) қоғам акционерлерінің бағалы қағаздарды басымдықпен иелену құқығын іске асыру тәртібін және одан бас тартуды белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z287" w:id="248"/>
+    <w:bookmarkStart w:name="z287" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166) банк және сақтандыру холдингтерінің қаржылық есептілікті жариялау тәртібі мен мерзімдерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-1) Қазақстан Республикасының Ұлттық Банкі әзірлеген, нысандарын, тізбесін, ұсыну кезеңділігі мен мерзімдерін қоса алғанда, ұсыну тәртібі айқындалатын қаржы ұйымдарының қаржылық есептілікті және Қазақстан Республикасының бейрезидент-банктері филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру брокерлері филиалдарының бухгалтерлік есепке алу деректері жөніндегі есептілікті ұсыну қағидаларын келісу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-2) Қазақстан Республикасының Ұлттық Банкі әзірлеген, әкімшілік деректерді жинауға арналған нысандарын, ұсыну кезеңділігі мен мерзімдерін қоса алғанда, оны ұсыну тәртібін айқындайтын, қаржы ұйымдарының және олардың ірі қатысушыларының, банк холдингтерінің, банк конгломераттарының, сақтандыру холдингтерінің, сақтандыру топтарының, "Қазақстанның Даму Банкі" акционерлік қоғамының, Қазақстан Республикасының бейрезидент-банктері филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру брокерлері филиалдарының, кредиттік бюролардың және коллекторлық агенттіктердің есептілікті ұсыну қағидаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z288" w:id="249"/>
+    <w:bookmarkStart w:name="z288" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167) екінші деңгейдегі банктерде, Қазақстан Республикасының бейрезидент-банктерінің филиалдарында сақталуы тиіс негізгі құжаттардың тізбесін және оларды сақтау мерзімдерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z289" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z289" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168) банктің активтері мен міндеттемелерінің бір бөлігін не толық мөлшерде басқа банкке (банктерге) бір мезгілде беру жөніндегі операцияны, оның ішінде бас банк пен еншілес банк арасындағы активтер мен міндеттемелерді бір мезгілде беру жөніндегі операцияны жүргізу және осы операцияларды, сондай-ақ көрсетілген операцияларды жүргізу кезінде берілуге жататын активтер мен міндеттемелердің түрлерін Агенттікпен келісу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z290" w:id="251"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z290" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169) банктердің, Қазақстан Республикасының бейрезидент-банктерінің филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың ақпараттық жүйелерінің қауіпсіздігі мен үздіксіз жұмысына қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z291" w:id="252"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z291" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170) банктердің Қазақстан Республикасының бейрезидент-банктері филиалдарының ақпараттық қауіпсіздікті басқару жүйелерінің болуы туралы, сондай-ақ ақпараттық қауіпсіздікті қамтамасыз етуге қойылатын талаптардың сақталуы туралы мәліметтерді Ұлттық ақпараттық қауіпсіздікті үйлестіру орталығына ұсыну тәртібі мен мерзімдерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z292" w:id="253"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z292" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171) олардың жасалуы банкті, Қазақстан Республикасының бейрезидент-банкінің филиалын төлемге қабілетсіз банктер, Қазақстан Республикасының бейрезидент банктерінің филиалдары санатына жатқызу туралы шешім қабылдау үшін негіз болып табылатын нарықтық емес талаптардағы мәмілелердің тізбесін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z293" w:id="254"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z293" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172) төлемге қабілетсіз банктің міндеттемелерін мәжбүрлеп қайта құрылымдау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z294" w:id="255"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z294" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) банкті басқару жөніндегі уақытша әкімшіліктің (банкті уақытша басқарушының) төлемге қабілетсіз банктің активтері мен міндеттемелерін сатып алушы банкке, сондай-ақ банктің уақытша әкімшілігінің (уақытша әкімшісінің) барлық банктік және өзге де операцияларды жүргізуге лицензиядан айырылған банктің активтері мен міндеттемелерін сатып алушы банкке мәжбүрлеп тарату туралы сот шешімі заңды күшіне енгенге дейін беруді жүзеге асыру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z295" w:id="256"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z295" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174) тұрақтандыру банкін басқару, жасалуына қатысты ерекше шарттар белгіленген мәмілелерді жасасу, төлемге қабілетсіз банктің активтері мен міндеттемелерін тұрақтандыру банкіне беру жөніндегі операцияны жүргізу, тұрақтандыру банкінің активтер мен міндеттемелерді Агенттік айқындайтын басқа банкке беру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z296" w:id="257"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z296" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) тұрақтандыру банкінің жарғылық және меншікті капиталдарының ең төмен мөлшерін, тұрақтандыру банкін құру, оның жарғылық және меншікті капиталдарын қалыптастыру, сондай-ақ тұрақтандыру банкінің банк операциялары мен өзге де операцияларды жүргізуге арналған лицензияны алу тәртібін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z297" w:id="258"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z297" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176) екінші деңгейдегі банктерге консервациялау режимін қолдану (орнату) тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176-1) ислам банкін, Қазақстан Республикасы бейрезидент-ислам банкінің филиалын таңдау және оларға инвестициялық депозит туралы шарт бойынша тартылған ақша және таратылатын ислам банкінің, қызметі мәжбүрлеп тоқтатылатын Қазақстан Республикасы бейрезидент-ислам банкі филиалының инвестициялық депозиттері бойынша міндеттемелер есебінен сатып алынған мүлікті беру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z298" w:id="259"/>
+    <w:bookmarkStart w:name="z298" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177) ерікті түрде таратылатын банктердің және қызметін ерікті түрде тоқтататын Қазақстан Республикасының бейрезидент-банктері филиалдарының тарату комиссиялары қызметінің ерекшеліктерін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z299" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z299" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178) мәжбүрлеп таратылатын банктердің, сақтандыру (қайта сақтандыру) ұйымдарының, қызметі мәжбүрлеп тоқтатылатын Қазақстан Республикасының бейрезидент-банктері филиалдарының тарату комиссияларын тағайындау және босату тәртібін және мәжбүрлеп таратылатын банктің, сақтандыру (қайта сақтандыру) ұйымының, қызметі мәжбүрлеп тоқтатылатын Қазақстан Республикасының бейрезидент-банкі филиалының, тарату комиссиясының төрағасына және мүшелеріне қойылатын талаптарды айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9935,1296 +9705,1108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Жарлығымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z301" w:id="261"/>
+    <w:bookmarkStart w:name="z301" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180) микроқаржылық қызметті жүзеге асыратын ұйымдардың тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z302" w:id="262"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z302" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181) микроқаржылық қызметті жүзеге асыратын ұйымдардың жарғылық және меншікті капиталдарының ең төмен мөлшерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z303" w:id="263"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z303" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182) микроқаржылық қызметті жүзеге асыратын ұйымдар үшін пруденциялық нормативтердi және сақтауы мiндеттi өзге де нормалар мен лимиттердi, оларды есептеу әдістемесін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z304" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183) салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органмен келісу бойынша берілген микрокредиттер бойынша активтерді күмәнді және үмітсіз активтерге жатқызу тәртібін, сондай-ақ оларға қарсы провизиялар (резервтер) құру тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z305" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184) электрондық тәсілмен микрокредиттер беру тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z306" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185) микрокредит беру туралы шарт жасасу тәртібін, оның ішінде шарттың және микрокредиттің толық құны (микрокредит бойынша артық төленетін сомасы, микрокредит нысанасы) туралы ақпаратты қамтитын бірінші бетінің мазмұнына, ресімделуіне микрокредит беру туралы шарттың міндетті шарттарына қойылатын талаптарды, сондай-ақ микрокредитті өтеу кестесінің нысанын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">186) алып тасталды – ҚР Президентінің 29.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 606</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (20.08.2024 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...194 lines deleted...]
-    <w:bookmarkStart w:name="z308" w:id="266"/>
+    </w:p>
+    <w:bookmarkStart w:name="z308" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187) берілетін микрокредиттер бойынша жылдық тиімді сыйақы мөлшерлемесін есептеу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z309" w:id="267"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z309" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188) микроқаржылық қызметті жүзеге асыратын ұйым қарыз алушысының борыш жүктемесі коэффициентін есептеу тәртібін және оның шекті мәнін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z310" w:id="268"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z310" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189) қарыз алушы-жеке тұлғаның микрокредит беру туралы шарттың талаптарына өзгерістер енгізу туралы өтінішін қарау тәртібін, оған қоса берілетін құжаттардың тізбесін, сондай-ақ банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымның өтінішті қарау нәтижелері туралы уәкілетті органға хабарлау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189-1) микрокредиттер беру, ақпаратты жария ету және микроқаржы ұйымдарының микрокредиттер беру процесінде туындайтын клиенттердің өтініштерін қарау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z311" w:id="269"/>
+    <w:bookmarkStart w:name="z311" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190) микрокредит алуға қажетті құжаттардың тізбесін, сондай-ақ микрокредит беру туралы шарт бойынша кредиттік дерекнаманы жүргізу тәртібін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z312" w:id="270"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z312" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) ломбардта заттарды сақтау, ломбардтардың үй-жайларының қауіпсіздігін және техникалық нығайтылуын қамтамасыз ету жөніндегі талаптарды, ломбардтарда заңсыз алынған заттардың айналымына қарсы іс-қимыл жөніндегі шараларды белгілеу мәселелерін қоса алғанда, ломбардтардың қызметін ұйымдастыру тәртібін уәкілетті ішкі істер органының келісімі бойынша айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191-1) микроқаржылық қызмет саласындағы өзін-өзі реттейтін ұйымдардың және коллекторлық қызмет саласындағы өзін-өзі реттейтін ұйымдардың тізілімдерін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z313" w:id="271"/>
+    <w:bookmarkStart w:name="z313" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192) коллекторлық агенттіктерді есептік тіркеуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z314" w:id="272"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z314" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193) коллекторлық агенттіктердің тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z315" w:id="273"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z315" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) коллекторлық агенттіктің жарғылық капиталындағы қатысу үлестерінің он немесе одан да көп пайызын өзі дербес немесе басқа тұлғамен (тұлғалармен) бірлесіп тікелей немесе жанама иеленетін және (немесе) пайдаланатын және (немесе) оларға билік ететін немесе бақылау жасайтын тұлғалар туралы мәліметтерді коллекторлық агенттіктің ұсыну тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z316" w:id="274"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z316" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195) коллекторлық агенттіктің жарғылық капиталының ең төмен мөлшерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z317" w:id="275"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z317" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) есептік тіркеуден өту және коллекторлық агенттіктердің тізілімін жүргізу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z318" w:id="276"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z318" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) коллекторлық агенттіктің сақталуға жататын негізгі құжаттарының тізбесін және оларды сақтау мерзімдерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z458" w:id="277"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z458" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197-1) коллекторлық қызметті жүзеге асыратын салық төлеушіге қатысты құқықтың (талап етудің) өту жағдайларын қамтитын шарттар жөніндегі мәліметтерді салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті органға Агенттікпен келісу арқылы салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті орган белгілеген нысан бойынша тоқсаннан кейінгі айдың жиырма бесінен кешіктірмей ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z479" w:id="278"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z479" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197-2) коллекторлық агенттіктердің жеке тұлғалардың берешегін реттеу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z319" w:id="279"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z319" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198) ақпарат берушiлердiң кредиттiк бюроларға ақпарат беру тәртiбiнiң шарттары мен ең төмен талаптарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z320" w:id="280"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z320" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) кредиттiк тарих субъектiлерiнiң өздерi туралы ақпаратты кредиттiк бюроларға (мемлекет қатысатын кредиттік бюроны қоспағанда) беруге келiсiмiн ресiмдеу, кредиттік бюродан кредиттiк есептi басқа тұлғаларға беруге келiсiмiн ресімдеу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z321" w:id="281"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z321" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) кредиттiк есептi берудiң шарттары мен тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z476" w:id="282"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z476" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-1) ақпарат берушілер кредиттік бюроларға беретін өзге де мәліметтерді айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z477" w:id="283"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z477" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-2) ақпарат берушілер кредиттік бюроларға беретін мәліметтер тізбесін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z322" w:id="284"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z322" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) кредиттік бюроның кредиттік скорингті есептеу шарттары мен тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z323" w:id="285"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z323" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) кредиттік бюро қызметін жүзеге асыру құқығына рұқсат және кредиттік тарихтардың деректер базасын, пайдаланылатын ақпараттық жүйелерді қорғау және олардың сақталуын қамтамасыз ету жөніндегі кредиттік бюроға және үй-жайларға қойылатын талаптарға кредиттік бюроның сәйкестігі туралы актіні беру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z324" w:id="286"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z324" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) кредиттік бюролардың, банктер, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар, микроқаржы ұйымдары және коллекторлық агенттіктер болып табылатын ақпарат берушілердің және кредиттік есептерді алушылардың қызметін ұйымдастыру кезінде ақпараттық-коммуникациялық технологияларды пайдалануға және ақпараттық қауіпсіздікті қамтамасыз етуге қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z325" w:id="287"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z325" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       204) "Қазақстан Республикасындағы кредиттік бюролар және кредиттік тарихты қалыптастыру туралы" 2004 жылғы 6 шілдедегі Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағының 11) тармақшасына және 3-тармағының 9) тармақшасына сәйкес кредиттік бюролардың ақпаратты берушілерге және кредиттік есептерді алушыларға қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204-1) трансшекаралық алмасу туралы шарттың жобасын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z326" w:id="288"/>
+    <w:bookmarkStart w:name="z326" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205) қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл мақсатында банктер, Қазақстан Республикасы бейрезидент-банктерінің филиалдары, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар, қор биржасы, сақтандыру (қайта сақтандыру) ұйымдары, сақтандыру брокерлері, өзара сақтандыру қоғамдары, Қазақстан Республикасы бейрезидент-сақтандыру (қайта сақтандыру) ұйымдарының филиалдары, Қазақстан Республикасы бейрезидент-сақтандыру брокерлерінің филиалдары, Қазақстанның Экспорттық-кредиттік агенттігі, бірыңғай жинақтаушы зейнетақы қоры және ерікті жинақтаушы зейнетақы қорлары, бағалы қағаздар нарығының кәсіби қатысушылары, орталық депозитарий, микроқаржылық қызметті жүзеге асыратын ұйымдар үшін ішкі бақылау қағидаларына қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z327" w:id="289"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z327" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) банктер, Қазақстан Республикасы бейрезидент-банктерінің филиалдары, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар, қор биржасы, сақтандыру (қайта сақтандыру) ұйымдары, сақтандыру брокерлері, өзара сақтандыру қоғамдары, Қазақстан Республикасы бейрезидент-сақтандыру (қайта сақтандыру) ұйымдарының филиалдары, Қазақстан Республикасының бейрезидент-сақтандыру брокерлерінің филиалдары, Қазақстанның Экспорттық-кредиттік агенттігі, бірыңғай жинақтаушы зейнетақы қоры және ерікті жинақтаушы зейнетақы қорлары, бағалы қағаздар нарығының кәсіби қатысушылары, орталық депозитарий, микроқаржылық қызметті жүзеге асыратын ұйымдар іскерлік қатынастарды қашықтан орнатқан жағдайда клиенттерді тиісінше тексеруге қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-[...114 lines deleted...]
-    <w:bookmarkStart w:name="z464" w:id="290"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z328" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207) салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті органмен бірлесіп, тексерілетін салық төлеушіге қатысты оның Қазақстан Республикасының сақтандыру және сақтандыру қызметі туралы заңнамасында белгіленген талаптарға сәйкестігі бойынша сақтандыру міндеттемелері туралы қорытындының нысанын, оны ұсыну тәртібі мен мерзімін белгілейтін өзара іс-қимыл қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z464" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207-1) сауда қызметін реттеу саласындағы уәкілетті орган әзірлейтін және бекітетін Қазақстанның Экспорттық-кредиттік агенттігі қызметінің жекелеген түрлерін жүзеге асыру шарттарын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z465" w:id="291"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z465" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207-2) сауда қызметін реттеу саласындағы уәкілетті орган әзірлейтін және бекітетін Қазақстанның Экспорттық-кредиттік агенттігі үшін тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру, сондай-ақ резервтерді қалыптастыру және олар бойынша актуарлық есептеулер жүргізу қағидаларын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207-3) сауда қызметін реттеу саласындағы уәкілетті орган әзірлейтін және бекітетін сақтандыру, қайта сақтандыру шарттарын жасасу және орындау бойынша есептіліктің тізбесін, нысандарын, оны Қазақстан Экспорттық-кредиттік агенттігінің ұсыну мерзімдері мен тәртібін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z329" w:id="292"/>
+    <w:bookmarkStart w:name="z329" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) ипотекалық ұйымдардың тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z330" w:id="293"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z330" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209) инвестициялық пай қорлары пайларының шығарылымын мемлекеттік тіркеу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z331" w:id="294"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z331" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210) қаржы құралдарын және инвестициялық қор активтерінің құрамына кіретін өзге де мүлікті инвестициялау тәртібін және акционерлік және инвестициялық пай қорлары активтерінің құрамына кіруі мүмкін қаржы құралдарының тізбесін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z332" w:id="295"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z332" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211) бір тұлға және оның үлестес тұлғалары шығарған (берген) қаржы құралдарына (ақшаны қоспағанда) инвестициялық қордың активтері есебінен жасалатын инвестициялардың жинақталған мөлшерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z440" w:id="296"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z440" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211-1) инвестициялық пай қорының қағидаларына өзгерістер мен толықтыруларды келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211-2) акционерлік инвестициялық қордың инвестициялық декларациясына өзгерістер мен толықтыруларды тіркеу, сондай-ақ оларды тіркеуге ұсыну тәртібін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z333" w:id="297"/>
+    <w:bookmarkStart w:name="z333" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212) инвестициялық қор активтерінің, инвестициялық қордың таза активтерінің құнын, инвестициялық пай қоры пайының есептік құнын және акционерлік инвестициялық қор акциясын сатып алу бағасын айқындау тәртібін, талаптарын және әдістемесін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkEnd w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212-1) активтер мен міндеттемелердің құны мен құрамы, инвестициялық қордың таза активтерінің құны, сондай-ақ пай ұстаушылар саны және пайдың кірістілігі туралы ақпараттың нысандарын, акционерлік инвестициялық қордың немесе басқарушы компанияның оны беру тәртібі мен мерзімдерін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z334" w:id="298"/>
+    <w:bookmarkStart w:name="z334" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213) жобалық қаржыландыру және секьюритилендiру кезінде бөлінген активтердің құрамына кіретін ақшаны инвестициялауды жүзеге асыруға қойылатын талаптарды және бөлінген активтер есебінен сатып алуға рұқсат етілген қаржы құралдарының тізбесін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkEnd w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213-1) банкроттықты басқарушының бөлінген активтерді арнайы қаржы компаниясының облигацияларын ұстаушылардың өкіліне басқаруға беру (бөлінген активтерді өткізу және кепілге салынған мүлікке өндіріп алуды қолдану құқығымен және бөлінген активтердің құрамына кіретін өзге де қамтамасыз ету) тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z335" w:id="299"/>
+    <w:bookmarkStart w:name="z335" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkEnd w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кастодиан банк пен арнайы қаржы компаниясы, сондай-ақ инвестициялық портфельді басқарушының;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11235,308 +10817,308 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кастодиан-банк пен арнайы қаржы компаниясының арасында жасалатын кастодиандық үлгілік шарттың нысанын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214-1) зейнетақы активтерін сенімгерлік басқару туралы шарттың үлгілік нысанын, бірыңғай жинақтаушы зейнетақы қоры, инвестициялық портфельді басқарушы мен кастодиан-банк арасында жасалатын кастодиандық шарттың үлгілік нысанын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z336" w:id="300"/>
+    <w:bookmarkStart w:name="z336" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215) кастодиан-банктің арнайы қаржы компаниясы активтерінің нысаналы орналастырылуын бақылауды жүзеге асыру тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z337" w:id="301"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z337" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216) сақтандыру шартын жасасу және сақтандыру жағдайларын реттеу туралы хабардар ету, сақтандыру шартының қолданылу мерзімінің өтуі туралы алдын ала хабардар ету тәртібін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z338" w:id="302"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z338" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру бойынша сақтанушыға (сақтандырылушыға) берілетін сыныпты "бонус-малус" жүйесі бойынша есептеу тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z339" w:id="303"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z339" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) мамандандырылған бағдарламалық қамтылымға қойылатын талаптарды және көлік құралына келтірілген зиянның мөлшерін айқындау тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkEnd w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218-1) тікелей реттеуді жүзеге асыру тәртібі мен шарттарын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z340" w:id="304"/>
+    <w:bookmarkStart w:name="z340" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) түзету коэффициентін қолдану тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z341" w:id="305"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z341" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220) аннуитет шарты бойынша аннуитеттiк төлемдерді есептеу тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z342" w:id="306"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z342" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221) аннуитет шарты мен сақтандырушының жасалатын аннуитет шарттары бойынша істі жүргізуге арналған шығыстарының жол берілетін деңгейіне қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z343" w:id="307"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z343" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) сақтандырушы сақтандырылушыға ассистанс беру туралы шарт жасасатын ассистанс компанияға қойылатын талаптарды, сондай-ақ сақтандырушының ассистанс компаниямен өзара іс-қимыл жасау тәртібін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z344" w:id="308"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z344" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) туристі міндетті сақтандыру бағдарламалары бойынша сақтандыру аумағын белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z345" w:id="309"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z345" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224) ассистанс компаниямен келісу бойынша сақтандырылушыға медициналық және өзге де мекеме көрсеткен қызметтер құнын төлеу тәртібін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z346" w:id="310"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z346" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) арнайы қаржы компаниясының бөлінген активтерін жаңа инвестициялық портфель басқарушысына беру тәртібін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z347" w:id="311"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z347" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226) арнайы қаржы компаниясының активтерін жаңа кастодиан-банкке беру тәртібін белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkEnd w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226-1) мемлекеттік мүлікті басқару жөніндегі уәкілетті органды қоспағанда, оригинаторға қойылатын талаптарды, сондай-ақ мемлекеттік ислам арнайы қаржы компаниясын қоспағанда, ислам арнайы қаржы компаниясын құруға және оның қызметіне қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11551,686 +11133,622 @@
       226-2) исламдық қаржыландыру қағидаттары жөніндегі сыртқы тәуелсіз сарапшыларға қойылатын талаптарды белгілеу, сондай-ақ лизинг берушілердің ислам лизингі мәмілелерінің исламдық қаржыландыру қағидаттарына сәйкестігі туралы қорытынды алу үшін исламдық қаржыландыру қағидаттары жөніндегі сыртқы тәуелсіз сарапшыларды тарту жағдайларын айқындау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226-3) екінші деңгейдегі банктердің кепілдік қорына төлейтін жарналарының кәсіпкерлік жөніндегі уәкілетті орган айқындайтын мөлшерін және оларды есептеу тәртібін келісу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z348" w:id="312"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      226-4) салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті орган белгілейтін және салықтық әкімшілендіру үшін қажет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коллекторлық агенттіктер, бағалы қағаздарды номиналды ұстаушылар ретінде клиенттердің шоттарын жүргізу құқығына ие кастодиандар, орталық депозитарий, брокерлер және (немесе) дилерлер, инвестициялық портфельді басқарушылар, сақтандыру (қайта сақтандыру) ұйымдары, сақтандыру брокерлері салық органына ұсынатын мәліметтердің нысандарын, оларды ұсыну тәртібі мен мерзімдерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұлғалардың бағалы қағаздармен мәмілелері туралы брокерлер салық органына ұсынатын мәліметтердің нысанын және оларды ұсыну тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағалы қағаздарды ұстаушы-тұлғалар туралы, сондай-ақ тұлғалардың бағалы қағаздармен мәмілелері туралы бағалы қағаздарды ұстаушылар тізілімдерінің жүйесін жүргізу жөніндегі қызметті жүзеге асыратын ұйым салық органына ұсынатын мәліметтердің нысанын және оларды ұсыну тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салық органы сұрау салуының және бағалы қағаздармен, туынды қаржы құралдарымен мәмілелер туралы бағалы қағаздар нарығына кәсіби қатысушылар салық органына ұсынатын мәліметтердің нысандарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      активтер мен міндеттемелер туралы, кірістер мен мүлік туралы декларацияларды ұсыну міндеті туындаған жеке тұлғалардың коллекторлық және (немесе) микроқаржы ұйымдарының алдындағы берешегі бойынша кредиттік есептен мәліметтердің нысандарын, оларды ұсыну тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы, кірістер мен мүлік туралы декларацияларды ұсыну міндеті туындаған жеке тұлғаға берілген кредиттер туралы мәліметтердің нысандарын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z348" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227) өз құзыреті шегінде басқа мемлекеттердің уәкілетті органдарымен, халықаралық және өзге де ұйымдарымен қаржы нарығын және қаржы ұйымдарын реттеу, бақылау мен қадағалау мәселелері бойынша ақпарат алмасуды қоса алғанда, өзара іс-қимылды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z349" w:id="313"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z349" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228) Қазақстан Республикасы Ұлттық Банкінің еншілес ұйымдары арқылы жүзеге асырылатын жеке тұлғалардың тұрғын үй қарыздарын және ипотекалық қарыздарын қайта қаржыландыру бағдарламаларын іске асыру, сондай-ақ банктердің осы бағдарламалар шеңберінде қабылдаған міндеттемелерін орындауына бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z350" w:id="314"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z350" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) қаржылық қызметтерді тұтынушылардың құқықтарын және заңды мүдделерін бұзушылықтарды болдырмау шараларын іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z351" w:id="315"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z351" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230) халықтың қаржылық сауаттылығын және халық үшін қаржылық қолжетімділігін арттыруға бағытталған іс-шараларды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z352" w:id="316"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z352" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231) қаржылық қызметтерді тұтынушылардың құқықтарын қорғау жүйесін дамытуға бағытталған іс-шараларды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z444" w:id="317"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z444" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231-1) өтініш берушілер көтеретін жүйелік проблемаларға талдау жүргізу және анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z353" w:id="318"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z353" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232) коллекторлық агенттіктердің тарапынан заңсыз іс-әрекеттерден борышкерлердің құқықтарын және мүдделерін қорғауға, коллекторлық қызметтің ашықтығын, берешекті өндіріп алу бойынша жұмыста тиімділік пен қауіпсіздікті арттыруға бағытталған іс-шараларды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z441" w:id="319"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z441" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232-1) Қазақстан Республикасы заңнамасының талаптарына сәйкес келетін сервистік компаниялардың тізілімін жүргізу және Агенттіктің интернет-ресурсында орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z443" w:id="320"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z443" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232-2) бас банктің күмәнді және үмітсіз активтеріне ие болатын банктің еншілес ұйымдарына және сервистік компаниялар ретінде әрекет ететін, банктік қарыз шарттары және (немесе) микрокредит беру туралы шарттар бойынша құқықтар (талаптар) сенімгерлік басқаруға берілуі мүмкін коллекторлық агенттіктерге қойылатын талаптарды айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z354" w:id="321"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z354" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233) қаржылық қызметтерді тұтынушылар, тексерілетін субъектілер үшін Агенттіктің құзыретіне кіретін мәселелер бойынша түсіндіру жұмысын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z355" w:id="322"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z355" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234) Агенттік қызметінің негізгі бағыттары бойынша ақпараттық-түсіндіру жұмысын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z459" w:id="323"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z459" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-1) мемлекеттік басқару жүйесін дамыту саласындағы уәкілетті орган бекітетін мемлекеттік органдардың қызметіне салалық (ведомстволық) функционалдық шолулар жүргізу жөніндегі әдістемеге сәйкес қызметке функционалдық талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z356" w:id="324"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z356" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235) Қазақстан Республикасының Ұлттық Банкімен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z461" w:id="325"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z461" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы қаржы жүйесінің тұрақтылығы, Қазақстан Республикасы Ұлттық Банкінің екінші деңгейдегі банктерге қарыздар, оның ішінде соңғы сатыдағы қарыздар беру, сондай-ақ банк олар бойынша міндеттемелерді орындамаған жағдайда, оларды қайта құрылымдау және Қазақстан Республикасы Ұлттық Банкінің талаптарын қанағаттандыру мәселелері бойынша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-[...134 lines deleted...]
-    <w:bookmarkStart w:name="z488" w:id="327"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z462" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Ұлттық Банкі мен Агенттіктің Қазақстан Республикасының заңдарында белгіленген өкілеттіктері шеңберінде, оның ішінде ақпараттық жүйелерге өзара қол жеткізу жолымен ақпарат алмасу арқылы өзара іс-қимыл жасауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z488" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-1) Қазақстан Республикасы Ұлттық Кәсіпкерлер палатасының ұсынымдық сипаттағы қорытындысын ескере отырып, кәсіптік біліктіліктер жөніндегі салалық кеңеспен және кәсіптік біліктіліктерді тану саласындағы уәкілетті органмен келісу бойынша, реттелетін саладағы кәсіптік стандарттарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z489" w:id="328"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z489" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       235-2) "Кәсіптік біліктіліктер туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген кәсіптік біліктіліктерді тану саласындағы өкілеттіктерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z490" w:id="329"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z490" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-3) бірыңғай қазынашылық шоттан уақытша бос бюджет ақшасын орналастыру тәртібін Қазақстан Республикасының Ұлттық Банкімен бірлесіп келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z491" w:id="330"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z491" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-4) квазимемлекеттік сектор субъектілерінің уақытша бос бюджет қаражатын Ұлттық пошта операторындағы және (немесе) екінші деңгейдегі банктердегі депозиттерге және басқа да қаржы құралдарына орналастыру мерзімдері мен көлемдерін мемлекеттік қазынашылықпен келісу тәртібін Қазақстан Республикасының Ұлттық Банкімен бірлесіп келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z492" w:id="331"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z492" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-5) бюджет саясаты жөніндегі орталық уәкілетті органмен, бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен, бюджетті атқару жөніндегі орталық уәкілетті органмен және Қазақстан Республикасының Ұлттық Банкімен бірлесіп бюджеттік тәуекелдер туралы талдамалық есепті қалыптастыру және оның қалыптастырылу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z357" w:id="332"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z357" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236) Заңда, Қазақстан Республикасының басқа заңдарында және Қазақстан Республикасы Президентінің актілерінде көзделген өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkEnd w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12472,2433 +11990,2473 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1007</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 26.12.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1159</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z358" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Агенттіктің бірінші басшысының, алқалы органдардың мәртебесі, өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z359" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Агенттікке басшылықты Төраға жүзеге асырады, ол Агенттікке жүктелген міндеттердің орындалуына және өз өкілеттіктерін жүзеге асыруға дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z360" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Агенттік Төрағасы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z361" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Агенттік Төрағасының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын төрт орынбасары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда – ҚР Президентінің 26.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 631</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z362" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Агенттік Төрағасының өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z363" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Заңда және Агенттік Басқармасы үшін осы Ережеде айтылған өкiлеттiктердi қоспағанда, Агенттік қызметiнің барлық мәселелері бойынша жедел және атқарушы-өкiмдік шешімдер қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z364" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасы Президентінің тағайындауы үшін Агенттік Төрағасы орынбасарларының лауазымына кандидатуралар ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z365" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Агенттіктен сайланған Агенттіктің Басқарма мүшелерін тағайындайды және босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z366" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңнамасында белгіленген тәртіппен Агенттік Аппаратының басшысын лауазымға тағайындайды және лауазымнан босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z367" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының Президенті бекіткен Агенттіктің құрылымы негізінде Агенттік бөлімшелерінің құрылымын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z368" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Агенттіктің лауазымды тұлғаларын тағайындайды және оларды жұмыстан босатады, ерекшеленген қызметкерлерді көтермелейді, тәртіптік жаза қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z369" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Агенттіктен сайланған Қазақстан Республикасы Ұлттық Банкінің Басқарма мүшесін тағайындайды және босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z370" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) өз құзыреті шегінде Агенттіктің атынан республикада және шетелдерде өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z371" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамалық актілері, Қазақстан Республикасы Президентінің актілері, Агенттіктің нормативтік құқықтық актілері, Агенттік Басқармасының қаулылары негізінде және (немесе) оларды орындау үшін Агенттік қызметінің мәселелері бойынша бұйрықтар мен өкімдер шығарады, Агенттік Басқармасының қаулыларына қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z372" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Агенттік Басқармасының отырыстарын жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z373" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Агенттік Төрағасының орынбасарлары мен Агенттік Аппаратының басшысы арасында міндеттерді бөледі, өз орынбасарларының, Агенттік Аппараты басшысының және Агенттік бөлімшелері басшыларының тапсырылған жұмыс учаскесіндегі істің жай-күйі үшін жауаптылық дәрежесін белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1) Қазақстан Республикасының Президентінің не оның уәкілеттік беруімен Қазақстан Республикасы Президенті Әкімшілігі Басшысының келісуі бойынша Агенттіктің стратегиялық жоспарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z374" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Қазақстан Республикасының Президенті бекіткен Агенттіктің жалпы штат саны негізінде Агенттіктің штат кестесін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z375" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) ішкі аудит бөлімшесі туралы ережені қоспағанда, Агенттіктің бөлімшелері туралы ережелерді бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z376" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) ішкі аудит бөлімшесінің есептерін қоспағанда, Агенттік бөлімшелерінің атқарған жұмысы туралы есептерін тыңдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z377" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Агенттіктің атынан шарттар (келісімдер, келісімшарттар) жасасады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z378" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Агенттіктің атынан сенімхаттар береді, міндеттемелерге қол қою және сенімхаттар беру тәртібін белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z379" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Агенттік бөлімшелерінің ішкі аудитінің нәтижелерін қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z380" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Агенттіктің ішкі қызметі, оның ішінде Агенттікке бекітіліп берілген мүлікті пайдаланумен, еңбек қатынастарымен және еңбек қатынастарына тікелей байланысты қатынастармен байланысты мәселелер бойынша және Агенттік Басқармасының айрықша құзыретіне жатқызылмаған өзге де мәселелер бойынша актілерді бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1) Қазақстан Республикасының Ұлттық Банкімен келісу бойынша Агенттіктің бухгалтерлік есепті жүргізу тәртібін, шоттардың үлгілік жоспарын және қаржылық есептілік нысандарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-2) Қазақстан Республикасының Ұлттық Банкімен келісу бойынша қызметтік іссапарларға, оның ішінде шет мемлекеттерге іссапарларға шығыстарды өтеу тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z381" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) сыбайлас жемқорлыққа қарсы іс-қимыл жөнінде шаралар қабылдайды және осы міндетті орындамағаны немесе тиісінше орындамағаны үшін заңда белгіленген жауаптылықта болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z382" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Агенттік қызметкерлерін жұмысқа қабылдаған және лауазымын өсірген кезде гендерлік баланстың сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Агенттік Төрағасы болмаған кезеңде оның өкілеттіктерін Қазақстан Республикасының қолданыстағы заңнамасына сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармаққа өзгеріс енгізілді - ҚР Президентінің 12.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 296</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 29.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 606</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Жарлықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z383" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Агенттік Төрағасы өз орынбасарларының және Агенттік Аппараты басшысының өкілеттіктерін Қазақстан Республикасының қолданыстағы заңнамасына сәйкес белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z384" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Агенттік Аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын Агенттік Аппаратының басшысы басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z385" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Басқарма Агенттіктің жоғары алқалы органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z386" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Агенттік Басқармасының өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z387" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қаржы нарығын қалыптастыру және дамыту саласындағы басымдықтарды айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z388" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Заңға, Қазақстан Республикасының өзге де заңдарына және Қазақстан Республикасы Президентінің актілеріне сәйкес қаржы нарығы мен қаржы ұйымдарының, сондай-ақ өзге де тұлғалардың қызметін реттейтін, қаржы ұйымдарының, Қазақстан Республикасының бейрезидент-банктері филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру брокерлері филиалдарының, қаржылық көрсетілетін қызметтерді тұтынушылардың, Қазақстан Республикасының аумағындағы басқа да жеке және заңды тұлғалардың орындауы үшін міндетті нормативтік құқықтық актілерді бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z389" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мыналарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктерді, Қазақстан Республикасы бейрезидент-банктерінің филиалдарын, Қазақстан Республикасы бейрезидент-сақтандыру (қайта сақтандыру) ұйымдарының филиалдарын, Қазақстан Республикасы бейрезидент-сақтандыру брокерлерінің филиалдарын ашуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сақтандыру (қайта сақтандыру) ұйымдарын құруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктердің және (немесе) банк холдингтерінің еншілес ұйымды құруына және сатып алуына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктердің бас банктің күмәнді және үмітсіз активтерін сатып алатын еншілес ұйымды құруына немесе сатып алуына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұйымдардың капиталына банктің және (немесе) банк холдингінің қомақты қатысуына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сақтандыру (қайта сақтандыру) ұйымдарының және сақтандыру холдингтерінің еншілес ұйымды құруына немесе сатып алуына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұйымдардың капиталына сақтандыру (қайта сақтандыру) ұйымының және (немесе) сақтандыру холдингінің қомақты қатысуына рұқсат беру (рұқсат беруден бас тарту) не рұқсатты кері қайтарып алу туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z390" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мыналарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктерді (банк холдингтерін) ерікті түрде қайта ұйымдастыруға (біріктіруге, қосуға, бөлуге, бөлініп шығуға, қайта құруға, айналдыруға) немесе банктерді ерікті түрде таратуға, Қазақстан Республикасының бейрезидент-банктері филиалдарының қызметін ерікті түрде тоқтатуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сақтандыру (қайта сақтандыру) ұйымдарын (сақтандыру холдингтерін) ерікті түрде қайта ұйымдастыруға (біріктіруге, қосуға, бөлуге, бөлініп шығуға, қайта құруға) немесе сақтандыру (қайта сақтандыру) ұйымдарын ерікті түрде таратуға, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының қызметін ерікті түрде тоқтатуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ерікті жинақтаушы зейнетақы қорын ерікті түрде қайта ұйымдастыруға немесе ерікті түрде таратуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исламдық арнайы қаржы компаниясын ерікті түрде қайта ұйымдастыруға немесе таратуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      микроқаржы ұйымын банкке айналдыру нысанында ерікті түрде қайта ұйымдастыруға рұқсат беру (рұқсат беруден бас тарту) туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z391" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мыналарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктің ірі қатысушысы немесе банк холдингі мәртебесін иеленуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысы немесе сақтандыру холдингі мәртебесін иеленуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инвестициялық портфельді басқарушының ірі қатысушысы мәртебесін иеленуге келісім беру (келісім беруден бас тарту) және келісімді кері қайтарып алу туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z392" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мыналарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктік, сондай-ақ "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасының Заңында белгіленген өзге де операцияларды жүргізуге (қызметін Қазақстан Республикасы Ұлттық Банкiнің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғаларға және банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғаларға берілген лицензиялардың және (немесе) оларға қосымшалардың қолданылуын тоқтата тұру, қолданылуын қайта бастау не олардан айыру туралы шешімдерді қоспағанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сақтандыру нарығында сақтандыру (қайта сақтандыру) қызметін және сақтандыру брокерінің қызметін, актуарлық қызметті жүзеге асыру құқығына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ерікті жинақтаушы зейнетақы қорларының ерікті зейнетақы жарналарын тарту құқығымен инвестициялық портфельді басқару жөніндегі қызметін жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағалы қағаздар нарығында қызметті жүзеге асыруға лицензияның қолданылуын тоқтата тұру, қолданылуын қайта бастау не лицензиядан айыру туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z393" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының Ұлттық Банкімен бірлесіп, қаржылық қызметтерді тұтынушылардың мүдделерін қорғауға бағытталған бағдарламаларды бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z394" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Агенттіктің халықаралық және өзге де ұйымдарға қатысуы туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z395" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) уәкілетті органның консультативтік-кеңесші органдарын құру туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z396" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) банкті, Қазақстан Республикасы бейрезидент-банкінің филиалын төлем жасауға қабілетсіз банктер, Қазақстан Республикасы бейрезидент-банкінің филиалын төлем жасауға қабілетсіз Қазақстан Республикасының бейрезидент-банктері филиалдарының санатына жатқызу туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z397" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) банкті, Қазақстан Республикасы бейрезидент-банкінің филиалын төлем жасауға қабілетсіз банктер, Қазақстан Республикасы бейрезидент-банктерінің филиалын төлем жасауға қабілетсіз Қазақстан Республикасының бейрезидент-банктері филиалдарының санатынан шығару туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z398" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) банкті, Қазақстан Республикасының бейрезидент-банкінің филиалын оның депозиторлары мен кредиторларының мүдделеріне қатер төндіретін және (немесе) қаржы жүйесінің тұрақтылығына қатер төндіретін қаржылық жағдайы орнықсыз банктер, Қазақстан Республикасының бейрезидент-банктерінің филиалдары санатына жатқызу туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z399" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) банкті, Қазақстан Республикасының бейрезидент-банкінің филиалын оның депозиторлары мен кредиторларының мүдделеріне қатер төндіретін және (немесе) қаржы жүйесінің тұрақтылығына қатер төндіретін қаржылық жағдайы орнықсыз банктер, Қазақстан Республикасының бейрезидент-банктерінің филиалдары санатынан алып тастау туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z400" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) банк холдингін консервациялау жүргізу туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z401" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) банкті консервациялау режимін енгізу, банк депозиторлары мен кредиторларының талаптарын қанағаттандыруға мораторий енгізу, төлем жасауға қабілетсіз банкті, Қазақстан Республикасы бейрезидент-банкінің филиалын реттеу жөніндегі шараларды қолдану туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z402" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) реттеудің айырықша режимін енгізу туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17) алып тасталды – ҚР Президентінің 09.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 972</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен (12.09.2022 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z404" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) мына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктің ірі қатысушысына, банк холдингіне не банктің, банк холдингінің ірі қатысушысының белгілері бар тұлғаға тиесілі банктің акцияларын сенімгерлік басқаруды құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сақтандыру (қайта сақтандыру) ұйымының ірі қатысушысына, сақтандыру холдингіне не сақтандыру (қайта сақтандыру) ұйымы ірі қатысушысының, сақтандыру холдингінің белгілері бар тұлғаға тиесілі сақтандыру (қайта сақтандыру) ұйымының акцияларын сенімгерлік басқаруды құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инвестициялық портфельді басқарушының ірі қатысушысына не ірі қатысушысы белгілері бар тұлғаға тиесілі инвестициялық портфельді басқарушының акцияларын сенімгерлік басқаруды құру мәселесі туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) тұрақтандыру банкін құру және оның қызметін тоқтату туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) егер қолданылған шаралар банктің қаржылық жай-күйін жақсартуға әкелмеген жағдайда, банк кредиторларының мүдделерін қорғау және Қазақстан Республикасы банк жүйесінің орнықтылығын қамтамасыз ету мақсатында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Үкіметіне Қазақстан Республикасының заңнамалық актілерінде көзделген тәртіппен, банктің қаржылық жай-күйін жақсарту және банктің пруденциялық нормативтерді және (немесе) сақталуға міндетті өзге де нормалар мен лимиттерді орындауы үшін қажетті мөлшерде жариялаған акцияларын Қазақстан Республикасы Үкіметінің не ұлттық басқарушы холдингтің сатып алу мүмкіндігін қарастыруды ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банкте капиталдың теріс мөлшері болған кезде банктің қаржылық жай-күйін қажетінше жақсартуға кепілдік беретін жаңа инвесторға сатып алу бағасы бойынша міндетті түрде кейіннен дереу өткізу талабымен банктің акцияларын мәжбүрлеп сатып алуды жүзеге асыру туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z405" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) қаржы нарығының активтерін бағалы қағаздар ретінде тану туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z442" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-1) әрекеттерді бағалы қағаздар нарығында айла-шарғы жасау мақсатында жасалған деп тану мәселелерін қарау жөніндегі сараптама комитеті туралы ережені бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z406" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) кредиттік бюро қызметін жүзеге асыру құқығына рұқсат және кредиттік тарихтардың дерекқорын, пайдаланылатын ақпараттық жүйелерді қорғау және олардың сақталуын қамтамасыз ету жөніндегі кредиттік бюроға және үй-жайларға қойылатын талаптарға кредиттік бюроның сәйкестігі туралы акт беру туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z407" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) кредиттік бюро қызметін жүзеге асыру құқығына рұқсаттың және кредиттік тарихтардың дерекқорын, пайдаланылатын ақпараттық жүйелерді қорғау және олардың сақталуын қамтамасыз ету жөніндегі кредиттік бюроға және үй-жайларға қойылатын талаптарға кредиттік бюроның сәйкестігі туралы актінің қолданылуын тоқтата тұру, қолданылуын қайта бастау туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z408" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) Қазақстан Республикасының заңдарында белгіленген жағдайларда Қазақстан Республикасы бейрезидент-банкі филиалының қызметін ерікті түрде немесе мәжбүрлеп тоқтату туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z409" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) қаржы жүйесінің тұрақтылығын қамтамасыз етумен байланысты қызметтерді Агенттіктің сатып алу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z410" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) Агенттіктің регламентін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z411" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) Басқарманың регламентін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z467" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27-1) ішкі аудит бөлімшесі туралы ережені бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z412" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) Қазақстан Республикасының Президентімен келісу бойынша Агенттік қызметкерлеріне еңбекақы төлеу жүйесін, сондай-ақ Агенттік қызметкерлеріне еңбекақы төлеу және әлеуметтік-тұрмыстық қамтамасыз ету шарттарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z413" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) Қазақстан Республикасы Президентінің келісімі бойынша белгіленген, Агенттік Төрағасы мен оның орынбасарларының лауазымдық жалақыларының мөлшерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z414" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) Агенттік қызметшілерін лауазымға тағайындау және олармен жасалған еңбек шарттарын тоқтату қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z415" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) уәкілетті органның құрылымын, жалпы штат санын және уәкілетті орган туралы Ережені, сондай-ақ оларға өзгерістер мен толықтыруларды қарайды, мақұлдайды және Қазақстан Республикасының Президентіне бекітуге ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z416" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) уәкілетті органның жұмысы туралы жылдық есепті қарайды, қабылдайды және Қазақстан Республикасы Президентінің бекітуіне ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1) Агенттіктің ішкі аудитінің стандарттарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-2) аудиторлық тексерулердің орта мерзімді жоспарын және ішкі аудит бөлімшесінің жылдық есебін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z417" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) Агенттік Басқармасының құзыретіне жатқызылған, Заңда, Қазақстан Республикасының өзге де заңдарында және Қазақстан Республикасы Президентінің актілерінде көзделген өзге де функцияларды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Агенттік Басқармасы Заңда, Қазақстан Республикасының өзге заңдарында және осы Ережеде айқындалған, Агенттіктің құзыретіне кіретін кез келген мәселені қарауға және ол бойынша шешім қабылдауға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармаққа өзгеріс енгізілді – ҚР Президентінің 09.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 972</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (12.09.2022 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 29.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 606</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1007</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Жарлықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z358" w:id="333"/>
+    <w:bookmarkStart w:name="z418" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Агенттіктің бірінші басшысының, алқалы органдардың мәртебесі, өкілеттіктері</w:t>
-[...62 lines deleted...]
-    <w:bookmarkEnd w:id="336"/>
+        <w:t xml:space="preserve"> 4-тарау. Агенттіктің мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z419" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Агенттіктің Қазақстан Республикасының заңнамасында көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкінің болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Агенттік мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z420" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Агенттікке бекітілген мүлік республикалық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z421" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Агенттік Қазақстан Республикасының атынан Агенттіктің құқықтық актілерінде айқындалатын тәртіппен өзіне бекітілген, өз балансында тұрған мүлікті иелену, пайдалану және оған билік ету құқығын дербес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда – ҚР Президентінің 26.08.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 631</w:t>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда – ҚР Президентінің 29.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 606</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z362" w:id="337"/>
-[...490 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z422" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...1537 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Агенттіктің мүлкі</w:t>
-[...156 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Агенттікті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z423" w:id="399"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z423" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Агенттікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkEnd w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -15022,68 +14580,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 203 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="400"/>
+    <w:bookmarkStart w:name="z48" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің ҚҰРЫЛЫМЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkEnd w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Құрылым жаңа редакцияда - ҚР Президентінің 12.08.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15249,160 +14807,160 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 203 Жарлығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ҚОСЫМША</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="401"/>
+    <w:bookmarkStart w:name="z50" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Президентінің кейбір жарлықтарына енгізілетін</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ӨЗГЕРІСТЕР МЕН ТОЛЫҚТЫРУЛАР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z51" w:id="402"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z51" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Күші жойылды – ҚР Президентінің 31.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 290</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z60" w:id="403"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z60" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2004 ж., № 50, 640-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkEnd w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15415,110 +14973,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="404"/>
+    <w:bookmarkStart w:name="z62" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Қазақстан Республикасы Ұлттық Банкінің орталық аппаратын, оның филиалдарын және өкілдіктерін қоса алғанда жалпы штат саны 2078 адам болып бекітілсін.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z63" w:id="405"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z63" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлықпен бекітілген Қазақстан Республикасының Ұлттық Банкi туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkEnd w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15531,70 +15089,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="406"/>
+    <w:bookmarkStart w:name="z65" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Қазақстан Республикасы Ұлттық Банкі (бұдан әрі – Қазақстан Ұлттық Банкі) Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін, мемлекеттің ақша-кредит саясатын әзірлеуді және жүргізуді, төлем жүйелерінің жұмыс істеуін қамтамасыз ететін, қаржы жүйесінің тұрақтылығын қамтамасыз етуге жәрдемдесетін, валюталық реттеу мен валюталық бақылауды, статистикалық қызметті жүзеге асыратын, сондай-ақ өз құзыреті шегінде қаржы нарығын, қаржы ұйымдарын және өзге де тұлғаларды және Қазақстан Республикасының қаржылық заңнамасы саласындағы мемлекеттік реттеуді, бақылау мен қадағалауды жүзеге асыратын мемлекеттік орган болып табылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkEnd w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15607,70 +15165,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="407"/>
+    <w:bookmarkStart w:name="z67" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Ұлттық Банкі Қазақстан Республикасының Ұлттық қорын, өзге қорлар мен ұйымдардың активтерін басқару бойынша көрсетілетін қызметтерді қоспағанда, Қазақстан Республикасының Үкіметіне және бюджеттің атқарылуы жөніндегі орталық уәкілетті органға көрсетілетін банктік және өзге де қызметтер үшін ақы алмайды.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkEnd w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15723,70 +15281,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="408"/>
+    <w:bookmarkStart w:name="z69" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "15. Міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkEnd w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттің ақша-кредит саясатын әзірлеу және жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15851,70 +15409,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ақша-кредит статистикасы, қаржы нарығы статистикасы және сыртқы сектор статистикасы саласында статистикалық қызметті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңдарына және Қазақстан Республикасы Президентінің актілеріне сәйкес өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="409"/>
+    <w:bookmarkStart w:name="z70" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkEnd w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17085,70 +16643,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       55) Ұлттық Банк туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, Қазақстан Республикасының өзге де заңдарында және Қазақстан Республикасы Президентінің актілерінде көзделген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="410"/>
+    <w:bookmarkStart w:name="z71" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қазақстан Ұлттық Банкінің құқықтары мен міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkEnd w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкі өзіне жүктелген міндеттерді іске асыру және өз функцияларын жүзеге асыру кезінде Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17321,90 +16879,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Ұлттық Банкі орталық аппаратының бөлімшелеріне, филиалдарына, өкілдіктеріне және ұйымдарына, сондай-ақ Қазақстан Ұлттық Банкі жалғыз акционері болып табылатын акционерлік қоғамдарға ішкі аудитті және қызметін тексеруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Ұлттық Банк туралы заңда, Қазақстан Республикасының басқа да заңдарында және Қазақстан Республикасы Президентінің актілерінде көзделген өзге де міндеттер.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="411"/>
+    <w:bookmarkStart w:name="z72" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkEnd w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17417,70 +16975,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="412"/>
+    <w:bookmarkStart w:name="z74" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "23. Басқарма мен Директорлар кеңесі (Директорат) Қазақстан Ұлттық Банкінің органдары болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkEnd w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма Қазақстан Ұлттық Банкінің жоғары органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17955,110 +17513,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12) тармақшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="413"/>
+    <w:bookmarkStart w:name="z78" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       алтыншы абзац алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z79" w:id="414"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z79" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       он екінші абзацта "бекітеді" деген сөз алып тасталып, мынадай мазмұндағы он үшінші абзацпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z80" w:id="415"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z80" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "соңғы сатыдағы қарыз бойынша міндеттемелердің орындалуын қамтамасыз ету мақсатында кепілге берілетін активтердің құнына дисконт мөлшерлерін бекітеді.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkEnd w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18071,410 +17629,410 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="416"/>
+    <w:bookmarkStart w:name="z82" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Президентінің Әкімшілігі туралы ережені бекіту туралы" Қазақстан Республикасы Президентінің 2008 жылғы 11 наурыздағы № 552 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2008 ж., № 12-13, 116-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z83" w:id="417"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z83" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлықпен бекітілген Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z84" w:id="418"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z84" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Ұлттық Банкі" деген жолдан кейін мынадай мазмұндағы жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z85" w:id="419"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z85" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z86" w:id="420"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z86" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Орталық мемлекеттік органдар мен облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары қызметінің тиімділігін жыл сайынғы бағалау жүйесі туралы" Қазақстан Республикасы Президентінің 2010 жылғы 19 наурыздағы № 954 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 24, 173-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z87" w:id="421"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z87" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z88" w:id="422"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z88" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қызметінің тиімділігіне бағалау жүргізілетін орталық мемлекеттік органдардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z89" w:id="423"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z89" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Мемлекеттік органдардың ұйымдастырушылық дамуы" блогын қоспағанда, Қазақстан Республикасының Ұлттық Банкі" деген жолдан кейін мынадай мазмұндағы жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z90" w:id="424"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z90" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Мемлекеттік органдардың ұйымдастырушылық дамуы" блогын қоспағанда, Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігі".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z91" w:id="425"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z91" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Азаматтардың "А" корпусының мемлекеттік әкімшілік қызметіне кіруінің кейбір мәселелері туралы" Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 151 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 70-71, 521-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z92" w:id="426"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z92" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлықпен бекітілген "А" корпусының мемлекеттік әкімшілік лауазымдарына қойылатын арнайы біліктілік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>талаптарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkEnd w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18487,150 +18045,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3) тармақшасы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="427"/>
+    <w:bookmarkStart w:name="z94" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3) не кемінде бес жыл жұмыс өтілі, оның ішінде ұлттық басқарушы холдингтерде, ұлттық холдингтерде, ұлттық компанияларда, ұлттық даму институттарында, Қазақстан Республикасы Ұлттық Банкінде, Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінде департамент басшыларынан төмен емес лауазымдарда, не жылдық орташа штат саны кемінде елу адам болатын республикалық ұйымдардың немесе ірі кәсіпкерлік субъектілері болып табылатын заңды тұлғалардың** басшыларынан төмен емес лауазымдарда кемінде төрт жыл жұмыс өтілі талап етіледі.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z95" w:id="428"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z95" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Мемлекеттік қызметшілердің және Қазақстан Республикасының Парламенті депутаттарының ант беру қағидаларын бекіту туралы" Қазақстан Республикасы Президентінің 2017 жылғы 16 тамыздағы № 532 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2017 ж., № 34-35, 248-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z96" w:id="429"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z96" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жоғарыда аталған Жарлықпен бекітілген Мемлекеттік қызметшілердің және Қазақстан Республикасының Парламенті депутаттарының ант беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkEnd w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18643,70 +18201,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="430"/>
+    <w:bookmarkStart w:name="z98" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. Егер Қазақстан Республикасының Президенті өзгеше белгілемесе, осы тармақта көзделген жағдайларды қоспағанда, ант қабылдаған мемлекеттік саяси қызметші оны тиісті мемлекеттік органның ұжымына лауазымды адам таныстырған кезде ант береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkEnd w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Премьер-Министрінің, Қазақстан Республикасы Мемлекеттік хатшысының, Қазақстан Республикасының Президенті Әкімшілігі Басшысының, Қазақстан Республикасы Конституциялық Кеңесі, Қазақстан Республикасы Ұлттық Банкі, Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігі, Қазақстан Республикасы Орталық сайлау комиссиясы төрағаларының, Қазақстан Республикасы Бас Прокурорының, Қазақстан Республикасы Ұлттық қауіпсіздік комитеті, Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті төрағаларының, Қазақстан Республикасы Сыртқы істер, Қазақстан Республикасы Қорғаныс, Қазақстан Республикасы Ішкі істер министрлерінің антын Қазақстан Республикасының Президенті өзі қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18784,55 +18342,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>