--- v0 (2025-10-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="442082f" w14:textId="442082f">
+    <w:p w14:paraId="9a6de35" w14:textId="9a6de35">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2644,51 +2644,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының тиісті заңнамалық актілеріне өзгерістер мен толықтырулар енгізуді көздейтін Қазақстан Республикасының заңдары қолданысқа енгізілген күннен бастап қолданысқа енгізілетін Агенттіктің атом энергиясын пайдалану саласындағы мемлекеттік саясатты қалыптастыру және уранды барлау жөніндегі операцияларды реттеу бойынша мемлекеттік саясатты іске асыру бойынша функцияларды жүзеге асыруы жөніндегі нормалар мен ережелерді қоспағанда, қол қойылған күнінен бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Жарлықтарымен.</w:t>
+        <w:t xml:space="preserve">); 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Премьер-Министрі, төраға</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2716,50 +2736,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Экология жəне табиғи ресурстар вице-министрі, хатшы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Қазақстан Республикасы Президентінің Әкімшілігі Басшысының орынбасары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Қазақстан Республикасы Атом энергиясы жөніндегі агенттігінің төрағасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Ауыл шаруашылығы министрі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2933,68 +2971,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Ұлттық экономика министрі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Энергетика министрі</w:t>
-      </w:r>
-[...16 lines deleted...]
-      Қазақстан Республикасы Президентінің әлеуметтік-экономикалық мәселелерге жетекшілік ететін кеңесшісі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "QazExpoCongress" ұлттық компаниясы" акционерлік қоғамының басқарма төрағасы (келісім бойынша)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>