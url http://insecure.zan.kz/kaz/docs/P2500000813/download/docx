--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c28190a" w14:textId="c28190a">
+    <w:p w14:paraId="78e4136" w14:textId="78e4136">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бес және одан да көп адам қаза тапқан қауіпті өндірістік объектідегі еңбек қызметіне және аварияға байланысты емес жазатайым оқиғаларды тергеп-тексеру жөнінде үкіметтік комиссия құру қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 1 қазандағы № 813 қаулысы</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2025 жылғы 1 қазандағы № 813 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Азаматтық қорғау туралы" Қазақстан Республикасының Заңының 11-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -630,194 +630,354 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Үкіметтік комиссия құру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Жазатайым оқиға болған тиісті саладағы мемлекеттік саясатты қалыптастыруға және іске асыруға жауапты мемлекеттік орган (бұдан әрі –мемлекеттік орган) жазатайым оқиға болған сәттен бастап бір тәулік ішінде Қазақстан Республикасының Президентіне немесе Премьер-Министріне үкіметтік комиссия құру туралы ұсыныспен орын алған жазатайым оқиға туралы жазбаша нысанда хабар береді.</w:t>
+      3. Жазатайым оқиға болған тиісті салада мемлекеттік саясатты қалыптастыруға және іске асыруға жауапты мемлекеттік орган (бұдан әрі –мемлекеттік орган) жазатайым оқиға болған сәттен бастап бір тәулік ішінде Қазақстан Республикасының Президентін немесе Премьер-Министрін болған жазатайым оқиға туралы жазбаша түрде хабардар етіп, үкіметтік комиссия құрудың орындылығы туралы ұсыныс береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабардар ету жазатайым оқиғаның әлеуметтік және (немесе) қоғамдық-саяси ахуалға әсерін тигізуі ықтимал болған және (немесе) орталық және жергілікті атқарушы органдардың ведомствоаралық өзара іс-қимылын үйлестіру қажет болған жағдайларда, сондай-ақ үшінші тұлғалардың құқыққа қайшы әрекеттері болмаған кезде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үкіметтік комиссия құру қажет болмаған жағдайда жазатайым оқиғаның себептерін анықтау жөнінде мемлекеттік органдар өздері шара қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Үкіметінің 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 985</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Президентінің немесе Премьер-Министрінің тапсырмасы негізінде мемлекеттік орган үкіметтік комиссия құру туралы Қазақстан Республикасының Премьер-Министрі өкімінің жобасын әзірлейді және Қазақстан Республикасы Үкіметінің Аппаратына бекітуге енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Үкіметтік комиссия құрамы: төраға, төрағаның орынбасары және комиссия мүшелерінен тұрады.</w:t>
+      5. Үкіметтік комиссия төрағадан, төрағаның орынбасарынан және үкіметтік комиссия мүшелерінен құрылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үкіметтік комиссия құрамына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      1) төраға ретінде Қазақстан Республикасының Премьер-Министрі немесе Қазақстан Республикасы Премьер-Министрінің осы салаға жетекшілік ететін орынбасары;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) төраға ретінде Қазақстан Республикасының Премьер-Министрі не Қазақстан Республикасы Премьер-Министрінің орынбасары немесе мемлекеттік органның бірінші басшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      2) төрағаның орынбасары ретінде мемлекеттік органның бірінші басшысы;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) төрағаның орынбасары ретінде Қазақстан Республикасы Премьер-Министрінің орынбасары не мемлекеттік органның бірінші басшысы немесе мүдделі мемлекеттік органдардың бірінің бірінші басшысының орынбасары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...15 lines deleted...]
-      3) комиссия мүшелері ретінде мүдделі мемлекеттік органдардың басшыларының бірінші орынбасарлары;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) үкіметтік комиссияның мүшелері ретінде мүдделі мемлекеттік органдардың бірінші басшыларының орынбасарлары, облыстардың, республикалық маңызы бар қалалардың және астананың әкімдері немесе әкімдерінің орынбасарлары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      4) комиссия мүшелері ретінде облыстардың, республикалық маңызы бар қалалардың және астананың әкімдері немесе әкімдердің орынбасарлары кіреді.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) үкіметтік комиссияның мүшелері ретінде өзге де лауазымды тұлғалар кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Үкіметінің 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 985</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Үкіметтік комиссияның шешімі хаттамамен ресімделеді, оған төраға, төрағаның орынбасары және комиссия мүшелері қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>