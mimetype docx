--- v0 (2025-12-30)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e756233" w14:textId="e756233">
+    <w:p w14:paraId="128cb16" w14:textId="128cb16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -216,51 +216,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Үкіметінің 17.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 236</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -318,51 +318,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Үкіметінің 23.07.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 511</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -913,51 +913,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Үкіметінің 28.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1082</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1085,105 +1085,105 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5) алып тасталды - ҚР Үкіметінің 28.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1082</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1082</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">6) алып тасталды - ҚР Үкіметінің 28.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1082</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1361,51 +1361,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 28.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1082</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1493,197 +1493,197 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2) алып тасталды - ҚР Үкіметінің 28.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1082</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) алып тасталды - ҚР Үкіметінің 28.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 1082</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) консультативтік құжатты жария талқылау, Заң жобалау қызметі мәселелері жөніндегі ведомствоаралық комиссия (бұдан әрі – Комиссия) мүшелерінің ұстанымдарын, оның ішінде Қазақстан Республикасы Әділет министрлігінің (бұдан әрі – Әділет министрлігі) қорытындысын, қоғамдық кеңестердің, кәсіпкерлік мәселелері жөніндегі сараптамалық кеңестердің (бұдан әрі – сараптамалық кеңестер), Қазақстан Республикасының ұлттық кәсіпкерлер палатасының (бұдан әрі – ҰКП) қорытындыларын алу үшін ашық НҚА интернет-порталында осы Қағидаларда айқындалған тәртіппен орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3) алып тасталды - ҚР Үкіметінің 28.12.2022 </w:t>
-[...90 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">5) алып тасталды - ҚР Үкіметінің 04.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 822</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1923,105 +1923,105 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">14) алып тасталды - ҚР Үкіметінің 28.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1082</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1082</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">15) алып тасталды - ҚР Үкіметінің 04.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 822</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2219,193 +2219,193 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 28.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1082</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1082</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.03.2023 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 822</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 236</w:t>
+        <w:t xml:space="preserve">; 26.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.10.2024 </w:t>
+        <w:t xml:space="preserve"> қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z143" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Консультативтік құжатты, сондай-ақ заң жобасы бойынша және қабылданған заң бойынша ақпараттық сүйемелдеу және түсіндіру бағдарламасын әзірлеу жөніндегі талаптар республикалық бюджет, Қазақстан Республикасының Ұлттық қорынан кепілдендірілген трансферт, республикалық және облыстық бюджеттер, республикалық маңызы бар қалалар, астана бюджеттері арасындағы жалпы сипаттағы трансферттердің көлемі туралы заңдардың жобаларына және оларға өзгерістер мен толықтырулар енгізу туралы заңдардың жобаларына қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 822</w:t>
-[...90 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Үкіметінің 28.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1082</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8086,51 +8086,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) заң жобасы реттейтін құқықтық қатынастарға қарай ғылыми (құқықтық, экономикалық, сыбайлас жемқорлыққа қарсы және басқа да) сараптамалардың нәтижелері бойынша қорытындылар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ғылыми сараптаманың қорытындысымен келіспеген жағдайда заң жобасын әзірлеуші тиісті қорытындымен келіспеу себептерінің сараптама, уәкілетті ұйымдарға жіберілген жазбаша дәлелді негіздемелерін қоса беруге тиіс;</w:t>
+      Ғылыми сараптаманың қорытындысымен келіспеген жағдайда заң жобасын әзірлеуші тиісті қорытындымен бірге келіспеу себептерінің уәкілетті ұйымдарға жіберілген жазбаша дәлелді негіздемелерін қоса береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z312" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) консультативтік құжат және заң жобасы бойынша ЗҚАИ қорытындылары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:bookmarkStart w:name="z313" w:id="129"/>
     <w:p>
       <w:pPr>
@@ -8294,51 +8294,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 51-тармақ жаңа редакцияда - ҚР Үкіметінің 28.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1082</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z246" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22394,117 +22414,153 @@
               </w:rPr>
               <w:t>жұмысының қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z294" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "________________________________________________"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "_______________________" заң жобасын жария талқылау қорытындылары бойынша есеп</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="189"/>
+        <w:t xml:space="preserve"> заң жобасын жария талқылау қорытындылары бойынша есеп</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 8-қосымша жаңа редакцияда - ҚР Үкіметінің 04.10.2024 </w:t>
+      Ескерту. 8-қосымша жаңа редакцияда - ҚР Үкіметінің 19.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 822</w:t>
+        <w:t>№ 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Заң жобасы ашық нормативтік құқықтық актілердің интернет-порталында жарияланған күн _______</w:t>
+        <w:t xml:space="preserve">
+      Заң жобасы ашық нормативтік құқықтық актілердің интернет-порталында </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жарияланған күн _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Барлық түскен ескертулер мен ұсыныстар _____</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -22532,71 +22588,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қабылданған жоқ (қабылданбау негіздері) _____</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жария талқылау өткізілген күні (-дері) (өткізілсе) ______</w:t>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="190"/>
+      Жария талқылау өткізілген күн (-дер) (өткізілсе) ______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келіп түскен ұсыныстар мен ескертулер кестесі</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -22628,52 +22684,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-№</w:t>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22737,51 +22792,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МО ұстанымы</w:t>
+Мемлекеттік органның ұстанымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23617,51 +23672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Қоғамдық кеңес мүшелерінен түскен</w:t>
+2. Қоғамдық кеңестің мүшелерінен түскен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23997,51 +24052,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Сараптамалық кеңесінің мүшелерінен түскен</w:t>
+3. Сараптамалық кеңестің мүшелерінен түскен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24377,51 +24432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. ҰКП-дан түскен</w:t>
+4. Қазақстан Республикасының Ұлттық кәсіпкерлер палатасынан түскен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25855,51 +25910,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7. Уәкілетті ғылыми құқықтық сараптаманың ұйымынан түскен</w:t>
+7.  Ғылыми құқықтық сараптама жүргізуді қамтамасыз ететін ұйымнан түскен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26404,51 +26459,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8. Сыбайлас жемқорлыққа қарсы ғылыми сараптама үйлестірушісінен түскен</w:t>
+8. Сыбайлас жемқорлыққа қарсы ғылыми сараптама жүргізуді қамтамасыз ететін ұйымнан түскен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26953,51 +27008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9. Уәкілетті ғылыми-экономикалық сараптама ұйымынан түскен</w:t>
+9. Ғылыми экономикалық сараптама жүргізуді қамтамасыз ететін уәкілетті ұйымнан түскен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27499,69 +27554,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте әзірлеуші органның есепте жария талқылау шеңберінде жүргізілген басқа да жұмыстарға сипаттама беруіне болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * Есептің 1.1, 2-9-бөлімдері ашық нормативтік құқықтық актілердің интернет-порталында автоматты түрде қалыптастырылады.</w:t>
-[...17 lines deleted...]
-      1.2-бөлімді әзірлеуші қалыптастырып, осы есепке қосады.</w:t>
+      *Есептің 1.1, 2-9-бөлімдерін қалыптастыру ашық нормативтік құқықтық актілердің интернет-порталында автоматты түрде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.2-бөлімді әзірлеуші орган қалыптастырып, осы есепке қосады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -27642,68 +27697,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жұмысының қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z296" w:id="191"/>
+    <w:bookmarkStart w:name="z296" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қабылданған заңды ақпараттық сүйемелдеудің үлгі бағдарламасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 9-тармақ жаңа редакцияда - ҚР Үкіметінің 26.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29762,70 +29817,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z344" w:id="192"/>
+    <w:bookmarkStart w:name="z344" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: аббревиатуралардың толық жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БАҚ – бұқаралық ақпарат құралдары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29971,722 +30026,722 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 907 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="193"/>
+    <w:bookmarkStart w:name="z84" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z85" w:id="194"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z85" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының уәкілетті органдарында заң жобалау жұмыстарын ұйымдастыру ережесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2003 жылғы 21 тамыздағы № 840 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2003 ж., № 34, 344-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z86" w:id="195"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z86" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2006 жылғы 14 ақпандағы № 99 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2006 ж., № 5, 99-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z87" w:id="196"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z87" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2007 жылғы 20 наурыздағы № 217 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2007 ж., № 9, 105-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z88" w:id="197"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z88" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 4 маусымдағы № 822 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2009 ж., № 29, 255-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z89" w:id="198"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z89" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 25 желтоқсандағы № 2206 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж, № 2, 16-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z90" w:id="199"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z90" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу және кейбір шешімдерінің күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 23 маусымдағы № 632 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 39, 347-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z91" w:id="200"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z91" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 5 сәуірдегі № 359 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 29, 364-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z92" w:id="201"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z92" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 27 мамырдағы № 590 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 40, 506-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z93" w:id="202"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z93" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу және кейбір шешімдерінің күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 16 қыркүйектегі № 1067 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 54, 767-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z94" w:id="203"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z94" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Yкiметiнiң Регламентi туралы" 2002 жылғы 10 желтоқсандағы № 1300 және "Қазақстан Республикасының уәкілетті органдарында заң жобалау жұмыстарын ұйымдастыру ережесін бекіту туралы" 2003 жылғы 21 тамыздағы № 840 қаулыларына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 5 наурыздағы № 213 қаулысының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 19, 326-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z95" w:id="204"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z95" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 29 мамырдағы № 541 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 35, 521-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z96" w:id="205"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z96" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 31 желтоқсандағы № 1524 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 78, 1037-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z97" w:id="206"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z97" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және "Заң шығару қызметін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Премьер-Министрінің 2009 жылғы 2 ақпандағы № 15-ө өкіміне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 30 желтоқсандағы № 1401 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және "Заң шығару қызметін одан әрі жетілдіру жөніндегі шаралар туралы" Қазақстан Республикасы Премьер-Министрінің 2009 жылғы 2 ақпандағы № 15-ө өкіміне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 83-84, 722-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z98" w:id="207"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z98" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 24 сәуірдегі № 288 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 24-25, 149-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z99" w:id="208"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z99" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. "Қазақстан Республикасы Yкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 28 желтоқсандағы № 1088 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 72-73-74, 545-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -31012,31 +31067,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>