--- v0 (2025-10-15)
+++ v1 (2025-12-22)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fd811ac" w14:textId="fd811ac">
+    <w:p w14:paraId="6f88758" w14:textId="6f88758">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Халықаралық мектеп мәртебесін беру қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Үкіметінің 2012 жылғы 6 ақпандағы № 207 Қаулысы. Күші жойылды - Қазақстан Республикасы Үкіметінің 2025 жылғы 3 желтоқсандағы № 1040 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Үкіметінің 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1040</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Білім туралы" Қазақстан Республикасының 2007 жылғы 27 шілдедегі Заңының 65-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -957,195 +1035,190 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  2. Халықаралық білім беру ұйымы мәртебесін беру</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Халықаралық мектеп мәртебесін алуға ниет білдірген білім беру ұйымы білім саласындағы Уәкілетті органға (бұдан әрі - Уәкілетті орган) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген өлшемдерге сәйкес материалдар мен құжаттарды және мыналарды қамтитын жазбаша өтінімді ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құрылтайшылар туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) білім беру ұйымының атауы, орналасқан жері (заңды, нақты мекенжайлары, байланыс телефондары);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) білім беру ұйымының білім беру жетістіктерінің қысқаша түйіндемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жалпы білім беретін оқу бағдарламаларының мазмұны (бағдарламаның негізгі мақсаттары, негізгі теориялық-әдіснамалық ережелері, оқушылардың білім сапасын бақылау, мониторингтеу және қамтамасыз ету құралдары, білім беру ұйымының бағдарламасын қамтамасыз ететін оқу-әдістемелік әзірлемелердің тізбесі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оқу-тәрбие процесін кадрлық, экономикалық, материалдық-техникалық және ғылыми қамтамасыз ету бойынша мәліметтер; қаржыландыру көздері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1164,324 +1237,346 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        5. Өтінім білдірілген мәртебеге сәйкестігін қарау мақсатында білім беру ұйымдары берген өтінімдерді қарау жөніндегі комиссия (бұдан әрі – Комиссия) құрылады. Өтінімді қарау мерзімі – күнтізбелік отыз күн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Комиссия құрамына Уәкілетті органның, ғылыми ұйымдардың, педагогтер қауымдастығының және оқу-әдістемелік бірлестіктердің өкілдері кіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Комиссияның құрамы мен ережесін Уәкілетті орган бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Комиссия осы Қағидалар мен ережелер негізінде білім беру ұйымының осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген өлшемдерге сәйкестігін тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ұсынылған материалдарды қарау нәтижелері бойынша Комиссия халықаралық мектеп мәртебесін беру немесе беруден бас тарту туралы ұсыным әзірлейді және қорытындымен келіспейтін ерекше пікірлер көрсетіле отырып, Комиссияның барлық мүшелері қол қоятын хаттамамен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Комиссияның ұсынымдары отырысқа қатысушылардың көпшілік даусымен қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Уәкілетті орган халықаралық мектеп мәртебесін беруден бас тарту (дәлелді негіздемемен) туралы хабарламаны бес жұмыс күні ішінде жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Бас тарту жағдайында білім беру ұйымы Уәкілетті органға өтінімді үш жылдан кейін бере алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Білім беру ұйымының белгіленген өлшемдерге сәйкес келмеуі бас тарту үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Комиссияның оң қорытындысы бойынша Уәкілетті орган он жұмыс күні мерзімінде халықаралық мектеп мәртебесін беру туралы қаулы жобасын әзірлейді және Қазақстан Республикасының Үкіметіне жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1803,35 +1898,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>