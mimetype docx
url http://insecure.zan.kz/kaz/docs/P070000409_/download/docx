--- v0 (2025-11-17)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="12df5dd" w14:textId="12df5dd">
+    <w:p w14:paraId="3ff6ed7" w14:textId="3ff6ed7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,845 +93,842 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігінің жекелеген ұйымдарын қайта ұйымдастыру туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2007 жылғы 22 мамырдағы N 409 Қаулысы</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2007 жылғы 22 мамырдағы N 409 Қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Үкіметі  </w:t>
+      Қазақстан Республикасының Үкіметі  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚАУЛЫ ЕТЕДІ </w:t>
+        <w:t>ҚАУЛЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЕТЕДІ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Мыналар: </w:t>
+      1. Мыналар: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1) алып тасталды - ҚР Үкіметінің 22.08.2015 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      1) алып тасталды - ҚР Үкіметінің 22.08.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 659</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) Қазақстан Республикасы Ауыл шаруашылығы министрлігінің "Сәкен Сейфуллин атындағы Қазақ мемлекеттік агротехникалық университеті""шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны оның жарғылық капиталына мемлекет жүз пайыз қатысатын "Сәкен Сейфуллин атындағы Қазақ агротехникалық университеті" акционерлік қоғамы (бұдан әрі - 2-қоғам) етіп қайта құрылу жолымен; </w:t>
-[...35 lines deleted...]
-      шаруашылығы министрлігінің республикалық мемлекеттік кәсіпорындары </w:t>
+      2) Қазақстан Республикасы Ауыл шаруашылығы министрлігінің "Сәкен Сейфуллин атындағы Қазақ мемлекеттік агротехникалық университеті""шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны оның жарғылық капиталына мемлекет жүз пайыз қатысатын "Сәкен Сейфуллин атындағы Қазақ агротехникалық университеті" акционерлік қоғамы (бұдан әрі - 2-қоғам) етіп қайта құрылу жолымен; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осы қаулыға 2-қосымшаға сәйкес Қазақстан Республикасы Ауыл </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      шаруашылығы министрлігінің республикалық мемлекеттік кәсіпорындары </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      олардың жарғылық капиталына мемлекет жүз пайыз қатысатын жауапкершілігі шектеулі серіктестіктер (бұдан әрі - серіктестіктер) етіп қайта құрылу жолымен қайта ұйымдастырылсын.</w:t>
+      олардың жарғылық капиталына мемлекет жүз пайыз қатысатын жауапкершілігі шектеулі серіктестіктер (бұдан әрі - серіктестіктер) етіп қайта құрылу жолымен қайта ұйымдастырылсын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 22.08.2015 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 22.08.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 659</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Мыналардың қызметінің негізгі мәні: </w:t>
+      2. Мыналардың қызметінің негізгі мәні: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1) алып тасталды - ҚР Үкіметінің 22.08.2015 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      1) алып тасталды - ҚР Үкіметінің 22.08.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 659</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) 2-қоғамның: </w:t>
-[...35 lines deleted...]
-      агроөнеркәсіптік кешен саласында ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстар жүргізу; </w:t>
+      2) 2-қоғамның: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      агроөнеркәсіптік кешен саласында жоғары және жоғары оқу орнынан кейінгі кәсіптік білімі бар кадрларды даярлау, кадрлардың біліктігін арттыру және қайта даярлау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      агроөнеркәсіптік кешен саласында ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстар жүргізу; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      өндіріске ғылыми-техникалық әзірлемелер енгізу болып белгіленсін.</w:t>
+      өндіріске ғылыми-техникалық әзірлемелер енгізу болып белгіленсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 22.08.2015 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 22.08.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 659</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік мүлік және жекешелендіру комитеті Қазақстан Республикасы Ауыл шаруашылығы министрлігімен бірлесіп, заңнамада белгіленген тәртіппен: </w:t>
+      3. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік мүлік және жекешелендіру комитеті Қазақстан Республикасы Ауыл шаруашылығы министрлігімен бірлесіп, заңнамада белгіленген тәртіппен: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) 1, 2-қоғамдардың және серіктестіктердің жарғыларын бекітсін; </w:t>
-[...89 lines deleted...]
-      5) осы қаулыдан туындайтын өзге де шараларды қабылдасын. </w:t>
+      1) 1, 2-қоғамдардың және серіктестіктердің жарғыларын бекітсін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) 1, 2-қоғамдардың және серіктестіктердің әділет органдарында </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мемлекеттік тіркелуін қамтамасыз етсін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) Қазақстан Республикасы Ауыл шаруашылығы министрлігіне 1, 2-қоғамдар акцияларының мемлекеттік пакеттерін және серіктестіктердің мемлекеттік қатысу үлестерін иелену және пайдалану құқықтарын берсін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) республикалық микроорганизмдер коллекциясының және аса қауіпті індеттер қоздырғыштарының депозитарийі функцияларын жүзеге асыру үшін қажетті мүлік Қазақстан Республикасы Ауыл шаруашылығы министрлігі""Мал шаруашылығы және ветеринария ғылыми-өндірістік орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының""Ветеринария ғылыми-зерттеу институты" еншілес мемлекеттік кәсіпорны теңгерімінен Қазақстан Республикасы Ауыл шаруашылығы министрлігі""Ветеринариядағы мониторинг, референция, зертханалық диагностика және әдіснама ұлттық орталығы" мемлекеттік мекемесінің теңгеріміне беруді қамтамасыз етсін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) осы қаулыдан туындайтын өзге де шараларды қабылдасын. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Қоса беріліп отырған Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулар бекітілсін. </w:t>
+      4. Қоса беріліп отырған Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулар бекітілсін. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Осы қаулы қол қойылған күнінен бастап қолданысқа енгізіледі. </w:t>
+      5. Осы қаулы қол қойылған күнінен бастап қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10093"/>
-        <w:gridCol w:w="2207"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10093" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қазақстан Республикасының  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2207" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10093" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Премьер-Министрі  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2207" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -1066,51 +1063,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ауыл шаруашылығы министрлігінің "ҚазАгроИнновация" акционерлік қоғамына қайта қосылу жолымен қайта ұйымдастырылатын республикалық мемлекеттік кәсіпорындары мен олардың еншілес кәсіпорындарының тізбесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша алып тасталды - ҚР Үкіметінің 22.08.2015 </w:t>
+      Ескерту. 1-қосымша алып тасталды - ҚР Үкіметінің 22.08.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 659</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -1226,235 +1223,256 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Ауыл шаруашылығы министрлігінің </w:t>
-[...53 lines deleted...]
-      мемлекеттік кәсіпорындарының тізбесі </w:t>
+      Қазақстан Республикасы Ауыл шаруашылығы министрлігінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жауапкершілігі шектеулі серіктестіктеріне қайта құрылу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жолымен қайта ұйымдастырылатын республикалық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мемлекеттік кәсіпорындарының тізбесі </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2996"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5089"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">р/ </w:t>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">с </w:t>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">N </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1506,197 +1524,257 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">министрлігінің қайта </w:t>
+              <w:t>министрлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қайта </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ұйымдастырылатын </w:t>
+              <w:t>ұйымдастырылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">республикалық </w:t>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік </w:t>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">кәсіпорындарының </w:t>
+              <w:t>кәсіпорындарының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">атауы </w:t>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1748,297 +1826,327 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">министрлігінің </w:t>
+              <w:t>министрлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жауапкершілігі шектеулі </w:t>
+              <w:t>жауапкершілігі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шектеулі </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">серіктестіктерінің атауы </w:t>
+              <w:t>серіктестіктерінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> атауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2174,51 +2282,51 @@
               <w:t xml:space="preserve">
 республикалық </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 мемлекеттік кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2305,87 +2413,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2485,51 +2593,51 @@
               <w:t xml:space="preserve">
 республикалық </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 мемлекеттік кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2598,87 +2706,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 шектеулі серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2796,51 +2904,51 @@
               <w:t xml:space="preserve">
 республикалық мемлекет- </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 тік кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2909,87 +3017,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 шектеулі серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3107,51 +3215,51 @@
               <w:t xml:space="preserve">
 лық мемлекеттік </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3220,87 +3328,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3418,51 +3526,51 @@
               <w:t xml:space="preserve">
 лық мемлекеттік </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3531,87 +3639,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3747,51 +3855,51 @@
               <w:t xml:space="preserve">
 лық мемлекеттік </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3860,87 +3968,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 7 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4076,51 +4184,51 @@
               <w:t xml:space="preserve">
 республикалық </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 мемлекеттік кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4207,87 +4315,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 шектеулі серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4405,51 +4513,51 @@
               <w:t xml:space="preserve">
 республикалық </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 мемлекеттік кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4518,87 +4626,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 шектеулі серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4752,51 +4860,51 @@
               <w:t xml:space="preserve">
 лық мемлекеттік </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4883,87 +4991,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 шектеулі серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5081,51 +5189,51 @@
               <w:t xml:space="preserve">
 республикалық </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 мемлекеттік кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5194,87 +5302,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 шектеулі серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 11 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5410,51 +5518,51 @@
               <w:t xml:space="preserve">
 республикалық мемлекет- </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 тік қазыналық кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5541,87 +5649,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 12 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5775,51 +5883,51 @@
               <w:t xml:space="preserve">
 мемлекеттік қазыналық </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5906,87 +6014,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 13 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6122,51 +6230,51 @@
               <w:t xml:space="preserve">
 лық мемлекеттік </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 қазыналық кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6253,87 +6361,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 14 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6433,51 +6541,51 @@
               <w:t xml:space="preserve">
 лық мемлекеттік </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 қазыналық кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6528,87 +6636,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 шектеулі серіктестігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6762,51 +6870,51 @@
               <w:t xml:space="preserve">
 республикалық </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 мемлекеттік кәсіпорны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7025,1817 +7133,1813 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулар </w:t>
+      Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулар </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Күші жойылды - ҚР Үкіметінің 05.08.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 796</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Акциялардың мемлекеттік пакеттеріне мемлекеттік меншіктің түрлері және ұйымдарға қатысудың мемлекеттік үлестері туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 12 сәуірдегі N 405  </w:t>
+      2. "Акциялардың мемлекеттік пакеттеріне мемлекеттік меншіктің түрлері және ұйымдарға қатысудың мемлекеттік үлестері туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 12 сәуірдегі N 405  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысында </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(Қазақстан Республикасының ПҮАЖ-ы, 1999 ж., N 13, 124-құжат): </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген қаулымен бекітілген акцияларының мемлекеттік пакеттері мен үлестері республикалық меншікке жатқызылған акционерлік қоғамдар мен шаруашылық серіктестіктердің тізбесінде: </w:t>
-[...485 lines deleted...]
-      300. "Красноводопад ауыл шаруашылығы тәжірибе станциясы" ЖШС". </w:t>
+      көрсетілген қаулымен бекітілген акцияларының мемлекеттік пакеттері мен үлестері республикалық меншікке жатқызылған акционерлік қоғамдар мен шаруашылық серіктестіктердің тізбесінде: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Астана қаласы" деген бөлім мынадай мазмұндағы реттік нөмірлері 21-92, 21-93-жолдармен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "21-92. "ҚазАгроИнновация" АҚ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21-93. "Сәкен Сейфуллин атындағы Қазақ агротехникалық университеті" АҚ"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Алматы облысы" деген бөлім мынадай мазмұндағы реттік нөмірі 38-4-жолмен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "38-4. "Қаскелең тәжірибе шаруашылығы" ЖШС"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Ақтөбе облысы" деген бөлім мынадай мазмұндағы реттік нөмірі 133-4-жолмен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "133-4. "Ақтөбе ауыл шаруашылығы тәжірибе станциясы" ЖШС"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Жамбыл облысы" деген бөлім мынадай мазмұндағы реттік нөмірі 180-4-жолмен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "180-4. "Мерке" тәжірибе шаруашылығы" ЖШС"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Батыс Қазақстан облысы" деген бөлім мынадай мазмұндағы реттік нөмірі 194-4-жолмен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "194-4. "Орал ауыл шаруашылығы тәжірибе станциясы" ЖШС"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қарағанды облысы" деген бөлім мынадай мазмұндағы реттік нөмірі 214-15-жолмен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "214-15. "Қарағанды өсімдік шаруашылығы және селекция ғылыми-зерттеу институты" ЖШС"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қызылорда облысы" деген бөлім мынадай мазмұндағы реттік нөмірі 218-4-жолмен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "218-4. "Түгіскен" тәжірибе шаруашылығы" ЖШС"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қостанай облысы" деген бөлім мынадай мазмұндағы реттік нөмірлері 229-6, 229-7, 229-8, 229-9-жолдармен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "229-6. "Арқалық ауыл шаруашылығы тәжірибе станциясы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      229-7. "Заречное" тәжірибе шаруашылығы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      229-8. "Қарабалық ауыл шаруашылығы тәжірибе станциясы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      229-9 "Қазақ тұлпары" ЖШС"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Солтүстік Қазақстан облысы" деген бөлім мынадай мазмұндағы реттік нөмірлері 280-5, 280-6-жолдармен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "280-5. "Кондратов тәжірибе көрсететін орман питомнигі" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      280-6. "Солтүстік Қазақстан ауыл шаруашылығы тәжірибе станциясы" ЖШС"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Оңтүстік Қазақстан облысы" деген бөлім мынадай мазмұндағы реттік нөмірлері 298, 299, 300-жолдармен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "298.""Қарабау" элиталы тұқым шаруашылығы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      299. "Ақдала" тәжірибе шаруашылығы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      300. "Красноводопад ауыл шаруашылығы тәжірибе станциясы" ЖШС". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. "Республикалық меншіктегі ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік үлестеріне иелік ету және пайдалану жөніндегі құқықтарды беру туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 27 мамырдағы N 659  </w:t>
+      3. "Республикалық меншіктегі ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік үлестеріне иелік ету және пайдалану жөніндегі құқықтарды беру туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 27 мамырдағы N 659  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысында </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген қаулыға қосымшада: </w:t>
-[...341 lines deleted...]
-      205-31. "Қарағанды өсімдік шаруашылығы және селекция ғылыми-зерттеу институты" ЖШС". </w:t>
+      көрсетілген қаулыға қосымшада: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасы Ауыл шаруашылығы министрлігіне" деген бөлім: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мынадай мазмұндағы реттік нөмірлері 205-15, 205-16, 205-17, 205-18, 205-19, 205-20, 205-21, 205-22, 205-23, 205-24, 205-25, 205-26, 205-27, 205-28, 205-29, 205-30, 205-31-жолдармен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "205-15. "ҚазАгроИнновация" АҚ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-16. "Сәкен Сейфуллин атындағы Қазақ агротехникалық университеті" АҚ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-17. "Арқалық ауыл шаруашылығы тәжірибе станциясы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-18. "Қарабау" элиталы тұқым шаруашылығы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-19.""Түгіскен" тәжірибе шаруашылығы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-20.""Мерке" тәжірибе шаруашылығы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-21.""Ақдала" тәжірибе шаруашылығы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-22.""Кондратов тәжірибе көрсететін орман питомнигі" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-23.""Красноводопад ауыл шаруашылығы тәжірибе станциясы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-24.""Қаскелең тәжірибе шаруашылығы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-25.""Солтүстік Қазақстан ауыл шаруашылығы тәжірибе станциясы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-26.""Заречное" тәжірибе шаруашылығы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-27.""Ақтөбе ауыл шаруашылығы тәжірибе станциясы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-28.""Қарабалық ауыл шаруашылығы тәжірибе станциясы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-29.""Орал ауыл шаруашылығы тәжірибе станциясы" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-30.""Қазақ тұлпары" ЖШС </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205-31. "Қарағанды өсімдік шаруашылығы және селекция ғылыми-зерттеу институты" ЖШС". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. "Жекешелендіруге жатпайтын мемлекеттік жоғары оқу орындарының тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2000 жылғы 6 шілдедегі N 1021  </w:t>
+      4. "Жекешелендіруге жатпайтын мемлекеттік жоғары оқу орындарының тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2000 жылғы 6 шілдедегі N 1021  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысында </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(Қазақстан Республикасының ПҮАЖ-ы, 2000 ж., N 25, 339-құжат): </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген қаулымен бекітілген жекешелендіруге жатпайтын мемлекеттік жоғары оқу орындарының тізбесінде: </w:t>
-[...36 lines deleted...]
-      5. "Республикалық микроорганизмдер коллекциясы туралы" Қазақстан Республикасы Үкіметінің 2002 жылғы 30 шілдедегі N 850  </w:t>
+      көрсетілген қаулымен бекітілген жекешелендіруге жатпайтын мемлекеттік жоғары оқу орындарының тізбесінде: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      реттік нөмірі 33-жол алынып тасталсын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Күші жойылды - ҚР Үкіметінің 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. "Қазақстан Республикасы Ауыл шаруашылығы министрлігінің кейбір мәселелері" туралы Қазақстан Республикасы Үкіметінің 2005 жылғы 6 сәуірдегі N 310  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысында </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Қазақстан Республикасының ПҮАЖ-ы, 2002 ж., N 25, 267-құжат): </w:t>
+        <w:t xml:space="preserve">(Қазақстан Республикасының ПҮАЖ-ы, 2005 ж., N 14, 168-құжат): </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2-тармақтың үшінші абзацындағы""және Қазақстан Республикасы Ауыл шаруашылығы министрлігінің""Қазақ ветеринария ғылыми-зерттеу институты" республикалық мемлекеттік қазыналық кәсіпорны" деген сөздер алынып тасталсын; </w:t>
-[...615 lines deleted...]
-      103. "Қарағанды өсімдік шаруашылығы және селекция ғылыми-зерттеу институты" жауапкершілігі шектеулі серіктестігі". </w:t>
+      көрсетілген қаулымен бекітілген Қазақстан Республикасы Ауыл шаруашылығы министрлігінің қарамағындағы ұйымдардың тізбесінде: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Республикалық мемлекеттік кәсіпорындар" деген 1-бөлімнің реттік нөмірлері 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 14, 16, 17, 20, 23, 25, 33, 35, 36, 42, 44, 46, 49, 50, 53-жолдары алынып тасталсын; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Акционерлік қоғамдар" деген 2-бөлім мынадай мазмұндағы реттік нөмірлері 66-2, 66-3-жолдармен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "66-2. "ҚазАгроИнновация" акционерлік қоғамы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      66-3. "Сәкен Сейфуллин атындағы Қазақ агротехникалық университеті" акционерлік қоғамы"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мынадай мазмұндағы 4-бөліммен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "4. Жауапкершілігі шектеулі серіктестіктер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      89. "Арқалық ауыл шаруашылығы тәжірибе станциясы" жауапкершілігі шектеулі серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      90. "Қарабау" элиталы тұқым шаруашылығы" жауапкершілігі шектеулі серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      91. "Түгіскен" тәжірибе шаруашылығы" жауапкершілігі шектеулі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      92. "Мерке" тәжірибе шаруашылығы" жауапкершілігі шектеулі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      93. "Ақдала" тәжірибе шаруашылығы" жауапкершілігі шектеулі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      94. "Кондратов тәжірибе көрсететін орман питомнигі" жауапкершілігі шектеулі серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      95. "Красноводопад ауыл шаруашылығы тәжірибе станциясы" </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жауапкершілігі шектеулі серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      96. "Қаскелең тәжірибе шаруашылығы" жауапкершілігі шектеулі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      97. "Солтүстік Қазақстан ауыл шаруашылығы тәжірибе станциясы" </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жауапкершілігі шектеулі серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      98. "Заречное" тәжірибе шаруашылығы" жауапкершілігі шектеулі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      99. "Ақтөбе ауыл шаруашылығы тәжірибе станциясы" жауапкершілігі шектеулі серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      100. "Қарабалық ауыл шаруашылығы тәжірибе станциясы" </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жауапкершілігі шектеулі серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      101. "Орал ауыл шаруашылығы тәжірибе станциясы" жауапкершілігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      шектеулі серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      102. "Қазақ тұлпары" жауапкершілігі шектеулі серіктестігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      103. "Қарағанды өсімдік шаруашылығы және селекция ғылыми-зерттеу институты" жауапкершілігі шектеулі серіктестігі". </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -8843,55 +8947,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>