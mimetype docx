--- v0 (2025-10-05)
+++ v1 (2026-03-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a9575f7" w14:textId="a9575f7">
+    <w:p w14:paraId="5dd82ef" w14:textId="5dd82ef">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -358,68 +358,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z56" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Мемлекеттік бюджет қаражаты есебінен Қазақстан Республикасы органдары қызметкерлеріне сыйлықақы беру, материалдық көмек көрсету және олардың лауазымдық айлықақыларына үстемеақылар белгілеу, сондай-ақ мемлекеттік әкімшілік қызметшілерге бонустар төлеу қағидаларының 27 және 28-тармақтарының ережелері 2021 жылғы 1 шілдеден бастап 2022 жылғы 31 желтоқсан аралығындағы құқықтық қатынастарға қолданылады деп белгіленсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -755,68 +757,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 1127 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бекітілген</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттiк бюджет қаражаты есебінен Қазақстан Республикасы органдарының қызметкерлеріне сыйлықақы беру, материалдық көмек көрсету және лауазымдық жалақыларына үстемеақылар белгілеу, сондай-ақ мемлекеттік әкімшілік қызметшілерге бонустар төлеу қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тақырып жаңа редакцияда – ҚР Үкіметінің 20.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -831,100 +833,100 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Мемлекеттiк бюджет қаражаты есебінен Қазақстан Республикасы органдарының қызметкерлеріне сыйлықақы беру, материалдық көмек көрсету және лауазымдық жалақыларына үстемеақылар белгілеу, сондай-ақ мемлекеттік әкімшілік қызметшілерге бонустар төлеу қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасының мемлекеттiк бюджет есебiнен қамтылған барлық органдарының қызметкерлеріне лауазымдық (қызметтік) мiндеттерiн тиiсiнше орындағаны үшiн көтермелеу жүйесiн реттеу, сондай-ақ олардың функциялары мен міндеттерін уақтылы әрі сапалы орындауға материалдық мүдделілiгiн арттыру мақсатында әзiрлендi және еңбегiне ақы төлеу "Мемлекеттiк бюджет есебiнен қамтылған барлық органдар үшін қызметкерлердің еңбегіне ақы төлеудiң бiрыңғай жүйесiн бекіту туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 16 қазандағы № 646 қбп қаулысы негiзiнде жүргiзiлетiн мемлекеттік бюджет есебiнен қамтылған барлық органдардың қызметкерлеріне қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -963,2527 +965,2829 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Қазақстан Республикасы органдарының қызметкерлерiне сыйлық беру, материалдық көмек көрсету және лауазымдық жалақыларына үстемақылар белгiлеу бюджеттік бағдарламаны, (кішi бағдарламаны) қаржыландыру жоспары бойынша тиісті көзделген мемлекеттiк бюджет қаражаты есебiнен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-1-тармақпен толықтырылды - ҚР Үкіметінің 2003.12.31.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 1385 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2004.05.13. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 532</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қауілысымен; өзгерістер енгізілді - ҚР Үкіметінің 2007.09.11.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 793 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2. Қызметкерлерге сыйлықақы беру, материалдық көмек көрсету және лауазымдық жалақыларына үстемеақы белгілеу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z65" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) мемлекеттік орган басшысы – бюджеттік бағдарлама (кіші бағдарлама) әкімшісінің, мемлекеттік мекеме басшысының не оларды алмастыратын тұлғалардың; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z66" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік органның басшысымен келісу бойынша аппарат басшысының шешімі бойынша жүргізіледі деп белгіленсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-2-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Орталық мемлекеттік органдардың, жергілікті атқарушы органдардың және жергілікті бюджеттерден қаржыландырылатын өзге органдардың бірінші басшыларының не оларды алмастыратын тұлғалардың осы Қағидаларды басшылыққа ала отырып қызметкерлерге сыйлықақы беру туралы нұсқаулықты дербес әзірлеуге және бекітуге құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Осы Қағидаларда мынадай ұғымдар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z27" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бонус – әкімшілік мемлекеттік қызметшілерге олардың қызметінің тиімділігін бағалау нәтижесі бойынша белгіленетін ақшалай төлем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z28" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2)  бонустық қор – мемлекеттік әкімшілік қызметшілерге олардың қызметінің тиімділігін бағалау нәтижелері бойынша бонустар төлеуге арналған, жоспарланатын бюджет қаражаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z29" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3)  есепті кезең – қорытындысы бойынша мемлекеттік әкімшілік қызметші қызметінің қорытынды бағасы қалыптастырылатын күнтізбелік жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z30" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4)  сыйлықақы – біржолғы ақшалай сыйақы түріндегі көтермелеу нысаны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 2-1-тармақпен толықтырылды – ҚР Үкіметінің 20.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1038</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...138 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сыйлық беру шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z12" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіпке сәйкес қызметкерлерге сыйлықақы беру лауазымдық міндеттерін үлгілі орындағаны, мінсіз мемлекеттік қызметі, ерекше маңызды және күрделі тапсырмаларды орындағаны, белгілі бір кезеңдегі жұмыс нәтижелері, жалпы осы органның немесе оның жекелеген бөлімшелерінің одан әрі қалыпты (іркіліссіз) жұмыс істеуі кезек күттірмейтін және алдын ала болжанбаған жұмыстардың шұғыл орындалуына байланысты болғанда сол жұмыстарды орындағаны, Қазақстан Республикасы Үкіметінің заң жобалау жұмыстары жоспарының, Қазақстан Республикасы Президентінің, Үкіметінің және Премьер-Министрінің актілері мен тапсырмаларының іс-шараларын уақтылы және сапалы орындағаны, егер осы өкілеттіктер қызметкерлердің лауазымдық міндеттеріне кірмесе, заң жобаларын, конвенцияларды, келісімдерді, шарттарды, нормативтік құқықтық актілердің жобаларын әзірлегені және жұмыстағы басқа да жетістіктері үшін, сондай-ақ олардың қызметін бағалаудың нәтижелері бойынша жүзеге асырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген негіздерде сыйлықақы беру мереке күндеріне, мереке және мерейтой күндеріне, қызметкерлердің мерейтойларына орайластырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Қызметкерге:  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) оның алынбаған тәртіптік жазасы болған кезде;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік орган, оның ішінде жойылған (таратылған) не қайта ұйымдастырылған мемлекеттік орган функцияларының, өкілеттіктерінің және (немесе) штат бірліктерінің басқа мемлекеттік органға берілуіне байланысты лауазымға қайта тағайындау жағдайларынан басқа сыйлықақы төлеу туралы шешім қабылданған күнге мемлекеттік органның ведомстволарын, сондай-ақ олардың аумақтық органдары мен бөлімшелерін, олардың қарамағындағы мемлекеттік мекемелерді қоса алғанда, тиісті мемлекеттік органда қызметкер ретінде (еңбегiне ақы төлеу "Мемлекеттiк бюджет есебiнен қамтылған барлық органдар үшін қызметкерлердің еңбегіне ақы төлеудiң бiрыңғай жүйесiн бекіту туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 16 қазандағы № 646 қбп қаулысы негiзiнде жүргiзiлетiн) күнтізбелік отыз күннен кем жұмыс істеген болса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сынақ мерзімінен өту кезеңінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ол жалақысы сақталмайтын демалыстан, оқу демалысынан және бала үш жасқа толғанға дейін оның күтіміне байланысты жалақысы сақталмайтын демалыстан шығып, бұл демалыстардың ұзақтығы алты ай және одан көп болса және сыйлықақы төлеу туралы шешім қабылданған күнге ол күнтізбелік отыз күннен кем жұмыс істеген болса, сыйлықақы берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...46 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лауазымдық жалақысына үстемеақылар белгілеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Қызметкердің лауазымдық жалақысына үстемеақы белгілеу: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) қысқартылған қызметкерлердің және (немесе) бос/уақытша бос лауазымдардың функцияларын өзінің негізгі жұмысынан босатылмай орындағаны; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) уақытша болмаған қызметкерлердің міндеттерін (функцияларын) өзінің негізгі жұмысынан босатылмай орындағаны; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) оған ауқымы кеңейтілген міндеттердің жүктелгені; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кәсіптік жоғары деңгеймен және құзыреттілікпен ұштасатын жұмыстағы жеткілікті тәжірибесі (өтіл) мен машығын практикада табысты қолданғаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік құпияларды құрайтын мәліметтерді қамтитын құжаттармен жұмыс үшін олардың орындалған көлеміне қарай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қызметкер жалақысы төмен лауазымға жұмыста мертігуіне, кәсіптік ауруға шалдығуына немесе осы мемлекеттік органда еңбек міндеттерін орындауына байланысты денсаулығына өзге зақым келуіне орай ауыстырылғаны (тағайындалғаны) үшін еңбекке жарамдылығы қалпына келгенге не мүгедектік белгіленгенге дейін, сондай-ақ органның басқару құрылымының өзгеруіне орай –ауыстырылған (тағайындалған) күнінен бастап бір жылға дейін жүзеге асырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Алып тасталды - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. &lt;*&gt; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 2-тармаққа өзгерту енгізілді - ҚР Үкіметінің 2007.09.11.  </w:t>
-[...204 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="11"/>
+        <w:t xml:space="preserve">Ескерту. 7-тармақ алып тасталды - ҚР Үкіметінің  </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...272 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="14"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2004.11.15. N 1197 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.     </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Лауазымдық жалақысына үстемеақылар белгілеу</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="15"/>
+        <w:t>Материалдық көмек көрсету ережелері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z17" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қызметкерге материалдық көмек көрсету:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оның жақын туыстары, жұбайы (зайыбы) және (немесе) жекжаттары қайтыс болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өзі некеге тұрған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) баласы туған, оның бала асырап алған;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Қызметкердің лауазымдық жалақысына үстемеақылар белгілеу:  </w:t>
-[...80 lines deleted...]
-      </w:pPr>
+      4) өзі қосымша қаржы шығындарын талап ететін ем қабылдаған (санаторийде емделуден басқа, күнтізбелік он және одан көп күн стационарлық немесе амбулаторлық емделуі); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оған қатысты құқыққа қарсы іс-қимыл жасалуы (тонау, ұрлық және басқалары), сондай-ақ дүлей зілзала (өрт, су тасқыны, жер сілкінісі және т.б.) салдарынан мүліктік зиян келтірілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ол зейнеткерлiкке шыққан жағдайларда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметкерге материалдық көмек көрсету аталған жағдайлар осы мемлекеттік мекемеде жұмыс істеген кезеңде туындаған болса жүзеге асырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z6" w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Ескерту. 3) тармақша жаңа редакцияда - ҚР Үкіметінің 2007.09.11.  </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қызметкерлерге сыйлықты бекіту және төлеу, материалдық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көмек көрсету және лауазымдық жалақыларына үстемеақылар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>белгілеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қызметкерлерге сыйлықақы беру және лауазымдық жалақысына үстемеақы белгілеу дербес құрылымдық бөлімшелер басшыларының, тікелей басшылардың (дербес құрылымдық бөлімшенің басшысы болмаған жағдайда), лауазымға тағайындауға және лауазымнан босатуға құқығы бар тұлғалардың немесе мемлекеттік органның, мемлекеттік мекеменің басшысы айқындайтын тұлғалардың жазбаша ұсынымының негізінде осы Қағидалардың 1-2-тармағында санамаланған тұлғалардың бұйрығымен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ведомстволардың, аумақтық бөлімшелердің, мемлекеттік мекемелердің, жергілікті бюджеттен қаржыландырылатын атқарушы органдардың басшыларына сыйлықақы беру және үстемеақы белгілеу жоғары тұрған лауазымды тұлғалардың ұсынымдарының негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орталық мемлекеттік органдардың құрылымдық бөлімшелерінің басшыларына сыйлықақы беру және үстемеақы белгілеу жоғары тұрған лауазымды тұлғалардың ұсынымы негізінде жүргізіледі не осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-2-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> санамаланған тұлғалар өздері жүргізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталық мемлекеттік органдардың және жергілікті атқарушы органдардың басшылары (басшылардың орынбасарлары) үшін сыйлықақы берудің өзге рәсімдері көзделуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Ұсынымда қызметкердің тегі, аты, әкесінің аты (бар болса), лауазымы, сыйлықақы (үстемеақы) беру үшін негіз және мөлшері (қажет болған жағдайда) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Қызметкерге материалдық көмек көрсету туралы бұйрықты қызметкердің жазбаша өтінішінің негізінде не осы органда құрылатын тиісті комиссияның қорытындысы бойынша осы Ереженің 1-2-тармағында санамаланған тұлғалар қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Материалдық көмек төлеу қызметкер өтініш берген күннен бастап бір жыл ішінде жүргізіледі, бұл ретте төлем жүзеге асырылатын күні қызметкер тиісті мемлекеттік мекемемен еңбек қатынастарында тұруы шарт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Материалдық көмек көрсету туралы өтініш осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жағдайлар басталған күннен бастап екі ай ішінде беріледі, ал осы Қағидалардың 8-тармағының 6) тармақшасында көзделген жағдай бойынша өтініш ол басталғанға дейін кемінде бір ай бұрын беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 2007.09.11.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">N 793 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...6 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="16"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулыларымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Сондай-ақ, үстемеақылар қызметкерді ақиқатты жағдайларға байланысты төмен ақы төленетін лауазымға (неғұрлым жеңіл жұмысқа) ауыстыру (тағайындау) кезінде:  </w:t>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
+      12. Қазақстан Республикасы органдарының қызметкерлеріне  сыйлық беруге, материалдық көмек көрсетуге және лауазымдық  жалақыларына үстемеақылар белгілеуге мемлекеттiк бюджет қаражатын  бөлу Қазақстан Республикасы Қаржы министрлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нормативтік құқықтық кесімдерімен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған тәртіппен Қазақстан Республикасы  органдарының бюджеттiк бағдарламаны (кiшi бағдарламаны)  қаржыландыру жоспарларына өзгерістер енгізу жолымен жүргізіледі. &lt;*&gt; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 7-тармақ алып тасталды - ҚР Үкіметінің  </w:t>
+        <w:t xml:space="preserve">Ескерту. 12-тармаққа өзгеріс енгізілді - ҚР Үкіметінің  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2004.11.15. N 1197 </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> қаулысымен </w:t>
+        <w:t xml:space="preserve">2003.12.31. N 1385 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">.     </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="18"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...8 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="19"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 12-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 2004.05.13. N 532 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.   </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Сыйлықақы беру, материалдық көмек көрсету және үстемеақы белгілеу шығыстардың мынадай түрлері бойынша үнемдеу есебінен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Қызметкерге материалдық көмек көрсету оның ауыр материалдық жағдайына байланысты мынадай:  </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+      1) мына: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ел iшiндегi iссапарлар мен қызметтiк сапарлар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      елден тыс жерлерге iссапарлар мен қызметтiк сапарлар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үй-жайды жалдауға ақы төлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммуналдық көрсетілетін қызметтерге ақы төлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      байланыстың көрсетілетін қызметтерiне ақы төлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көлiктiк көрсетілетін қызмет көрсетулерге ақы төлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электр энергиясына ақы төлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жылытуға ақы төлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ғимараттарды, үй-жайларды, жабдықтарды және басқа да негізгі құралдарды ұстау, оларға қызмет көрсету, ағымдағы жөндеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзге көрсетілген қызметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ерекше шығындар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзге ағымдағы шығындар бойынша жыл бойы үнемделген мемлекеттік бюджет қаражатының жалпы көлемінің 30 %-ынан асырмай, ал желтоқсанда – бір жылда үнемделген қаражаттың толық көлемінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жалақы;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) оның отбасы мүшелерінің, жақын туған-туыстарының (зайыбының, ата-анасының, балаларының, асыраушыларының, асырап алынғандарының, толық туысты және толық туыс емес ағалары мен әпкелерiнiң, аталарының, әжелерiнiң, немерелерiнiң) немесе құда-жекжаттарының (ерлі-зайыптылардың ата-анасының, аға-інісінің, әпке-сіңлісінің, балаларының) қайтыс болуы; &lt;*&gt; </w:t>
-[...1 lines deleted...]
-    </w:p>
+      өтемақы төлемдері; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жұмыс берушiлердiң жарналары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әлеуметтік салық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көлік құралдары иелерінің міндетті азаматтық-құқықтық жауапкершілігін міндетті сақтандыру шығындары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік мекемелер қызметкерлерінің мемлекеттік міндетті жеке сақтандыру шығындары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзге де қорларды сатып алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қосымша ақшалай төлемдер бойынша үнемделген мемлекеттік бюджет қаражатының толық көлемінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1. Ведомстволарын, сондай-ақ олардың аумақтық органдары мен бөлімшелерін, қарамағындағы мемлекеттік мекемелерді қоса алғанда, мемлекеттік орган қызметкерлерінің штат санын қысқарту туралы шешім қабылданған жағдайда мемлекеттік органның қызметін қамтамасыз етуге көзделген және штат санын қысқарту нәтижесінде босаған қаражат есебінен толық көлемде үстемеақы белгілеу жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-1-тармақпен толықтырылды - ҚР Үкіметінің 2007.09.11.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 793 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қаулысымен; жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) некеге тұру;  </w:t>
-[...73 lines deleted...]
-    </w:p>
+      14. Шығыстардың қалған түрлері бойынша мемлекеттік бюджет қаражатын үнемдеуден сыйлық беруге, материалдық көмек көрсетуге және үстемеақылар белгілеуге жол берілмейді. &lt;*&gt; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 8-тармаққа өзгеріс енгізілді - ҚР Үкіметінің  </w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Ескерту. 14-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 2004.05.13. N 532 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z7" w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...47 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қызметкерлерге сыйлықты бекіту және төлеу, материалдық</w:t>
-[...1094 lines deleted...]
-        </w:rPr>
         <w:t>Мемлекеттiк органдар орталық аппараттарының</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мемлекеттiк әкiмшiлiк қызметшілерiне бюджеттiк</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3603,68 +3907,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік әкімшілік қызметшілерге бонустар төлеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар тараумен толықтырылды - ҚР Үкіметінің 20.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3679,186 +3983,234 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z32" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "А" корпусының мемлекеттік әкімшілік қызметшілеріне бонус төлеу "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 бұйрығымен (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7617 болып тіркелген) бекітілген "А" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесіне (бұдан әрі – әдістеме) сәйкес жүргізілетін бағалау нәтижелері негізінде тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. "Б" корпусының мемлекеттік әкімшілік қызметшілеріне бонус төлеу "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 бұйрығымен (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7617 болып тіркелген) бекітілген "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесіне (бұдан әрі – үлгілік әдістеме) сәйкес жүргізілетін бағалау нәтижелері негізінде тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-1. Бағалау деректерді бағалаудың автоматтандырылған жүйесі арқылы өтетін мемлекеттік органдарда бонустар төлеу осы мемлекеттік органдардың ішкі құжаттарында белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3897,1066 +4249,1062 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Бонустарды төлеу мемлекеттік органдардың мемлекеттік әкімшілік қызметшілерінің бірыңғай еңбегіне ақы төлеу жүйесінде бонустық қорды қалыптастыруға көзделген қаражат есебінен жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z35" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Мемлекеттік әкімшілік қызметшілерге бонустар төлеу жыл қорытындысы бойынша олардың қызметін бағалау нәтижелері бойынша жүзеге асырылады, ал жұмыстан шығу, еңбек қатынастарын бұзу, ротациялау болған жағдайда мемлекеттік әкімшілік қызметшілерге бонустар төлеу жұмыс істеген уақытына пропорционалды түрде қызметін бағалау нәтижелері бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z58" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-1. Мемлекеттік әкімшілік қызметшімен еңбек қатынастары тоқтатылған жағдайда жергілікті атқарушы органдарда, тексеру комиссияларында және мәслихат аппараттарында 2021 жылғы 1 шілдеден бастап 2022 жылғы 31 желтоқсанды қоса алғандағы жұмыс кезеңдері үшін бонустар төлеу қызметті бағалау нәтижелері болған және бонустар төлеу туралы өтінішпен және банк деректемелерін көрсетіп мемлекеттік органға өзі жүгінген кезде 2023 жылғы 20 желтоқсанды қоса алғанға дейін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген мемлекеттік органдарды қоспағанда, мемлекеттік органдарда мемлекеттік әкімшілік қызметшімен еңбек қатынастары тоқтатылған жағдайда 2022 жылғы 1 қаңтардан бастап 2022 жылғы 31 желтоқсан аралығындағы жұмыс кезеңдері үшін бонустар төлеу қызметті бағалау нәтижелері болған және бонустар төлеу туралы өтінішпен және банк деректемелерін көрсетіп мемлекеттік органға өзі жүгінген кезде 2023 жылғы 20 желтоқсанды қоса алғанға дейін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бонустар төлеу туралы өтініш 2023 жылғы 1 қарашаға дейін беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік әкімшілік қызметші қайтыс болған жағдайда қызметті бағалау нәтижелері болған кезде мұрагерден өтемақы төлемдері болып табылатын бонустарды төлеу туралы оның (мұрагердің) банктік деректемелері көрсетілген өтініш қабылданады. Аударылған бонустарды мұрагерлер Қазақстан Республикасының азаматтық заңнамасына сәйкес ала алады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...69 lines deleted...]
-      Мемлекеттік әкімшілік қызметші қайтыс болған жағдайда қызметті бағалау нәтижелері болған кезде мұрагерден өтемақы төлемдері болып табылатын бонустарды төлеу туралы оның (мұрагердің) банктік деректемелері көрсетілген өтініш қабылданады. Аударылған бонустарды мұрагерлер Қазақстан Республикасының азаматтық заңнамасына сәйкес ала алады.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 19-1-тармақпен толықтырылды - ҚР Үкіметінің 09.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 192</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-2. Мемлекеттік әкімшілік қызметшімен еңбек қатынастары тоқтатылған жағдайда 2023 жылғы 1 қаңтардан басталатын жұмыс кезеңі үшін бонустар төлеу қызметті бағалау нәтижелері болған және бонустар төлеу туралы өтінішпен және банк деректемелерін көрсетіп мемлекеттік органға өзі жүгінген кезде есепті жылдан кейінгі жылдың 20 желтоқсанына дейін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бонустар төлеу туралы өтініш есепті жылдан кейінгі жылдың 1 қарашасына дейін беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағидалар 19-1-тармақпен толықтырылды - ҚР Үкіметінің 09.03.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 19-2-тармақпен толықтырылды - ҚР Үкіметінің 09.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 192</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="34"/>
-[...36 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бонустарды төлеу осы Қағидалардың 19-1 және 19-2-тармақтарында көрсетілген адамдарды қоспағанда, мемлекеттік әкімшілік қызметшілердің қызметін қорытынды бағалау аяқталған кезден бастап бір ай ішінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағидалар 19-2-тармақпен толықтырылды - ҚР Үкіметінің 09.03.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Үкіметінің 09.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 192</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Бонустарды есептеген кезде тиісті лауазым бойынша есепті кезеңде жұмыс істеген нақты күндер саны пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z38" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Мемлекеттік әкімшілік қызметшіге бонустар төлеу қызметті бағалау жүргізілген мемлекеттік органда жүзеге асырылады, ал мемлекеттік орган қайта ұйымдастырылған және (немесе) таратылған (қысқартылған) жағдайда азаматтық заңнаманың ережелері қолданылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z39" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Мемлекеттік әкімшілік қызметші есепті кезең ішінде мемлекеттік орган ішінде бір лауазымнан басқа лауазымға немесе бір мемлекеттік органнан басқа мемлекеттік органға ауысқан жағдайда, бонус бұдан бұрын атқарған лауазымы бойынша, сондай-ақ атқарып отырған жаңа лауазымы бойынша есепті кезеңде нақты жұмыс істеген уақытына пропорционалды түрде есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z40" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Осы Қағидалардың 23-тармағында көзделген жағдайларды қоспағанда, есепті кезең ішінде лауазымдық айлықақы өзгерген жағдайда бонус есепті кезең ішінде қолданыста болған лауазымдық айлықақының ең үлкен мөлшері негізге алынып есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Бонустар төлеу туралы шешімді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z42" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "А" корпусының мемлекеттік әкімшілік қызметшілері үшін мемлекеттік органның басшысы не оны алмастыратын тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z43" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Б" корпусының мемлекеттік әкімшілік қызметшілері үшін мемлекеттік органның басшысы не ол өкілеттік берген мемлекеттік органның аппарат басшысы қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z44" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Мемлекеттік әкімшілік қызметші бонусының мөлшері мемлекеттік органның мемлекеттік әкімшілік қызметшісінің есепті кезеңдегі қорытынды бағасының нәтижелері бойынша мемлекеттік әкімшілік қызметшінің бонусын түзету нәтижесінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның мемлекеттік әкімшілік қызметшісі бонусының мөлшерін есептеу үшін мынадай формула пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БМ = ЛА × 2 × ҚБп × НЖУ, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БМ – бонус мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛА – тиісті мемлекеттік әкімшілік қызметшінің лауазымдық айлықақысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚБп – есепті кезеңде әдістемеге және (немесе) үлгілік әдістемеге сәйкес пайызбен айқындалатын мемлекеттік әкімшілік қызметшінің қызметін қорытынды бағалау нәтижесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НЖУ – мемлекеттік әкімшілік қызметшінің нақты жұмыс істеген уақыты пайызбен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...131 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. "А" корпусының мемлекеттік әкімшілік қызметшісінің қойылған түйінді нысаналы индикаторларды орындау пайызы (Тп) мынадай қағидат бойынша айқындалады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z46" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "тиімді" деп бағаланған кезде түйінді нысаналы индикаторларды орындау 80 %-дан 100 %-ға дейінгі деңгейде белгіленеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z47" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "қанағаттанарлық" деп бағаланған кезде түйінді нысаналы индикаторларды орындау 60 %-дан 80 %-ға дейінгі деңгейде белгіленеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z48" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. "Б" корпусының мемлекеттік әкімшілік қызметшісінің қойылған түйінді нысаналы индикаторларды орындау пайызы (Тп) мынадай қағидат бойынша айқындалады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z49" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "өте жақсы" деп бағаланған кезде түйінді нысаналы индикаторларды орындау 100 % деңгейінде белгіленеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z50" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "тиімді" деп бағаланған кезде түйінді нысаналы индикаторларды орындау 80 % деңгейінде белгіленеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z51" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "қанағаттанарлық" деп бағаланған кезде түйінді нысаналы индикаторларды орындау 60 % деңгейінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-[...35 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28-1. Мемлекеттік әкімшілік қызметшінің қызметін қорытынды бағалау (ҚБп) нәтижесі пайызбен мынадай формула бойынша айқындалады: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2984500" cy="469900"/>
+            <wp:extent cx="2514600" cy="419100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2984500" cy="469900"/>
+                      <a:ext cx="2514600" cy="419100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      T – түйінді нысаналы индикаторларға қол жеткізу және саралау әдісі бойынша қорытынды (орташа қорытынды) бағалау.</w:t>
+      ҚБ – қорытынды (орташа қорытынды) баға.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -4980,573 +5328,615 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараңыз) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қараңыз) қаулысымен; жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. Мемлекеттік әкімшілік қызметшінің нақты жұмыс істеген уақыты мына формула бойынша айқындалады: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3365500" cy="596900"/>
+            <wp:extent cx="2768600" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3365500" cy="596900"/>
+                      <a:ext cx="2768600" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      А – есепті кезеңде жұмыс істеген жұмыс күндерінің нақты саны;</w:t>
+        <w:t xml:space="preserve">
+      А – жұмыс уақыты; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В – күнтізбелік жылдағы жұмыс күндерінің саны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Есепті кезеңде жұмыс істеген жұмыс күндерінің нақты саны:</w:t>
-[...35 lines deleted...]
-      қайта даярлау және біліктілік арттыру курстарында болған кезеңді;</w:t>
+      Жұмыс уақыты – жұмыс берушінің актілеріне сәйкес мемлекеттік әкімшілік қызметші еңбек міндеттерін орындайтын есепті кезеңдегі уақыт, сондай-ақ Қазақстан Республикасының Еңбек кодексіне, осы Қағидаларға, Қазақстан Республикасының өзге де нормативтік-құқықтық актілеріне, жұмыс берушінің актісіне сәйкес жұмыс берушінің актісімен жұмыс уақытына жатқызылған есепті кезеңдегі өзге де уақыт кезеңдері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс уақыты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жыл сайынғы кезекті ақылы демалыста болған уақытты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қайта даярлау және біліктілікті арттыру курстарында болған кезеңді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       іссапарда болған кезеңді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...36 lines deleted...]
-      Мемлекеттік әкімшілік қызметшінің нақты жұмыс істеген уақытын есептеуді мемлекеттік органның персоналды басқару қызметі не персоналды басқару қызметінің (кадр қызметінің) міндеттерін орындау жүктелген өзге құрылымдық бөлімше (адам) жүзеге асырады.</w:t>
+        <w:t xml:space="preserve">
+      осы мемлекеттік мекемеде еңбек (қызметтік) міндеттерін орындау үстінде жұмыста мертігу немесе кәсіптік ауруға шалдығу салдарынан еңбекке уақытша қабілетсіздік туындап, толық көлемде есепке алынатын жағдайларды қоспағанда, мемлекеттік әкімшілік қызметші еңбекке уақытша қабілетсіздігіне байланысты нақты жұмыс істемеген, бірақ есепті кезеңдегі күнтізбелік 20 күннен аспайтын уақытты (бұл ретте күнтізбелік күндерді есептеу есепті кезеңдегі еңбекке уақытша қабілетсіздік туындаған бірінші күннен бастап жүзеге асырылады); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жалақысы сақталмайтын демалыста болған, бірақ есепті кезеңде күнтізбелік 5 күннен аспайтын уақытты (бұл ретте күнтізбелік күндерді есептеу есепті кезеңдегі жалақысы сақталмайтын демалыстың бірінші күнінен бастап жүзеге асырылады) қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік әкімшілік қызметшінің нақты жұмыс істеген уақытын есептеуді мемлекеттік органның персоналды басқару қызметі не персоналды басқару қызметінің (кадр қызметінің) міндеттерін орындау жүктелген өзге құрылымдық бөлімше (тұлға) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Үкіметінің 09.03.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Үкіметінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Мемлекеттік әкімшілік қызметшіге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік әкімшілік қызметшіде және (немесе) жұмыстан шығарылған мемлекеттік әкімшілік қызметшіде есепті кезеңде мемлекеттік қызметке кір келтіретін теріс қылықтар үшін алынбаған тәртіптік жазасы болса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының мемлекеттік қызмет туралы заңнамасына сәйкес бонустар төлеу басталғанға дейін мемлекеттік қызметті тоқтату үшін негіз болып табылатын қылмыстық құқық бұзушылық жасағаны үшін кінәлі деп танылған мемлекеттік әкімшілік қызметшіге және (немесе) қызметтен шығарылған мемлекеттік әкімшілік қызметшіге бонустар төленбейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік әкімшілік қызметшіге бонустар төлеу оған қатысты қылмыстық іс бонустар төлеу басталғанға дейін қозғалған жағдайда және қылмыстық іс тоқтатылғанға дейін немесе қылмыстық жауаптылыққа тарту туралы сот актісі шығарылғанға дейін тоқтатыла тұрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) есепті кезеңде мемлекеттік әкімшілік қызметшінің қызметі қанағаттанарлықсыз бағаланған кезде бонустар төленбейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 30-тармақ жаңа редакцияда - ҚР Үкіметінің 09.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 192</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...157 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Ақтап үкім шығарылған немесе қылмыстық іс тоқтатылған жағдайда мемлекеттік әкімшілік қызметшіге және (немесе) жұмыстан шығарылған мемлекеттік әкімшілік қызметшіге бонус олардың қызметін бағалау нәтижелері бойынша төленеді. Бұл жағдайда нақты жұмыс істелген уақыт есепті кезеңдегі қылмыстық іс қозғалған кезден бастап ақтау үкімі шығарылғанға немесе қылмыстық іс тоқтатылғанға дейінгі уақытты да қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5638,55 +6028,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>