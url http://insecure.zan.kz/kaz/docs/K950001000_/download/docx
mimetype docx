--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="200cf37" w14:textId="200cf37">
+    <w:p w14:paraId="df06ca7" w14:textId="df06ca7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -795,51 +795,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 23.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 238-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 17.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 142-VII</w:t>
       </w:r>
       <w:r>
@@ -1611,51 +1611,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгеріс енгізілді - ҚР 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); ҚР </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
@@ -2769,51 +2769,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді - ҚР 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11883,51 +11883,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 39-бапқа өзгеріс енгізілді - ҚР 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12359,51 +12359,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 403-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 17.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 142-VII</w:t>
       </w:r>
       <w:r>
@@ -12781,51 +12781,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Алып тасталды - ҚР 21.05.2007 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 254-ІІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13162,51 +13162,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8) алып тасталды - ҚР 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13748,51 +13748,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Алып тасталды - ҚР 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13830,51 +13830,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 45-бапқа өзгеріс енгізілді - ҚР 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14534,51 +14534,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 284-І</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (жарияланған күнiнен бастап күшiне енедi); 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14754,51 +14754,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 254-ІІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі); </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (08.06.2022 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15642,51 +15642,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3) алып тасталды - ҚР 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15824,91 +15824,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 254-ІІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16204,51 +16204,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 254-ІІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгерістер енгізілді - ҚР </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16536,51 +16536,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (08.06.2022 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16776,71 +16776,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 254-ІІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгерістер енгізілді – ҚР </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17096,51 +17096,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 254-ІІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі); 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
@@ -17516,51 +17516,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 254-ІІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі); </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (08.06.2022 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18684,71 +18684,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 254-ІІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі); 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); ҚР </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20826,51 +20826,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 254-ІІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі); 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21572,71 +21572,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 254-ІІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі); 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); ҚР </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21802,95 +21802,95 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Алып тасталды - ҚР 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 73-бапқа өзгеріс енгізілді - ҚР 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); ҚР </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
@@ -22026,51 +22026,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 254-ІІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі); 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); ҚР </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
@@ -23654,51 +23654,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 78-бапқа өзгеріс енгізілді - ҚР </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23870,51 +23870,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 79-бапқа өзгеріс енгізілді - ҚР 10.03.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24204,51 +24204,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 254-ІІІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгеріс енгізілді - ҚР </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08.06.2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (08.06.2022 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>