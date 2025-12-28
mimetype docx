--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e497454" w14:textId="e497454">
+    <w:p w14:paraId="6041a28" w14:textId="6041a28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,127 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шығыс Қазақстан облысы Алтай ауданы мәслихатының 2025 жылғы 24 қазандағы № 33/2-VIII шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осы шешімнің қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Алтай ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -897,77 +973,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Алтай ауданының </w:t>
+              <w:t xml:space="preserve">Алтай ауданының мәслихатының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мәслихатының </w:t>
-[...12 lines deleted...]
-              <w:t>2025 жылғы 24 қазандағы</w:t>
+              <w:t xml:space="preserve">2025 жылғы 24 қазандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 33/2-VIII шешіміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1014,64 +1077,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Алтай ауданының </w:t>
-[...12 lines deleted...]
-              <w:t>мәслихатының</w:t>
+              <w:t>Алтай ауданының мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1104,150 +1154,5247 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған аудандық бюджет </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I.Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25078241,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22821873,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20031404,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Корпоративтік табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17481665,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2549739,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтiк салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1962418,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтiк салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1962418,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+637737,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+637737,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119650,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Акциздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9357,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40419,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсiпкерлiк және кәсiби қызметтi жүргiзгенi үшiн алынатын алымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69874,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңдық маңызы бар әрекеттерді жасағаны және (немесе) оған уәкілеттігі бар мемлекеттік органдар немесе лауазымды адамдар құжаттар бергені үшін алынатын міндетті төлемдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70664,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік баж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70664,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20395,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8011,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8011,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12384,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12384,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2235972,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төмен тұрған мемлекеттiк басқару органдарынан трансферттер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130066,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалалардың, ауылдардың, кенттердің, ауылдық округтардың бюджеттерінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130066,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2105906,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстық бюджеттен түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2105906,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Санаты</w:t>
+Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың</w:t>
-[...17 lines deleted...]
-теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1277,51 +6424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныбы</w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -1333,115 +6480,114 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...62 lines deleted...]
-Кіші сыныбы</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -1453,146 +6599,146 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-Атауы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -1604,424 +6750,426 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...145 lines deleted...]
-22821873,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25323027,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -2046,171 +7194,202 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-20031404,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1790129,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...31 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2224,7279 +7403,2130 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-17481665,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+602684,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...134 lines deleted...]
-2549739,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан (облыстық маңызы бар қала) мәслихатының аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59519,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...134 lines deleted...]
-1962418,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан (облыстық маңызы бар қала) мәслихатының қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55444,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...134 lines deleted...]
-1962418,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1050,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...134 lines deleted...]
-637737,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәслихаттар депутаттары қызметінің тиімділігін арттыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3025,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...134 lines deleted...]
-637737,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан (облыстық маңызы бар қала) әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+543165,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...134 lines deleted...]
-119650,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан (облыстық маңызы бар қала) әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+437330,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...134 lines deleted...]
-9357,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24815,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...134 lines deleted...]
-40419,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төменгі тұрған бюджеттерге берілетін нысаналы ағымдағы трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81020,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...134 lines deleted...]
-69874,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылық қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+165817,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5537 lines deleted...]
-          </w:p>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 452</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>