--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="51ead6a" w14:textId="51ead6a">
+    <w:p w14:paraId="0916bb5" w14:textId="0916bb5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -271,1095 +271,1203 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025-2027 жылдарға арналған Ақжар аудандық бюджеті осы шешімге тиісінше 1, 2 және 3 қосымшаларға сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) кірістер – 80 626 мың теңге:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) кірістер – 74 559 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 5 161 мың теңге;</w:t>
+      салықтық түсімдер – 5 403,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 104 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 415 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 172,7 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 74 946 мың теңге;</w:t>
+      трансферттер түсімі – 68 879 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 80 626,1 мың теңге;</w:t>
+      2) шығындар – 81 876,6 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін саты палу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 теңге;</w:t>
+      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -0,1 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -7 317,6 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0,1 мың теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 7 317,6 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0,1 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 7 317,6 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған ауылдық округ бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес мынадай салық түсімдері есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауылдық округтің аумағында мемлекеттік кіріс органдарында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z26" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z27" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z28" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауылдық округ аумағындағы осы салық салу объектілері бойынша жеке тұлғаларға салынатын мүлік салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z29" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауылдық округтің аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекендер жерлерiне салынатын жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z30" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z31" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z32" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілетін тұрған жері ауылдық округтің аумағында орналасқан заңды тұлғалардан алынатын көлік құралдары салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z33" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бірыңғай жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z34" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жер учаскелерін пайдаланғаны үшін төлемақы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z35" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сыртқы (көрнекі) жарнаманы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z36" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтегі үй-жайлардың шегінен тыс ашық кеңістікте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z37" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің аумақтары арқылы өтетін жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуiнде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z38" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлiнген белдеуiнен тыс жерде орналастырғаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z39" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) ауылдық округ аумағындағы кең таралған пайдалы қазбаларға, жерасты суларына және емдік балшықтарға салынатын пайдалы қазбаларды өндіру салығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z40" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған ауылдық округ бюджетінің келесі салықтық емес түсімдер есебінен қалыптасуы белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z41" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауылдық округтердің әкімдері әкімшілік құқық бұзушылықтар үшін салатын айыппұлдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z42" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке және заңды тұлғалардың ерікті түрдегі алымдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z43" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін кірістер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z44" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ әкімі аппаратының шешімі бойынша құрылған коммуналдық мемлекеттік кәсіпорындардың таза кірісі бөлігінің түсімдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z45" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігіндегі (жергілікті өзін-өзі басқарудың коммуналдық меншігіндегі) заңды тұлғаларға қатысу үлесіне кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z46" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық меншігінің (жергілікті өзін-өзі басқарудың коммуналдық меншігінің) мүлкін жалға беруден түсетін кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z47" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетінен берілген кредиттер бойынша сыйақылар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z48" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін өзге де кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z49" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ауылдық округ бюджеттеріне түсетін өзге де салықтық емес түсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z50" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мыналар ауылдық округ бюджеттеріне негізгі капиталды сатудан түсетін түсімдер болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z51" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауылдық округ бюджеттерінен қаржыландырылатын мемлекеттік мекемелерге бекітіп берілген мемлекеттік мүлікті сатудан түсетін ақша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z52" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z53" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жер учаскелерін жалға беру құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z54" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аудандық бюджеттен берілетін трансферттер ауылдық округ бюджетіне түсетін трансферттер түсімдері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z55" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған ауылдық округ бюджетінде аудандық бюджеттен округ бюджетіне берілетін субвенция көлемі 51 772 мың теңге сомасында көзделгендігі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z56" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7. 4 қосымшаға сәйкес 2025 жылға арналған аудандық бюджет қаржылық жыл басына қалыптасқан бюджеттік қаражаттың бос қалдықтарын және облястық бюджеттен 2024 жылы пайдаланылмаған (толық пайдаланылмаған) берілген нысаналы трансферттерді қайтару есебінен шығыстар көзделсін.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Осы шешімге 4 қосымшаға сәйкес 2025 жылы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтарынан ауылдық округ бюджетінің шығыстары көзделсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының "2025-2027 жылдарға арналған Үлкен Қараой ауылдық округі бюджетін бекіту туралы" 2024 жылғы 30 желтоқсандағы № 27-23 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа еңгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1732,68 +1840,9944 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29-13 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақжар ауданы Үлкен Қараой ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1)      Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74559</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5403,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1675</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1675</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3728,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+715</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+436</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2301,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біріңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+276</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салық емес тусімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+172,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+172,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+172,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68879</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68879</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68879</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81876,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30276,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30276,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27131,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27131,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1914</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2991</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді көріктендіру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22026,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23968,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23968,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23968,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-7317,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7317,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7317,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7317,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7317,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Солтүстік Қазақстан облысы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ақжар аудандық мәслихатының </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 жылғы 12 мамырдағы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 29-13 шешіміне 2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z70" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ақжар ауданы Үлкен Қараой ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1937,70 +11921,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z65" w:id="56"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="56"/>
+          <w:bookmarkStart w:name="z71" w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2109,87 +12093,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І. Кірістер</w:t>
-[...35 lines deleted...]
-80626</w:t>
+І.Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60171</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2322,51 +12306,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5161</w:t>
+5444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2463,87 +12447,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыс салығы </w:t>
-[...35 lines deleted...]
-1675</w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1767</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2676,51 +12660,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1675</w:t>
+1767</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2853,51 +12837,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3486</w:t>
+3677</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3030,51 +13014,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-715</w:t>
+754</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3207,51 +13191,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-436</w:t>
+460</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3348,87 +13332,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк құралдарын салынатын салық</w:t>
-[...35 lines deleted...]
-2059</w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3561,51 +13545,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-276</w:t>
+291</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3738,51 +13722,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104</w:t>
+110</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3915,51 +13899,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104</w:t>
+110</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4092,51 +14076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104</w:t>
+110</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4800,51 +14784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74946</w:t>
+54202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4977,51 +14961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74946</w:t>
+54202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5154,51 +15138,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74946</w:t>
+54202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5218,66 +15202,86 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Сомасы мың теңге</w:t>
+          <w:bookmarkStart w:name="z72" w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5362,51 +15366,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+Бюджеттікбағдарламалардыңәкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -5667,51 +15671,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80626,1</w:t>
+60171</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5844,51 +15848,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27190</w:t>
+28975</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6021,51 +16025,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27190</w:t>
+28975</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6162,87 +16166,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндег іқызметтер</w:t>
-[...35 lines deleted...]
-27190</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз етужөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28975</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6375,51 +16379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27584</w:t>
+3803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6552,51 +16556,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27584</w:t>
+3803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6729,51 +16733,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1914</w:t>
+2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6906,228 +16910,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2191</w:t>
+1784</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-200</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27393</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7147,341 +17151,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-23279</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27393</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-25352</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27393</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7501,164 +17505,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-25352</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІІІ. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7710,309 +17710,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-25352</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-500</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8032,164 +18024,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-500</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8241,486 +18229,478 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-500</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VІ. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-0,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8740,164 +18720,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-0,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражанты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8949,1701 +18929,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...209 lines deleted...]
-ІV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражантының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
-            </w:r>
-[...1402 lines deleted...]
-0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10877,74 +19288,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 29-13 шешіміне 2-қосымша</w:t>
+              <w:t>№ 29-13 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:bookmarkStart w:name="z77" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ақжар ауданы Үлкен Қараой ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> Ақжар ауданы Үлкен Қараой ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11088,70 +19499,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="58"/>
+          <w:bookmarkStart w:name="z78" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11296,51 +19707,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60171</w:t>
+61491</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11473,51 +19884,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5444</w:t>
+5717</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11650,51 +20061,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1767</w:t>
+1855</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11827,51 +20238,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1767</w:t>
+1855</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12004,51 +20415,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3677</w:t>
+3862</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12181,51 +20592,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-754</w:t>
+792</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12358,51 +20769,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-460</w:t>
+483</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12535,51 +20946,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2172</w:t>
+2281</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12712,51 +21123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-291</w:t>
+306</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12889,51 +21300,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110</w:t>
+116</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13066,51 +21477,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110</w:t>
+116</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13243,51 +21654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110</w:t>
+116</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13951,51 +22362,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54202</w:t>
+55243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14128,51 +22539,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54202</w:t>
+55243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14305,51 +22716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54202</w:t>
+55243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14369,70 +22780,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="59"/>
+          <w:bookmarkStart w:name="z79" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="59"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14838,51 +23249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60171</w:t>
+61491</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15015,51 +23426,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28975</w:t>
+29375</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15192,51 +23603,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28975</w:t>
+29375</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15369,51 +23780,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28975</w:t>
+29375</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15546,51 +23957,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3803</w:t>
+3993</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15723,51 +24134,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3803</w:t>
+3993</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15900,51 +24311,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2019</w:t>
+2120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16077,51 +24488,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1784</w:t>
+1873</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16254,51 +24665,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27393</w:t>
+28123</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16431,51 +24842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27393</w:t>
+28123</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16608,51 +25019,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27393</w:t>
+28123</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18455,74 +26866,112 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 29-13 шешіміне 3-қосымша</w:t>
+              <w:t>№ 29-13 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="60"/>
+    <w:bookmarkStart w:name="z84" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ақжар ауданы Үлкен Қараой ауылдық округінің 2027 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> 2025 жылы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтары есебінен бюджетінің шығыстарын бөлу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -18666,436 +27115,420 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="61"/>
-[...34 lines deleted...]
-мың теңге</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-61491</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қалдықтарының пайдаланылатын қаражаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7317,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-5717</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7317,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19115,164 +27548,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1855</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7317,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19324,309 +27757,305 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-1855</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығыстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7317,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3862</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7317,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19646,164 +28075,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-792</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7317,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19864,300 +28293,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-483</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді көріктендіру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7317,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2281</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансфертер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20177,7393 +28606,353 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-306</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5432 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...277 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-[...1462 lines deleted...]
-    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>