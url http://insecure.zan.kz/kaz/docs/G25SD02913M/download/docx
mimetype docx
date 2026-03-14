--- v1 (2025-12-28)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0916bb5" w14:textId="0916bb5">
+    <w:p w14:paraId="0bba4c6" w14:textId="0bba4c6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -28979,55 +28979,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>