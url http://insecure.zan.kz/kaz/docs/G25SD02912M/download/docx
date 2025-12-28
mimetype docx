--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e7a0668" w14:textId="e7a0668">
+    <w:p w14:paraId="6e6dcaa" w14:textId="6e6dcaa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -272,1074 +272,1202 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025-2027 жылдарға арналған Ақжар ауданы Талшық ауылдық округінің бюджеті бюджеті осы шешімге тиісінше 1, 2 және 3 қосымшаларға сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 234 151 мың теңге, оның ішінде мыналар бойынша:</w:t>
+      1) кірістер – 242 605,5 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 48 569 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түскен түсімдер – 925 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 925 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 184 657 мың теңге;</w:t>
+      трансферттер түсімі – 193 111,5 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу – 0 теңге, соның ішінде:</w:t>
+      2) шығындар – 247 981 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттерді жабу – 0 теңге;</w:t>
+      бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржылық активтермен операциялар бойынша сальдо – 0 теңге, сонымен қатар:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржылық активтер сатып алу – 0 теңге;</w:t>
+      қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекетке қаржылық активтерді сатудан түскен түсім – 0 теңге;</w:t>
+      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – 0 теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -5 375,5 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0 теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 5 375,5 мың тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0 теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 5 375,5 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған ауылдық округ бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес келесі салықтық түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z25" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       егер осы Кодекстің 26-бабының 1) тармағының 2) тармақшасында өзгеше белгіленбесе, мемлекеттік кірістер органында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z26" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z27" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері ауылдың аумағында орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z28" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ аумағындағы осы салық салу объектілері бойынша жеке тұлғаларға салынатын мүлік салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z29" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елді мекендердің жерлеріне салынатын жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z30" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z31" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері ауыл аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z32" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілген тұрған жері ауылдың аумағында орналасқан заңды тұлғалардан алынатын көлік құралы салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z33" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бірыңғай жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z34" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін пайдаланғаны үшін төлемақы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z35" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыртқы (көрнекі) жарнаманы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z36" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдағы үй-жайлардың шегінен тыс ашық кеңістікте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z37" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің аумақтары арқылы өтетін жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z38" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінен тыс жерде орналастырғаны үшін төлемақы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z39" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ аумағындағы кең таралған пайдалы қазбаларға, жерасты суларына және емдік балшықтарға салынатын пайдалы қазбаларды өндіру салығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z40" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған ауылдық округ бюджетінің кірістері келесі салықтық емес түсімдер есебінен қалыптасуы белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z41" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ әкімі әкімшілік құқық бұзушылықтар үшін салатын айыппұлдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z42" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке және заңды тұлғалардың ерікті түрдегі алымдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z43" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін кірістер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z44" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ әкімі аппаратының шешімі бойынша құрылған коммуналдық мемлекеттік кәсіпорындардың таза кірісі бөлігінің түсімдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z45" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігіндегі (жергілікті өзін-өзі басқарудың коммуналдық меншігіндегі) заңды тұлғаларға қатысу үлесіне кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z46" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінің (жергілікті өзін-өзі басқарудың коммуналдық меншігінің) мүлкін жалға беруден түсетін кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z47" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетінен берілген кредиттер бойынша сыйақылар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z48" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін өзге де кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z49" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетіне түсетін өзге де салықтық емес түсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z50" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған ауылдық округ бюджетінің кірістері негізгі капиталды сатудан түсетін түсімдер есебінен қалыптасуы белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z51" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетінен қаржыландырылатын мемлекеттік мекемелерге бекітіліп берілген мүлікті сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z52" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z53" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалдау құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z54" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аудандық бюджеттен берілетін трансферттер ауылдық округ бюджеттеріне түсетін трансферттердің түсімдері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z55" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. 2025 жылға арналған ауылдық округ бюджетінде аудандық бюджеттен округ бюджетіне берілетін субвенция көлемі 27 187 мың теңге сомасында көзделгендігі ескерілсін</w:t>
+      6. 2025 жылға арналған ауылдық округ бюджетінде аудандық бюджеттен округ бюджетіне берілетін субвенция көлемі 27 187 мың теңге сомасында көзделгендігі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1. Ауылдық округ бюджетінің шығыстары осы шешімнің 4 қосымшасына сәйкес қаржы жылының басында жинақталған, 2024 жылы пайдаланылмаған (толық пайдаланылмаған) бюджет қаражатының бос қалдықтары есебінен қамтамасыз етілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2024 жылы қаржы жылының басында болған, пайдаланылмаған (толық пайдаланылмаған) бюджет қаражатының бос қалдықтарының сомаларын бөлу Солтүстік Қазақстан облысы Ақжар ауданы Талшық ауылдық округі әкімінің "2025-2027 жылдарға арналған Ақжар ауданы Талшық ауылдық округінің бюджетін бекіту туралы" Ақжар аудандық мәслихатының шешімін іске асыру туралы шешімімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шешім 6-1-тармақпен толықтырылды - Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының "2025-2027 жылдарға арналған Ақжар ауданы Талшық ауылдық округінің бюджетін бекіту туралы" 2024 жылғы 30 желтоқсандағы № 27-22 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z57" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1712,68 +1840,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29-12 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақжар ауданы Талшық ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1917,70 +2083,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2125,51 +2289,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-234151</w:t>
+242605,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4249,51 +4413,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-184657</w:t>
+193111,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4426,51 +4590,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-184657</w:t>
+193111,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4603,51 +4767,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-184657</w:t>
+193111,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4682,50 +4846,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
@@ -5116,51 +5298,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-234151</w:t>
+247981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5293,51 +5475,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48569</w:t>
+59499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5470,51 +5652,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48569</w:t>
+59499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5647,51 +5829,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48569</w:t>
+57999</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5824,51 +6006,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122847</w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6001,51 +6183,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122847</w:t>
+124847</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6178,51 +6360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68985</w:t>
+124847</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6355,51 +6537,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45062</w:t>
+68985</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6532,51 +6714,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8800</w:t>
+47062</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6709,51 +6891,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10757</w:t>
+8800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7240,51 +7422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51978</w:t>
+10757</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7417,51 +7599,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51978</w:t>
+52878</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7594,51 +7776,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1978</w:t>
+52878</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7771,51 +7953,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50000</w:t>
+2778</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7944,51 +8126,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+50100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8636,51 +8818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+-5375,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8809,51 +8991,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+5375,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8986,51 +9168,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+5375,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9163,51 +9345,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+5375,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9340,51 +9522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+5375,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9624,68 +9806,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29-12 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақжар ауданы Талшық ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9829,70 +10011,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="57"/>
+          <w:bookmarkStart w:name="z70" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="57"/>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12579,70 +12761,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="58"/>
+          <w:bookmarkStart w:name="z71" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17025,68 +17207,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 29-12 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z76" w:id="59"/>
+    <w:bookmarkStart w:name="z76" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақжар ауданы Талшық ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17230,70 +17412,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z77" w:id="60"/>
+          <w:bookmarkStart w:name="z77" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19980,70 +20162,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="61"/>
+          <w:bookmarkStart w:name="z78" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="61"/>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -24143,50 +24325,2946 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Солтүстік Қазақстан облысы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақжар аудандық мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 12 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 29-12 шешіміне 4 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024 жылы пайдаланылмаған (толық пайдаланылмаған), қаржы жылының басында қалыптасқан,  бюджет қаражатының бос қалдықтарының сомаларын 2025 жылы бөлу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шешім 4-қосымшамен толықтырылды - Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5375,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5375,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5375,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттікбағдарламалардыңәкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығыстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5375,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4575,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4575,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3075,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -24218,55 +27296,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -24592,31 +27670,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>