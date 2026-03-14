--- v1 (2025-12-28)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6e6dcaa" w14:textId="6e6dcaa">
+    <w:p w14:paraId="363175d" w14:textId="363175d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -27296,55 +27296,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>