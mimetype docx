--- v0 (2025-11-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="438f3c1" w14:textId="438f3c1">
+    <w:p w14:paraId="d54e2fc" w14:textId="d54e2fc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -989,99 +989,155 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) салалық ғылыми ұйымдар мен технологиялық және инновациялық қызмет ұйымдарын дамытуға ұсыныстар әзірлеу және қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) денсаулық сақтау саласындағы ғылыми-зерттеу, ғылыми-техникалық және тәжірибелік-конструкторлық жұмыстардың жобаларын қарау.</w:t>
+      6) денсаулық сақтау саласындағы ғылыми-зерттеу, ғылыми-техникалық және тәжірибелік-конструкторлық жұмыстардың жобаларын қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) денсаулық сақтау саласындағы ғылыми жобалар мен бағдарламалардың енгізілу нәтижелеріне талдау жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ғылыми білімдерді денсаулық сақтау саясаты мен практикасына трансляциялауға, реформалар мен басқарушылық шешімдерді әзірлеуде ғылыми негізделген тәсілді қамтамасыз етуге жәрдемдесу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді – ҚР Денсаулық сақтау министрінің 17.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 265</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жариялаған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1341,65 +1397,101 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8) алып тасталды – ҚР Денсаулық сақтау министрінің 17.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 265</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) денсаулық сақтау саласындағы ғылыми жобалар мен бағдарламалардың енгізілу нәтижелеріне, олардың денсаулық сақтау жүйесінің сапасына, қолжетімділігіне және орнықтылығына, әлеуметтік және экономикалық әсеріне ықпалын ескере отырып, талдау жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) денсаулық сақтау саласындағы реформаларды, нормативтік өзгерістер мен басқарушылық шешімдерді ғылыми тұрғыдан негіздеу мақсатында ғылыми-талдамалық шолулар мен Policy Brief (нақты деректерге негізделген талдамалық анықтамалар) әзірлеуді және қарауды ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік технологиялық саясат және инновацияны мемлекеттік қолдау шаралары мәселелері бойынша:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
@@ -1699,51 +1791,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді – ҚР Денсаулық сақтау министрінің 17.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 265</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жариялаған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1770,1194 +1882,1552 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. ҒТК құрамын Министрлік ғылыми қоғамдастықтың және жеке кәсіпкерлік субъектілерінің, сондай-ақ денсаулық сақтау саласындағы заңды тұлғалардың ұсыныстары мен ұсынымдарын ескере отырып қалыптастырады және Қазақстан Республикасының Денсаулық сақтау министрі бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. ҒТК төрағадан, төраға орынбасарынан және тұрақты мүшелерінен тұрады. ҒТК құрамына денсаулық сақтау саласындағы жетекші ғалымдар, мемлекеттік органдар мен даму институттарының, "Атамекен" Ұлттық кәсіпкерлер палатасының, Ұлттық холдингтер мен компаниялардың өкілдері, ұлттық ғылыми кеңестің мүшелері, жеке кәсіпкерлік субъектілерінің салалық қауымдастықтардың, сондай-ақ ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері болып табылатын бейінді ғылыми ұйымдардың өкілдері кіреді.</w:t>
+      8. ҒТК төрағадан, төрағаның екі орынбасарынан және тұрақты мүшелерінен тұрады. ҒТК құрамына денсаулық сақтау саласындағы жетекші ғалымдар, мемлекеттік органдар мен даму институттарының, "Атамекен" Ұлттық кәсіпкерлер палатасының, ұлттық холдингтер мен компаниялардың өкілдері, Ұлттық ғылыми кеңестің, жеке кәсіпкерлік субъектілерінің салалық қауымдастықтардың, сондай-ақ ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері болып табылатын бейінді ғылыми ұйымдардың мүшелері кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
-[...15 lines deleted...]
-      9. ҒТК құрамының талаптарын ғылым саласындағы уәкілетті органмен келісілген Министрлік айқындайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жариялаған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Алып тасталды – ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жариялаған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. ҒТК құрамына сайланатын ғалымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
-[...15 lines deleted...]
-      10. ҒТК құрамына сайланатын ғалымдар:</w:t>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының азаматтары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
-[...15 lines deleted...]
-      1) Қазақстан Республикасының азаматтары;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ҒТК құрамы қалыптасқан күнге дейін 3 (үш) жыл ішінде ғылыми және (немесе) ғылыми-техникалық қызметтің аккредиттелген субъектілерінің жұмыскерлері болып табылатын немесе шетелдік ғылыми ұйымдарда немесе ЖООКББҰ ғылыми және (немесе) ғылыми-техникалық қызметпен айналысатын ғылым докторы (PhD), бейіні бойынша доктор, ғылым докторы немесе ғылым кандидаты дәрежесінің болуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
-[...15 lines deleted...]
-      2) ҒТК құрамы қалыптасқан күнге дейін 3 (үш) жыл ішінде ғылыми және (немесе) ғылыми-техникалық қызметтің аккредиттелген субъектілерінің жұмыскерлері болып табылатын немесе шетелдік ғылыми ұйымдарда немесе ЖООКББҰ ғылыми және (немесе) ғылыми-техникалық қызметпен айналысатын ғылым докторы (PhD), бейіні бойынша доктор, ғылым докторы немесе ғылым кандидаты дәрежесінің болуы;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті органның реттелетін салаларында ғылыми-зерттеу және (немесе) ғылыми-педагогикалық жұмыс өтілі кемінде 5 (бес) жыл болуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
-[...15 lines deleted...]
-      3) уәкілетті органның реттелетін салаларында ғылыми-зерттеу және (немесе) ғылыми-педагогикалық жұмыс өтілі кемінде 5 (бес) жыл болуы тиіс.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 10-тармаққа өзгеріс енгізілді – ҚР Денсаулық сақтау министрінің 17.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 265</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. ҒТҚ құрамының 70%-нан (жетпіс пайыз) аспайтын, жұмыс өтілі кемінде 5 (бес) жыл:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тиісті мемлекеттік органдар ұсынған мемлекеттік органдардың;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z63" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уәкілетті органның реттелетін салаларында тиісті ұйымдар ұсынған ұлттық басқарушы холдингтердің, ұлттық даму институттарының, ұлттық холдингтердің, ұлттық компаниялардың;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Атамекен" Қазақстан Республикасының Ұлттық кәсіпкерлер палатасы ұсынған жеке кәсіпкерлік субъектілері мен олардың бірлестіктерінің жұмыскерлерінен және (немесе) сарапшыларынан қалыптастырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ұлттық ғылыми кеңестердің, жеке кәсіпкерлік субъектілерінің салалық қауымдастықтардың, ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері болып табылатын бейінді ғылыми ұйымдардың мүшелері.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді – ҚР Денсаулық сақтау министрінің 17.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 265</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 10-тармаққа өзгеріс енгізілді – ҚР Денсаулық сақтау министрінің 17.04.2025 </w:t>
+        <w:t xml:space="preserve">12. Алып тасталды – ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жариялаған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. ҒТК төрағасы және төраға орынбасарлары ҒТК бірінші отырысында ҒТК мүшелерінің ашық дауыс беруі арқылы ҒТК мүшелерінің қатарынан сайланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жариялаған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. ҒТК төрағасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отырыстарда төрағалық етеді және оның қызметіне басшылық жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) даулы мәселелерді талқылауда алқалылықты қамтамасыз етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ҒТК отырыстарын өткізудің күн тәртібін, күнін, уақытын, орнын және нысанын айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ҒТК отырыстарының хаттамаларына қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ҒТК шешімдерінің іске асырылуына жалпы үйлестіруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Төраға болмаған жағдайда оның функцияларын орынбасарларының бірі орындайды. Орынбасарлар тарапынан функционалдық міндеттердің атқарылу тәртібі ҒТК отырысында айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жариялаған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. ҒТК жанынан ғылыми қамтамасыз етуді ұйымдастыруды және ҒТК отырысына шығарылатын бейіндік мәселелерді қарауды жүзеге асыратын мамандандырылған секциялар (бұдан әрі – Секциялар) құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жариялаған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Секцияның атауы, оның дербес құрамы, сондай-ақ Секцияның жұмыс органы ҒТК отырысында бекітіледі. Секцияның жетекшісі қажет болған жағдайда тиісті бағыт бойынша сарапшыларды Секция жұмысына тартуға құқылы. Тартылған сарапшылар Секция жұмысына дауыс беру құқығынсыз қатысады. Секция жұмысы барысында шешімдерді қабылдау кезінде дауыстар тең болған жағдайда шешуші дауыс Секция жетекшісіне тиесілі болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жариялаған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. ҒТК құрамы 3 (үш) жыл мерзімге бекітіледі және тақ санынан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жариялаған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. ҒТК жұмысы күндізгі және сырттай отырыстар нысанында жүзеге асырылады. Қажет болған жағдайда ҒТК отырыстары ақпараттық-коммуникациялық технологиялар мен байланыс жүйелерін пайдалана отырып өткізілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z82" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. ҒТК қажеттілігіне қарай жиналады, бірақ жылына кемінде екі рет. Егер отырысқа оның мүшелерінің кемінде 2/3 бөлігі қатысқанда, ҒТК шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z83" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. ҒТК-ның жұмыс органының лауазымды тұлғасы болып табылатын хатшы мынадай функцияларды жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отырыстарға арналған материалдарды дайындау, жинау және жүйелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ҒТК мүшелері мен шақырылған тұлғаларға ҒТК отырыстарының өтетіндігі туралы хабарламаларды уақтылы жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отырыстардың күн тәртібін қалыптастыру, отырыстарды хаттамалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ҒТК шешімдерінің жобаларын дайындау және отырыстардан кейін хаттамаларды ресімдеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 17.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 265</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
-[...94 lines deleted...]
-      4) ұлттық ғылыми кеңестердің, жеке кәсіпкерлік субъектілерінің салалық қауымдастықтардың, ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері болып табылатын бейінді ғылыми ұйымдардың мүшелері.</w:t>
+    <w:bookmarkStart w:name="z84" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Отырыс хаттамалары, күн тәртібіндегі мәселелер бойынша материалдар, есептер, актілер Министрлікке беріледі және "Мемлекеттік және мемлекеттік емес ұйымдарда құжаттама жасау, құжаттаманы басқару және электрондық құжат айналымы жүйелерін пайдалану қағидаларын бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 25 тамыздағы № 236 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33339 болып тіркелген) сәйкес сақталады .</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z85" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. ҒТК шешімдері ашық дауыс беру арқылы қабылданады және ҒТК-нің отырысына қатысқан мүшелердің жалпы санының кемінде 2/3-і дауыс берсе, қабылданды деп есептеледі. Дауыстар тең болғанда, шешуші Төрағаның дауысы болады. Хатшы ҒТК мүшесі болып табылмайды және шешім қабылдау кезінде дауыс бермейді. Дауыс беруге шығарылған мәселе бойынша ҒТК мүшелерінің ерекше пікірі болған жағдайда, Хатшы хаттамаға тиісті жазба енгізеді. ҒТК мүшесінің шешімдер қабылдау және дауыс беруден негізсіз бас тартуына болмайды. Қабылданған шешімдер хаттамамен рәсімделеді және оған Төраға, ҒТК мүшелері мен Хатшы қол қояды. Хаттамалардың көшірмелері ҒТК мүшелеріне жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z86" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. ҒТК жұмыс органы Министрліктің құрылымдық бөлімшесі немесе квазимемлекеттік сектор субъектісі (бұдан әрі – Жұмыс органы) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z87" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Жұмыс органы ҒТК қызметін қамтамасыз ету мақсатында:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z88" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ҒТК жұмысын ұйымдастырушылық-техникалық қамтамасыз ету, оның ішінде отырыс өткізілгенге дейін 5 (бес) жұмыс күні бұрын ҒТК мүшелеріне жіберілетін материалдарды дайындауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z89" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жыл сайынғы негізде ҒТК мүшелерінен Тізбені қалыптастыру бойынша ұсыныстарды жинауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z90" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ҒТК жұмысы туралы жоспарлар мен есептер жасайды және орындалуын үйлестіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ҒТК мүшелеріне отырыс өткізуге 5 (бес) жұмыс күні қалғанға дейін жіберілетін материалдарды жинау.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді – ҚР Денсаулық сақтау министрінің 17.04.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармаққа өзгеріс енгізілді – ҚР Денсаулық сақтау министрінің 17.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 265</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
-[...529 lines deleted...]
-      22. Отырыс хаттамалары, күн тәртібіндегі мәселелер бойынша материалдар, есептер, актілер Министрлікке беріледі және "Мемлекеттік және мемлекеттік емес ұйымдарда құжаттама жасау, құжаттаманы басқару және электрондық құжат айналымы жүйелерін пайдалану қағидаларын бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 25 тамыздағы № 236 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33339 болып тіркелген) сәйкес сақталады .</w:t>
+    <w:bookmarkStart w:name="z91" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. ҒТК жұмыс органы жыл сайын есепті жылдан кейінгі айдың 20-күнінен кешіктірмей Министрлікке және ғылым саласындағы уәкілетті органға есепті кезеңнің қорытындылары бойынша ҒТК жұмысы туралы ақпарат ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z85" w:id="76"/>
-[...218 lines deleted...]
-    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3283,31 +3753,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>