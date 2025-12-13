--- v0 (2025-10-11)
+++ v1 (2025-12-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0940b58" w14:textId="0940b58">
+    <w:p w14:paraId="bd36fd8" w14:textId="bd36fd8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -329,203 +329,143 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін: </w:t>
+        <w:t>
+      1. 2025-2027 жылдарға арналған Канонерка ауылдық округінің бюджеті тиісінше 2025 жылға келесі көлемдерде бекітілсін:           </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 52322,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 74 577,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 9 500,0 мың теңге;</w:t>
+      салықтық түсімдер – 10 300,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0,0 мың теңге</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 42 822,0 мың теңге;</w:t>
+      трансферттер түсімі – 64 277,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 56 864,9  мың теңге;</w:t>
+      2) шығындар – 79119,9  мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -553,51 +493,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо - 0,0 мың  теңге, соның ішінде:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо - 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -625,51 +565,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -4 542,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 4 542,9 мың  теңге, соның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 4 542,9 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -707,61 +647,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Бесқарағай аудандық мәслихатының 10.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Бесқарағай аудандық мәслихатының 23.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/7-VIII</w:t>
+        <w:t>№ 32/7-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1076,61 +1016,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Канонерка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Бесқарағай аудандық мәслихатының 10.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Бесқарағай аудандық мәслихатының 23.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/7-VIII</w:t>
+        <w:t>№ 32 /7-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1896,51 +1836,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52322,0</w:t>
+74577,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2060,51 +2000,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9500,0</w:t>
+10300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2583,51 +2523,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5350,0</w:t>
+6150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3168,51 +3108,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4720,0</w:t>
+5520,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3312,50 +3252,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3489,50 +3447,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3666,50 +3642,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3843,50 +3837,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4020,50 +4032,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4374,50 +4404,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Негізгі капиталды сатудан түсетін түсімдер </w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4551,50 +4599,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4728,50 +4794,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4925,51 +5009,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42822,0</w:t>
+64277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5056,84 +5140,102 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-42822,0</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5251,84 +5353,102 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстықмаңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-42822,0</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5428,50 +5548,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қарыздар түсімдері </w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5605,50 +5743,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік ішкі қарыздар</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5782,50 +5938,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз алу келісім-шарттары</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6154,50 +6328,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6329,50 +6521,68 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7232,51 +7442,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56864,9</w:t>
+79119,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7408,84 +7618,102 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-43554,6</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51809,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7617,84 +7845,102 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-43554,6</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51809,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7826,84 +8072,102 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-43554,6</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51809,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8035,502 +8299,538 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімініңқызметінқамтамасызетужөніндегіқызметтер</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-43554,6</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44309,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-10989,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-10989,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24989,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8550,196 +8850,214 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-10989,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi-мекендердiкөркейту</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24989,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8791,164 +9109,182 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-6089,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24989,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9041,123 +9377,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-4200,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20089,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9250,505 +9604,559 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 011</w:t>
-[...71 lines deleted...]
-700,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1800,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Автомобиль көлігі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9804,160 +10212,178 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10045,128 +10471,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10190,302 +10616,320 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10541,50 +10985,68 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқалар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10640,160 +11102,178 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10881,128 +11361,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11122,92 +11602,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-III. Таза бюджеттік кредиттеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11368,51 +11852,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11573,51 +12057,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11777,52 +12261,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-IV. Қаржы активтері мен операциялар бойынша сальдо </w:t>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11982,52 +12466,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Қаржы активтерін сатыпалу</w:t>
+              <w:t xml:space="preserve">
+IV. Қаржы активтері мен операциялар бойынша сальдо </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12188,51 +12672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Қаржы активтерін сатыпалу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12392,88 +12876,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
--4542,9</w:t>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12597,371 +13081,367 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-4542,9</w:t>
+              <w:t xml:space="preserve">
+V. Бюджет тапшылығы(профициті) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-4542,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-521,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4542,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13116,160 +13596,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13357,128 +13837,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13502,302 +13982,302 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+521,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13952,160 +14432,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14193,128 +14673,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының жоғары тұрған бюджет алдындағы борышын өтеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14434,121 +14914,133 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...69 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының жоғары тұрған бюджет алдындағы борышын өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>