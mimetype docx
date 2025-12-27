--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bc497b3" w14:textId="bc497b3">
+    <w:p w14:paraId="fe1c1cb" w14:textId="fe1c1cb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -338,51 +338,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекiтiлсiн:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кiрiстер: 98 273 мың теңге;</w:t>
+      1) кiрiстер: 157 873 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсiмдер 29 700 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -410,69 +410,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсiмi 68 573 мың теңге;</w:t>
+      трансферттер түсiмi 128 173 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар 102 273 мың теңге;</w:t>
+      2) шығындар 161 873 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттiк кредиттеу 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -500,51 +500,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо0 теңге;</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерді сатып алу 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -554,87 +554,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профицит) -4 000 мың теңге;</w:t>
+      5) бюджет тапшылығы (профицит) - 4 000 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын</w:t>
-[...17 lines deleted...]
-      (профицитті пайдалану) қаржыландыру 4 000 мың теңге;</w:t>
+      6) бюджет тапшылығын (профицитті пайдалану) қаржыландыру 4 000 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -644,107 +626,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражаттарының</w:t>
-[...17 lines deleted...]
-      пайдаланылатын қалдықтары 4 000 мың теңге.</w:t>
+      бюджет қаражаттарының пайдаланылатын қалдықтары 4 000 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 372</w:t>
+        <w:t>№ 393</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1425,61 +1389,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Көктау ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 24.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 372</w:t>
+        <w:t>№ 393</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2203,51 +2167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98 273</w:t>
+157 873</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2557,51 +2521,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 500</w:t>
+10 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2734,51 +2698,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 500</w:t>
+10 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4150,51 +4114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68 573</w:t>
+128 173</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4327,51 +4291,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68 573</w:t>
+128 173</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4504,51 +4468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68 573</w:t>
+128 173</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5468,51 +5432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102 273</w:t>
+161 873</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5677,51 +5641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 188</w:t>
+67 588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5886,51 +5850,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 188</w:t>
+67 588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6095,51 +6059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 188</w:t>
+67 588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6304,51 +6268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 188</w:t>
+67 588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6513,51 +6477,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 786</w:t>
+90 986</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6722,51 +6686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 786</w:t>
+90 986</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6931,51 +6895,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 786</w:t>
+90 986</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7140,51 +7104,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 700</w:t>
+67 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7558,51 +7522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 086</w:t>
+21 586</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>