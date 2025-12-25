--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f8eeee5" w14:textId="f8eeee5">
+    <w:p w14:paraId="0482d45" w14:textId="0482d45">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -15164,1646 +15164,1831 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z602" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі туралы ереже</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z603" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 8-қосымша жаңа редакцияда - Қостанай облысы Бейімбет Майлин ауданы әкімдігінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 1. Тарау Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z604" w:id="567"/>
-[...15 lines deleted...]
-      1. "Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі (бұдан әрі – "Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" ММ) жұмыспен қамту, халықты әлеуметтік қорғау, қарттарға, мүгедектігі бар адамдарға, оның ішінде мүгедектігі бар балаларға арнаулы әлеуметтік қызметтер көрсету, үйде күндізгі күтім саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі (бұдан әрі – бөлім) жұмыспен қамту, халықты әлеуметтік қорғау, қарттарға, мүгедектігі бар адамдарға, оның ішінде мүгедектігі бар балаларға арнаулы әлеуметтік қызметтер көрсету, үйде күндізгі күтім саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z605" w:id="568"/>
+    <w:bookmarkStart w:name="z25" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Бөлімде ведомстволық бағынысты мекемесі бар: "Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің арнаулы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z26" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" ММ өз қызметін Қазақстан Республикасының </w:t>
+      3. Бөлім өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы </w:t>
-[...39 lines deleted...]
-      3. "Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" ММ мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және өз атауы қазақ тілінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+        <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z607" w:id="570"/>
-[...15 lines deleted...]
-      4. "Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" ММ өз атынан азаматтық-құқықтық қатынастарға түсуге құқылы.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бөлім мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және өз атауы қазақ тілінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z608" w:id="571"/>
-[...15 lines deleted...]
-      5. "Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" ММ, егер оған Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген болса, мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Бөлім өз атынан азаматтық-құқықтық қатынастарға түсуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z609" w:id="572"/>
-[...15 lines deleted...]
-      6. "Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" ММ өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен "Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" ММ басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Бөлім егер оған Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген болса, мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z610" w:id="573"/>
-[...15 lines deleted...]
-      7. "Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесінің құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бөлім өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Бөлім басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z611" w:id="574"/>
-[...15 lines deleted...]
-      8. Заңды тұлғаның орналасқан жері: 111700, Қазақстан Республикасы, Қостанай облысы, Бейімбет Майлин ауданы, Әйет ауылы, Тәуелсіздік көшесі, 87.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бөлім құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z612" w:id="575"/>
+    <w:bookmarkStart w:name="z32" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 111700, Қазақстан Республикасы, Қостанай облысы, Бейімбет Майлин ауданы, Әйет ауылы, Тәуелсіздік көшесі, 87.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z33" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы ереже бөлімнің құрылтай құжаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z34" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Бөлім қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес республикалық және жергілікті бюджеттер қаражатынан жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z35" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бөлім кәсіпкерлік субъектілерімен Бөлім өкілеттігі болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z36" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Бөлімге заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z37" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Тарау Мемлекеттік органның міндеттері мен өкілеттіктері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z38" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Тапсырмалар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z39" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес халықтың әлеуметтік осал топтарына әлеуметтік көмек көрсетуді үйлестіру және ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z40" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) халықты жұмыспен қамтуға жәрдемдесу және әлеуметтік қорғау жөніндегі мемлекеттік бағдарламаларды іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z41" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) азаматтардың құқықтары мен мүдделерін, сондай-ақ халықты жұмыспен қамту және әлеуметтік қорғау туралы қолданыстағы заңнамада көзделген мемлекеттік кепілдіктерді қорғау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z42" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z43" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z44" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқықтар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z45" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Өз құзыреті шегінде ведомстволық бағынысты мекеменің орындауы міндетті бұйрықтар мен басқа да актілер шығару;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z46" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - өз құзыретi шегiнде мемлекеттiк органдардан және өзге де ұйымдардан белгiленген тәртiппен қажеттi ақпаратты, материалдар мен құжаттарды сұратуға және алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z47" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - жергiлiктi атқарушы органдармен келiсiм бойынша өзiнiң негiзгi қызметiн жоспарлау және жұмыспен қамту және әлеуметтiк қорғау секторларының дамуын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z48" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z49" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - осы Ережеге сәйкес мемлекеттiк органдарда және ұйымдарда жұмыспен қамту және халықты әлеуметтiк қорғау мәселелерi жөнiндегi жергiлiктi атқарушы органның атынан өкiлдiк етедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z50" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Осы </w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z615" w:id="578"/>
+      - Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституциясын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының заңдарын, Қазақстан Республикасының Президенті мен Үкіметінің актілерін, өзге де нормативтік құқықтық актілерді, сондай-ақ осы Ережені сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z51" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету стандарттарының сапасы мен қолжетімділігін арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z52" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтарды жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z53" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z54" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ведомстволық бағынысты коммуналдық мемлекеттік мекеменің қызметін үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z55" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нормативтік құқықтық актілердің жобаларын әзірлеу және олардың қабылдануын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z56" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) халықтың өмір сүру деңгейін тұрақтандыруға және жақсартуға бағытталған өңірлік бағдарламаларды әзірлеуге қатысу және олардың іске асырылуын талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z57" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес бюджеттік қажеттіліктерді болжау және әлеуметтік бағдарламаларды іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z58" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) арнаулы әлеуметтiк қызметтер көрсету, халыққа атаулы әлеуметтiк көмек көрсету және кедейлiктi азайту жөнiндегi шаралар саласындағы мемлекеттiк әлеуметтiк саясатты iске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z59" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) статистикалық және ведомстволық есептерді дайындау және ұсыну, бөлімнің құзыреті шегінде автоматтандырылған ақпараттық жүйелерге қызмет көрсетуді бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z60" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ағымдағы жылға арналған бюджеттік өтінімді және дамудың индикативті жоспарын қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z61" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік сатып алуды өткізуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z62" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тұрғын үй көмегін тағайындау және төлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z63" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының заңнамасында көзделген әлеуметтік көмектің өзге де түрлерін тағайындау және төлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z64" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) үйде тәрбиеленетін және оқытылатын мүгедек балаларды материалдық қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z65" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) мұқтаж мүгедектерді протездік-ортопедиялық, сурдотехникалық және тифлотехникалық құралдармен, арнайы көлік құралдарымен, міндетті гигиеналық құралдармен, сондай-ақ мүгедектерді оңалтудың жеке бағдарламасына сәйкес санаторийлік-курорттық емдеу қызметтерін, ымдау тілі маманын және жеке көмекшілердің қызметімен қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z66" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Қазақстан Республикасында мүгедектігі бар тұлғалардың құқықтарын қамтамасыз ету және өмір сүру сапасын жақсарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z67" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жеке тұлғаларды және заңды тұлғалардың өкілдерін қабылдау және кеңес беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z68" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) жеке және заңды тұлғалардың өтініштерін қарау және қажетті шаралар қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z69" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) коммерциялық емес (үкіметтік емес) ұйымдармен өзара іс-қимыл жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z70" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Қазақстан Республикасының заңнамасына сәйкес кәмелетке толған әрекетке қабілетсіз азаматтарға қатысты қорғаншылық және қамқоршылық жөніндегі функцияларды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z71" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) еңбекші көшіп келушілерге рұқсаттарды беру, ұзарту және қайтарып алу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z72" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) өз құзыретi шегiнде мемлекеттiк жұмыспен қамту саясатын және халықты жұмыспен қамтуға жәрдемдесу шараларын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z73" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Ұлы Отан соғысының ардагерлеріне және оларға теңестірілген жеңілдіктер мен кепілдіктерге құқығы бар адамдарға курорттық емдеуге құжаттарды ресімдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z74" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) қарттар мен мүгедектерге үйде күтім көрсету жұмысын бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z75" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) халықтың арнаулы әлеуметтік қызметтерге қажеттілігін талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z76" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) арнаулы әлеуметтік қызметтер көрсету мәселелері бойынша жеке, заңды тұлғалармен және мемлекеттік органдармен өзара іс-қимыл жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z77" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) мүгедектерді оңалтудың жеке бағдарламаларының әлеуметтік құрамдас бөлігінің іске асырылуына бақылау және жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z78" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) өмірлік қиын жағдайдағы жеке тұлғаға (отбасына) арнаулы әлеуметтік қызметтер көрсету туралы шешім қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z79" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) өз құзыреті шегінде арнаулы әлеуметтік қызметтер көрсету саласындағы мемлекеттік саясатты іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z80" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) 1941 жылғы 22 маусымнан 1945 жылғы 9 мамырға дейінгі кезеңде кемінде 6 ай жұмыс істеген адамдардың еңбек өтілін белгілеу жөніндегі арнайы комиссияның жұмыс органының функцияларын орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z81" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) Семей ядролық сынақ полигонындағы ядролық сынақтардың салдарынан зардап шеккен азаматтарды есепке алу және есепке алу жөніндегі арнайы комиссияның жұмыс органының функцияларын жүзеге асыру. Семей ядролық сынақ полигонындағы ядролық сынақтар салдарынан зардап шеккендерге жеңілдіктер мен өтемақылар алу құқығын растайтын анықтамалар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z82" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) өмірлік қиын жағдайдың басталуына байланысты әлеуметтік көмек алуға өтініш білдірген жеке тұлғалардың (отбаларының) өтініштерін қарау және әлеуметтік көмек көрсету қажеттілігі туралы қорытындылар беру жөніндегі арнайы комиссияның жұмыс органының функцияларын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z83" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) қорғаншылық және қамқоршылық мәселелері бойынша кәмелетке толған азаматтардың қатысуымен қылмыстық және азаматтық істер бойынша сот талқылауына қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z84" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) жеке және заңды тұлғалардың өтініштерін қарайды және қажетті шараларды қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z85" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z86" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
-[...762 lines deleted...]
-    <w:bookmarkEnd w:id="616"/>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органның бірінші басшының мәртебесі мен өкілеттігі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z87" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Бөлім басшылығын Бөлімге жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z88" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Бөлімнің бірінші басшысын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес аудан әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z89" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бөлімнің бірінші басшысының өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z90" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Бөлімнің жұмысын ұйымдастырады және басқарады және жүктелген міндеттер мен функциялардың орындалуына дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z91" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес қызметкерлерді қызметке тағайындайды және қызметтен босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z92" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) құрылымдық бөлімшелер туралы ережелерді бекітеді, бұйрықтар шығарады және орындалуы міндетті нұсқаулар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z93" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бөлім ішінде сыбайлас жемқорлыққа қарсы іс-қимыл бойынша шаралар қабылдайды және сыбайлас жемқорлыққа қарсы кез келген орынсыз шаралар үшін дербес жауапкершілікте болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z94" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) заңнамада белгіленген тәртіппен көтермелеу, материалдық көмек көрсету, тәртіптік жаза қолдану мәселелерін шешеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z95" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік органның атынан сенімхатсыз әрекет етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z96" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды жүргізеді, жеке және заңды тұлғалардың өтініштерін заңнамада белгіленген мерзімдерде қарайды және қажетті шараларды қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z97" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ресми құжаттамаға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z98" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес өз құзыретіне жатқызылған мәселелер бойынша өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z99" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлім басшысы болмаған кезеңде оның өкілеттіктерін Қазақстан Республикасының қолданыстағы заңнамасына сәйкес оны алмастыратын тұлға орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z100" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z657" w:id="617"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Тарау Мемлекеттік органның мүлкі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z101" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Бөлімнің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z102" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлім мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z103" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бөлімге бекіткен мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z104" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Бөлім егер заңнамада өзгеше белгіленбесе, өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті өз бетінше иеліктен шығаруға немесе оған өзге тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z105" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік орган басшысының мәртебесі, өкілеттігі</w:t>
-[...414 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 5. Мемлекеттік мекемені қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z106" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Бөлімді қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z107" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлімнің қарамағындағы ұйымдардың тізбесі: "Бейімбет Майлин ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің арнаулы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="650"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17038,107 +17223,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z684" w:id="640"/>
+    <w:bookmarkStart w:name="z684" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z685" w:id="641"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z685" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z686" w:id="642"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z686" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" мемлекеттік мекемесі (бұдан әрі – "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ) дене шынықтыру және спорт саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z687" w:id="643"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z687" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17153,1343 +17338,1343 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z688" w:id="644"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z688" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және мемлекеттік тілде өз атауы жазылған мөртабаны, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z689" w:id="645"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z689" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ өз атынан азаматтық-құқықтық қатынастарға түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z690" w:id="646"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z690" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ, егер оған Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген болса, мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z691" w:id="647"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z691" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z692" w:id="648"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z692" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" мемлекеттік мекемесінің құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z693" w:id="649"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z693" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Заңды тұлғаның орналасқан жері: 111700, Қазақстан Республикасы, Қостанай облысы, Бейімбет Майлин ауданы, Әйет ауылы, Б.Майлин көшесі, 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z694" w:id="650"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z694" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z695" w:id="651"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z695" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджет қаражаты есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z696" w:id="652"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z696" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ кәсіпкерлік субъектілерімен "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ өкілеттігі болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z697" w:id="653"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z697" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ заңнамалық актілермен табыс әкелетін қызметті жүзеге асыру құқығы берілсе, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, алынған кірістер мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z698" w:id="654"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z698" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z699" w:id="655"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z699" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Тапсырмалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z700" w:id="656"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z700" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ құзыретіне жататын Қазақстан Республикасының заңдарына, Қазақстан Республикасы Президентінің, Үкіметінің актілері мен тапсырмаларына сәйкес дене шынықтыру және спорт саласындағы мемлекеттік саясатты қамтамасыз ету, іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z701" w:id="657"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z701" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) дене шынықтыру мен спортты насихаттауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z702" w:id="658"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z702" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) дене шынықтыру мен спортты қолдау және ынталандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z703" w:id="659"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z703" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) дене шынықтыру мен спорттың материалдық-техникалық базасын құру және нығайту, олардың инфрақұрылымын дамыту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z704" w:id="660"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z704" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z705" w:id="661"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z705" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Құқықтар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z706" w:id="662"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z706" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - өз қызметін атқарушы биліктің басқа органдарымен өзара іс-қимылда жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z707" w:id="663"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z707" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - мемлекеттік органдар мен лауазымды тұлғалардан, өзге де ұйымдар мен азаматтардан өз функцияларын орындау үшін қажетті ақпаратты сұратуға, мемлекеттік органдар мен өзге де ұйымдардың қызметкерлерін "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ құзыретіне жататын мәселелерді дайындауға қатысуға тартуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z708" w:id="664"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z708" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - қарауында дене шынықтыру және спорт саласындағы мәселелер және "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ құзыретіне кіретін өзге де мәселелер бар аудан ұйымдарына ұйымдастырушылық-әдістемелік, ақпараттық және өзге де көмек көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z709" w:id="665"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z709" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - заңды тұлғалармен және азаматтармен шарттар жасасу, мүліктік және жеке мүліктік емес құқықтарға ие болу, сотта талапкер және жауапкер болу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z710" w:id="666"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z710" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z711" w:id="667"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z711" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - мемлекеттік мекеменің құзыреті мәселелері бойынша аудан әкімі мен әкімдігі қабылдайтын нормативтік-құқықтық актілердің жобалары бойынша ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z712" w:id="668"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z712" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - қолданыстағы заңнамаға сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z713" w:id="669"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z713" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Функциялар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z714" w:id="670"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z714" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) спорттық-бұқаралық іс-шаралардың бірыңғай өңірлік күнтізбесін іске асыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z715" w:id="671"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z715" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аудандық деңгейде спорт түрлері бойынша жарыстар өткізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z716" w:id="672"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z716" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әр түрлі спорт түрлері бойынша аудандық құрама командаларды даярлауды және олардың жарыстарда өнер көрсетуін қамтамасыз етуге міндетті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z717" w:id="673"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z717" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аудан аумағында бұқаралық және ұлттық спорт түрлерін дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z718" w:id="674"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z718" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) аудан аумағында дене шынықтыру-спорт ұйымдарының қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z719" w:id="675"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z719" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "спорттық разрядтарды беру: 2-разрядты спортшы, 3-разрядты спортшы, 1-жасөспірімдік разрядты спортшы, 2-жасөспірімдік разрядты спортшы, 3-жасөспірімдік разрядты спортшы және</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z720" w:id="676"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z720" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       біліктілігі жоғары деңгейдегі жаттықтырушы Біліктілік санаттарының</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z721" w:id="677"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z721" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       екінші санатты, біліктілігі орта деңгейдегі екінші жаттықтырушы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z722" w:id="678"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z722" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       біліктілігі жоғары деңгейдегі екінші санатты әдіскер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z723" w:id="679"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z723" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       біліктілігі орта деңгейдегі екінші санатты әдіскер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z724" w:id="680"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z724" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Санаттар, біліктілігі жоғары деңгейдегі нұсқаушы-спортшы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z725" w:id="681"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z725" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       екінші санатты, спорт төрешісі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z726" w:id="682"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z726" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік көрсетілетін қызметтер стандартының қолжетімділігін қамтамасыз етуге міндетті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z727" w:id="683"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z727" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету тәртібі туралы хабардар болуын қамтамасыз етуге міндетті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z728" w:id="684"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z728" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) заңнамаға сәйкес өзге де функцияларды жүзеге асыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z729" w:id="685"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z729" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Мемлекеттік орган басшысының мәртебесі, өкілеттігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z730" w:id="686"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z730" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ басшылығын "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болатын басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z731" w:id="687"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z731" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ басшысын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес аудан әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z732" w:id="688"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z732" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ басшысының орынбасарлары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z733" w:id="689"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z733" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ басшысының өкілеттігі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z734" w:id="690"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z734" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік органдар мен ұйымдарда "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z735" w:id="691"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z735" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ сыбайлас жемқорлыққа қарсы іс-қимылға бағытталған шараларды қабылдайды, сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі шараларды қабылдамағаны үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z736" w:id="692"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z736" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ жұмысын ұйымдастырады және оған басшылық жасайды және жүктелген міндеттер мен функциялардың орындалуына дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z737" w:id="693"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z737" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бұйрықтар шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z738" w:id="694"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z738" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қызметтік құжаттамаға қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z739" w:id="695"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z739" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) заңнамада белгіленген тәртіппен "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ қызметкерлеріне тәртіптік жаза тағайындайды және босатады және көтермелеу шараларын қолданады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z740" w:id="696"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z740" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жеке тұлғаларды заңды тұлғалар өкілдерін жеке қабылдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z741" w:id="697"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z741" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ орындалуын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z742" w:id="698"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z742" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) өзіне Қазақстан Республикасының заңнамасымен, осы Ережемен жүктелген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z743" w:id="699"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z743" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z744" w:id="700"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z744" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ жұмыс режимі Қазақстан Республикасының заңнамасына сәйкес белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z745" w:id="701"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z745" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z746" w:id="702"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z746" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z747" w:id="703"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z747" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z748" w:id="704"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z748" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z749" w:id="705"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z749" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ, егер заңнамада өзгеше белгіленбесе, өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті өз бетінше иеліктен шығаруға немесе оған өзге тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z750" w:id="706"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z750" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z751" w:id="707"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z751" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. "Бейімбет Майлин ауданы әкімдігінің дене шынықтыру және спорт бөлімі" ММ қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkEnd w:id="718"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18724,107 +18909,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z756" w:id="708"/>
+    <w:bookmarkStart w:name="z756" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z757" w:id="709"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z757" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z758" w:id="710"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z758" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" мемлекеттік мекемесі (бұдан әрі – "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ) экономикалық саясатты қалыптастыру және дамыту, бюджеттік жоспарлау, бюджетті атқару, ауданның коммуналдық мүлкін басқару және Мемлекеттік сатып алуды жүзеге асыру салаларында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z759" w:id="711"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z759" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18839,970 +19024,970 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z760" w:id="712"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z760" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және өз атауы қазақ тілінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z761" w:id="713"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z761" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z762" w:id="714"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z762" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ, егер оған заңнамаға сәйкес уәкілеттік берілген болса, мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z763" w:id="715"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z763" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z764" w:id="716"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z764" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" мемлекеттік мекемесінің құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z765" w:id="717"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z765" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Заңды тұлғаның орналасқан жері: 111700, Қазақстан Республикасы, Қостанай облысы, Бейімбет Майлин ауданы, Әйет ауылы, Тәуелсіздік көшесі, 53.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z766" w:id="718"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z766" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> құрылтай құжаты болып табылады "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z767" w:id="719"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z767" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z768" w:id="720"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z768" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ өкілеттігі болып табылатын міндеттерді орындау тұрғысында кәсіпкерлік субъектілерімен шарттық қатынастарға түсуге тыйым салынады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z769" w:id="721"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z769" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ заңнамалық актілермен табыс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кірістер, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z770" w:id="722"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z770" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z771" w:id="723"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z771" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z772" w:id="724"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z772" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) экономика саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z773" w:id="725"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z773" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бюджеттік жоспарлау саласында мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z774" w:id="726"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z774" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өңірлік даму саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z775" w:id="727"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z775" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) коммуналдық мүлікті басқару саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z776" w:id="728"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z776" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мәслихат шешімдерімен бекітілген сомалар шегінде бюджеттік бағдарламалар бөлінісінде түсімдер мен шығыстар бойынша бюджеттің толық және уақтылы атқарылуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z777" w:id="729"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z777" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мемлекеттік сатып алу саласындағы мемлекеттік саясатты іске асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z778" w:id="730"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z778" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Өкілеттігі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z779" w:id="731"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z779" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құқықтар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z780" w:id="732"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z780" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ведомстволық тиесілілігіне және меншік нысанына қарамастан, аудан аумағында орналасқан мекемелерден, кәсіпорындар мен ұйымдардан, ауылдық округтер әкімдері аппараттарынан жүктелген міндеттер мен функцияларды орындау үшін қажетті ақпаратты белгіленген тәртіппен алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z781" w:id="733"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z781" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нормативтік құқықтық актілерді әзірлеуге қатысуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z782" w:id="734"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z782" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аудан әкімдігіне әлеуметтік-экономикалық саясаттың негізгі бағыттары бойынша ұсыныстар енгізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z783" w:id="735"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z783" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жергілікті атқарушы органның шешімі бойынша секвестр белгіленетін бюджеттік бағдарламалар (кіші бағдарламалар) бойынша төлемдерді жүзеге асыруды тоқтата тұруға міндетті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z784" w:id="736"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z784" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) істерді зерделеу және әдістемелік көмек көрсету үшін басқа бөлімдердің мамандарын тартуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z785" w:id="737"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z785" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ құзыретіне кіретін мемлекеттік қызметтер бөлігінде жеке тұлғаларға көрсетілетін мемлекеттік қызметтер тізіліміне өзгерістер мен толықтырулар енгізу жөнінде ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z786" w:id="738"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z786" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сот органдарында "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" мемлекеттік мекемесінің құқықтары мен заңды мүдделерін қорғауды жүзеге асыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z787" w:id="739"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z787" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z788" w:id="740"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z788" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шегінде мемлекеттік органдарға ақпараттық-талдау материалдарын дайындауға және ұсынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z789" w:id="741"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z789" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көрсетілетін мемлекеттік қызметтің қолжетімділігі мен сапасын қамтамасыз етуге міндетті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z790" w:id="742"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z790" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өз қызметін Қазақстан Республикасының қолданыстағы заңнамаларының нормаларына сәйкес жүзеге асыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z791" w:id="743"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z791" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z792" w:id="744"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z792" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Бейімбет Майлин ауданының аумағын дамыту бағдарламасын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z793" w:id="745"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z793" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Бейімбет Майлин ауданының аумағын дамыту бағдарламасына мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z794" w:id="746"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z794" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Ауылдық елді мекендерге жұмыс істеу және тұру үшін келген ауылдар, кенттер, ауылдық округтер әкімдері аппараттарының мемлекеттік қызметшілеріне Денсаулық сақтау, білім беру, әлеуметтік қамсыздандыру, мәдениет, спорт және агроөнеркәсіптік кешен саласындағы мамандарға әлеуметтік қолдау шараларын ұсыну" мемлекеттік қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z795" w:id="747"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z795" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) облыстың әлеуметтік-экономикалық даму болжамын ескере отырып, жергілікті бюджетке түсетін түсімдерді болжау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z796" w:id="748"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z796" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) облыстың әлеуметтік-экономикалық дамуының болжамды көрсеткіштері, бюджет қаражатын жұмсаудың басым бағыттары, жоспарлы кезеңге арналған аудан бюджеті тапшылығының мөлшері негізінде бюджеттік бағдарламалар әкімшілері шығыстарының лимиттерін, жаңа бастамаларға арналған лимиттерді айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z797" w:id="749"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z797" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджеттік өтінімдерді және бюджеттік бағдарламалар әкімшілерінің бюджеттік бағдарламаларын олардың бюджеттік заңнамаға сәйкестігі тұрғысынан қарау, бюджеттік өтінімдер мен бюджеттік бағдарламалардың жобалары бойынша қорытынды қалыптастыру және оларды аудан әкімдігінің бюджеттік комиссиясының қарауына жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z798" w:id="750"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z798" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) үш жылдық кезеңге арналған аудан бюджетінің жобасын жасау және аудан бюджет комиссиясының қарауына тиісті қаржы жылына арналған бюджетті нақтылау, түзету жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z799" w:id="751"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z799" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) бюджеттік мониторингті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z800" w:id="752"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z800" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) жергілікті атқарушы органдар айқындайтын заңды тұлғалардың экономикалық сараптамасының қорытындысы негізінде жергілікті бюджеттік инвестициялық жобалардың, сондай-ақ республикалық бюджеттен нысаналы даму трансферттері мен кредиттері есебінен қаржыландыруға жоспарланатын жобалардың экономикалық қорытындыларын дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z801" w:id="753"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z801" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) бюджеттік бағдарламалар әкімшілерінің бюджеттік инвестициялық жобаларын қарау және олар бойынша экономикалық қорытындылар жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z802" w:id="754"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z802" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) жергілікті бюджеттер қаражаты есебінен заңды тұлғалардың жарғылық капиталына мемлекеттің қатысуы арқылы іске асыруға жоспарланатын бюджеттік инвестицияларға экономикалық сараптаманы жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z803" w:id="755"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z803" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) өз құзыреті шегінде аудандық коммуналдық мүлікті басқару саласындағы қатынастарды реттейтін нормативтік құқықтық актілерді әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z804" w:id="756"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z804" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, аудандық коммуналдық мүлікті жеке тұлғаларға және мемлекеттік емес заңды тұлғаларға кейіннен сатып алу құқығынсыз, кейіннен сатып алу құқығымен немесе кейіннен шағын кәсіпкерлік субъектілерінің меншігіне өтеусіз негізде беру құқығымен мүліктік жалдауға (жалға алуға), сенімгерлік басқаруға беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z805" w:id="757"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z805" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) коммуналдық меншікке айналдырылған (түскен), "Мемлекеттік мүлік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19817,510 +20002,510 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен танылған, иесіз деп танылған, мұрагерлік құқығы бойынша мемлекетке өткен аудандық коммуналдық мүлікті, сондай-ақ заңда белгіленген тәртіппен өтеусіз өткен иесіз қалған мүлікті, олжаларды, қараусыз қалған жануарларды есепке алуды, сақтауды, бағалауды және одан әрі пайдалануды ұйымдастыру Қазақстан Республикасының "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мемлекеттік мүлік туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", коммуналдық меншікке, мәдени құндылықтарға жататын заттары жоқ қазыналардың үлесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z806" w:id="758"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z806" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) сенімгерлік басқарушының аудандық коммуналдық мүлікті сенімгерлік басқару шарты бойынша міндеттемелерін орындауын бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z807" w:id="759"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z807" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) аудандық коммуналдық мүлікті, сондай-ақ кәсіпорындарды мүліктік кешен ретінде жекешелендіруді жүзеге асыру, жекешелендіру объектісін бағалауды қамтамасыз ету, жекешелендіру объектісін сатып алу-сату шарттарын дайындау мен жасасуды және сатып алу-сату шарттары талаптарының сақталуын бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z808" w:id="760"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z808" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) шағын кәсіпкерлік субъектісінің мүліктік жалдау (жалға алу) немесе сенімгерлік басқару шартының талаптарын орындауын бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z809" w:id="761"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z809" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) егер "Мемлекеттік мүлік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> өзгеше белгіленбесе, мемлекеттік мекемеге бекітілген мүлікті тиісті саланың уәкілетті органымен келісім бойынша алып қою не оны басқа мемлекеттік заңды тұлғалар арасында қайта бөлу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z810" w:id="762"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z810" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) коммуналдық мүлікті жергілікті мемлекеттік басқарудың бір деңгейінен екіншісіне мемлекеттік мүлікті беру туралы шешім қабылданғаннан кейін беруші және қабылдаушы Тараптардың уәкілетті лауазымды адамдары қол қоятын беру актісін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z811" w:id="763"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z811" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) мемлекеттік сатып алудың бірыңғай ұйымдастырушысы болады, уәкілетті орган айқындайтын тауарлардың, жұмыстар мен көрсетілетін қызметтердің тізбесі бойынша Мемлекеттік сатып алуды ұйымдастыруды және өткізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z812" w:id="764"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z812" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) Тапсырыс беруші Мемлекеттік сатып алуды жүзеге асыру қағидаларында белгіленген құжаттарды қамтитын мемлекеттік сатып алуды ұйымдастыруға және өткізуге ұсынған тапсырмаларды қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z813" w:id="765"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z813" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) Тапсырыс беруші ұсынған, мемлекеттік сатып алуды жүзеге асыру қағидаларында белгіленген құжаттарды қамтитын тапсырманың негізінде конкурстық құжаттаманы әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z814" w:id="766"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z814" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) конкурстық құжаттамаға өзгерістер және (немесе) толықтырулар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z815" w:id="767"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z815" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) конкурстық комиссияның құрамын айқындайды және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z816" w:id="768"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z816" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) мемлекеттік сатып алу веб-порталында мемлекеттік сатып алуды өткізу туралы хабарландыруларды орналастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z817" w:id="769"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z817" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) конкурстық құжаттаманың ережелерін түсіндіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z818" w:id="770"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z818" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) Тапсырыс берушіге мемлекеттік сатып алу туралы шарттың жобасына конкурстық құжаттаманы және (немесе) конкурстық құжаттаманың техникалық ерекшелігін алған тұлғаларды тіркеу журналына мәліметтері енгізілген мемлекеттік сатып алу веб-порталында автоматты түрде тіркелген тұлғалар тарапынан ұсыныстар мен ескертулер жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z819" w:id="771"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z819" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) Қазақстан Республикасының заңнамасына сәйкес өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z820" w:id="772"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z820" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Мемлекеттік орган басшысының мәртебесі, өкілеттігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z821" w:id="773"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z821" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ басшылығын экономика және қаржы бөліміне жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болатын басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z822" w:id="774"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z822" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ басшысын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес аудан әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z823" w:id="775"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z823" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ басшысының Қазақстан Республикасының қолданыстағы заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z824" w:id="776"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z824" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ басшысының өкілеттігі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z825" w:id="777"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z825" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ жұмысын ұйымдастырады және басқарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z826" w:id="778"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z826" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ қызметкерлерінің міндеттері мен өкілеттіктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z827" w:id="779"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z827" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі шараларды қабылдамағаны үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z828" w:id="780"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z828" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20335,52 +20520,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ қызметкерлерін қызметке тағайындайды және қызметтен босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z829" w:id="781"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z829" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20395,327 +20580,327 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ қызметкерлеріне тәртіптік жаза қолданады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z830" w:id="782"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z830" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ қызметкерлеріне бұйрықтар шығарады және орындауға міндетті нұсқаулар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z831" w:id="783"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z831" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ құрылымын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z832" w:id="784"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z832" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ қызметкерлерінің секторлар туралы ережелерін және лауазымдық нұсқаулықтарын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z833" w:id="785"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z833" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) өз құзыретіне жатқызылған басқа да мәселелер бойынша шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z834" w:id="786"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z834" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ басшысы болмаған кезеңде оның өкілеттіктерін басшының бұйрығына сәйкес оны алмастыратын тұлға орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z835" w:id="787"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z835" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басшы өз орынбасарының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z836" w:id="788"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z836" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z837" w:id="789"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z837" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңында көзделген жағдайларда жедел басқару құқығында оқшауланған мүлікке ие болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z838" w:id="790"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z838" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z839" w:id="791"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z839" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z840" w:id="792"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z840" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ, егер "Мемлекеттік мүлік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> өзгеше белгіленбесе, өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті өз бетінше иеліктен шығаруға немесе оған өзге тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z841" w:id="793"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z841" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z842" w:id="794"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z842" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. "Бейімбет Майлин ауданы әкімдігінің экономика және қаржы бөлімі" ММ қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkEnd w:id="805"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20950,107 +21135,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z847" w:id="795"/>
+    <w:bookmarkStart w:name="z847" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әйет ауылдық округі әкімінің аппараты туралы Ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z848" w:id="796"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z848" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z849" w:id="797"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z849" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Әйет ауылдық округі әкімінің аппараты" мемлекеттік мекемесі (бұдан әрі – әкім аппараты) Әйет ауылдық округі әкімінің (бұдан әрі – әкім) қызметін қамтамасыз ететін және Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыратын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z850" w:id="798"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z850" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Әкім аппараты өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21065,1583 +21250,1583 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ әкім аппараты туралы осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z851" w:id="799"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z851" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әкім аппараты мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік тілде өз атауы бар мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері, қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z852" w:id="800"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z852" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әкім аппараты өз атынан азаматтық-құқықтық қатынастарға түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z853" w:id="801"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z853" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әкім аппараты заңнамаға сәйкес мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z854" w:id="802"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z854" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ауылдық округ әкімінің аппараты туралы ережені, оның құрылымын аудан әкімдігі бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z855" w:id="803"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z855" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Әйет ауылдық округі әкімінің аппараты" мемлекеттік мекемесі, заңды мекенжайы: 111700, Қазақстан Республикасы, Қостанай облысы, Бейімбет Майлин ауданы, Әйет ауылы, Тәуелсіздік көшесі, 87.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z856" w:id="804"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z856" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ауылдық округ әкімінің аппараты аудан әкімдігімен құрылады, таратылады және қайта ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z857" w:id="805"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z857" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Әкім аппараты жергілікті бюджет есебінен ұсталатын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z858" w:id="806"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z858" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әкім аппаратына кәсіпкерлік субъектілерімен әкім аппаратының функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z859" w:id="807"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z859" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Әкім аппаратының негізгі міндеттері, функциялары, құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z860" w:id="808"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z860" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тапсырмалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z861" w:id="809"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z861" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімнің қызметін ақпараттық-талдамалық, ұйымдық-құқықтық, материалдық-техникалық қамтамасыз ету, сондай-ақ жергілікті маңызы бар мәселелерді шешу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z862" w:id="810"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z862" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функциялар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z863" w:id="811"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z863" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Өз құзыреті шеңберінде Әйет ауылдық округі әкімінің аппараты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z864" w:id="812"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z864" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынын, ауыл, көше, көппәтерлі тұрғын үй тұрғындарының бөлек жергілікті қоғамдастық жиынын, жергілікті қоғамдастық жиналысын өткізуді ұйымдастыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z865" w:id="813"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z865" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықтың бөлек жиынын, жергілікті қоғамдастықтың жиыны мен жиналысын шақырудың уақыты, орны және талқыланатын мәселелер туралы бұқаралық ақпарат құралдары арқылы немесе өзге де тәсілдермен олар өткізілетін күнге дейін күнтізбелік он күннен кешіктірмей хабардар етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z866" w:id="814"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z866" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған және ауылдық округ әкімі мақұлдаған шешімдердің орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z867" w:id="815"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z867" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін жоспарлауды және орындауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z868" w:id="816"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z868" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиналысына және аудан мәслихатына ауылдық округ бюджетінің атқарылуы туралы есеп береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z869" w:id="817"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z869" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін іске асыру туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z870" w:id="818"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z870" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықты дамыту бағдарламасын әзірлейді және жергілікті қоғамдастық жиналысының бекітуіне ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z871" w:id="819"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z871" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық мүлкіне жататын объектілерді салу, реконструкциялау және жөндеу бойынша Тапсырыс беруші болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z872" w:id="820"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z872" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкінің нысаналы және тиімді пайдаланылуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z873" w:id="821"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z873" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына қатысты коммуналдық меншік құқығы субъектісінің құқықтарын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z874" w:id="822"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z874" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорынға алып қойылған мүлікті кейіннен баланстан есептен шығара отырып, оны өзге тұлғаға бергенге дейін ұстау және оның сақталуын қамтамасыз ету мерзімін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z875" w:id="823"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z875" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкі мәселелері бойынша мемлекеттің мүдделерін білдіреді, ауылдық округтің (жергілікті өзін-өзі басқарудың коммуналдық меншігі) меншігін қорғауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z876" w:id="824"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z876" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін сенімгерлік басқару шарты бойынша сенімгерлік басқарушының міндеттемелерін орындауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z877" w:id="825"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z877" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z878" w:id="826"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z878" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін есепке алуды ұйымдастырады, оның тиімді пайдаланылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z879" w:id="827"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z879" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Ауылдық округ әкімінің аппараты жергілікті қоғамдастық жиналысымен келісім бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z880" w:id="828"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z880" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде жергілікті өзін өзі басқарудың коммуналдық мүлкін басқару саласындағы құқықтық актілердің жобаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z881" w:id="829"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z881" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін басқарады, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, оны қорғау жөніндегі шараларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z882" w:id="830"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z882" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін шешеді және жекешелендіруді жүзеге асырады, оның ішінде объектіні жекешелендіруге дайындау процесінде оның сақталуын қамтамасыз етеді, жекешелендіру процесін ұйымдастыру үшін делдалды тартады, жекешелендіру объектісін бағалауды қамтамасыз етеді, жекешелендіру объектісін сатып алу-сату шарттарын дайындауды және жасасуды және сатып алу-сату шарттары талаптарының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z883" w:id="831"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z883" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорын қызметінің мәні мен мақсаттарын, сондай-ақ осындай қызметті жүзеге асыратын коммуналдық мемлекеттік кәсіпорынның (шаруашылық жүргізу құқығындағы немесе қазыналық кәсіпорын) түрін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z884" w:id="832"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z884" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғасына берілген немесе ол өзінің шаруашылық қызметі нәтижесінде сатып алған мүлікті алып қоюды немесе қайта бөлуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z885" w:id="833"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z885" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларының артық, пайдаланылмайтын не мақсатына сай пайдаланылмайтын мүлкін алып қоюды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z886" w:id="834"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z886" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жеке тұлғаларға және мемлекеттік емес заңды тұлғаларға кейіннен сатып алу құқығынсыз не кейіннен сатып алу құқығымен мүліктік жалдауға (жалға алуға), сенімгерлік басқаруға береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z887" w:id="835"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z887" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімімен келісім бойынша жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларын құру, қайта ұйымдастыру, атауын өзгерту және тарату туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z888" w:id="836"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z888" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық мемлекеттік кәсіпорынға өзіне бекітілген мүлікті (ол өндірген өнімді сатуды қоспағанда) иеліктен шығаруға немесе оған өзге тәсілмен билік етуге, филиалдар мен өкілдіктер құруға, сондай-ақ дебиторлық берешекті беруге және есептен шығаруға келісім береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z889" w:id="837"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z889" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың мемлекеттік заңды тұлғаларының жарғысын (ережесін), оған өзгерістер мен толықтырулар енгізуді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z890" w:id="838"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z890" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың, бюджеттен қаржыландырылатын қызметтің басым бағыттарын және жұмыстардың (көрсетілетін қызметтердің) міндетті көлемін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z891" w:id="839"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z891" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік мүлік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда қарайды, келіседі және мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан Мемлекеттік кәсіпорындарды дамыту жоспарларын және олардың орындалуы жөніндегі есептерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z892" w:id="840"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z892" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін пайдалану туралы, оның ішінде оны кепілге, жалға алуға, өтеусіз пайдалануға және сенімгерлік басқаруға беру туралы шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z893" w:id="841"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z893" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z894" w:id="842"/>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z894" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін иеліктен шығару туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z895" w:id="843"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z895" w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасымен берілген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z896" w:id="844"/>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z896" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әкім аппаратының өз құзыреті шегінде құқығы бар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z897" w:id="845"/>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z897" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдар мен басқа да ұйымдардың лауазымды адамдарынан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z898" w:id="846"/>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z898" w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүліктік және мүліктік емес құқықтарды сатып алу және жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z899" w:id="847"/>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z899" w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік басқару органдарының, мұрағаттардың, ғылыми мекемелердің ақпараттық дерекқорларын пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z900" w:id="848"/>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z900" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шарттар, келісімдер жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z901" w:id="849"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z901" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес көзделген өзге де құқықтарға ие болу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z902" w:id="850"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z902" w:id="861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Әкім аппаратының міндеттері, Өз құзыреті шегінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z903" w:id="851"/>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z903" w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамаға сәйкес халыққа сапалы мемлекеттік қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z904" w:id="852"/>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z904" w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Президентінің, Үкіметінің және өзге де орталық атқарушы органдардың, облыс, аудан әкімінің және әкімдігінің, ауылдық округ әкімінің актілері мен тапсырмаларын сапалы және уақтылы орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z905" w:id="853"/>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z905" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамада көзделген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z906" w:id="854"/>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z906" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Ауылдық округ әкімі аппаратының қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z907" w:id="855"/>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z907" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Әкім аппаратын әкім басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z908" w:id="856"/>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z908" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Әкімнің өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z909" w:id="857"/>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z909" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкім аппаратының жұмысын ұйымдастырады, оның қызметіне басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z910" w:id="858"/>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z910" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған шешімдерді қарайды, олардың орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z911" w:id="859"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z911" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының жергілікті мемлекеттік басқару және өзін-өзі басқару туралы заңнамасында көзделген бюджет қаражатын және (немесе) түсімдерді үнемдеу есебінен еңбек шарты бойынша қызметкерлерді қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z912" w:id="860"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z912" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бюджет заңнамасына сәйкес мемлекеттік мекемелердің өз иелігінде қалатын тауарларды (жұмыстарды, көрсетілетін қызметтерді) өткізуден түсетін ақша түсімдері мен шығыстарының жиынтық жоспарын жасайды және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z913" w:id="861"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z913" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің тұрғын үй қорына түгендеу жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z914" w:id="862"/>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z914" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімінің және жергілікті қоғамдастық жиналысының келісімі бойынша ауылдық округтің авариялық тұрғын үйлерін бұзуды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z915" w:id="863"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z915" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік жоспарлау жүйесінің бағдарламалық құжаттары шеңберінде ауыл халқына микрокредит беруге жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z916" w:id="864"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z916" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарымен және өзге де нормативтік құқықтық актілерімен жүктелген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z917" w:id="865"/>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z917" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әкімнің Қазақстан Республикасының заңнамасына сәйкес әкімнің орынбасары болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z918" w:id="866"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z918" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әкім Қазақстан Республикасының заңнамалық актілеріне сәйкес әкім орынбасарының міндеттері мен өкілеттіктерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z919" w:id="867"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z919" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әкім әкім аппараты қызметкерлерінің мемлекеттік қызметшілердің әдеп нормаларын сақтауын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z920" w:id="868"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z920" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Ауылдық округ әкімі аппаратының мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z921" w:id="869"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z921" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Әкім аппаратының заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z922" w:id="870"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z922" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкім аппаратының мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z923" w:id="871"/>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z923" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Әкім аппаратына бекітілген мүлік ауылдық округтің (жергілікті өзін-өзі басқарудың) коммуналдық меншігіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z924" w:id="872"/>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z924" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Әкім аппараты жергілікті қоғамдастық жиналысының келісімі бойынша, егер заңнамада өзгеше белгіленбесе, өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті иеліктен шығаруы немесе оған өзге де тәсілмен билік етуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z925" w:id="873"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z925" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Ауылдық округ әкімі аппаратын қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z926" w:id="874"/>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z926" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында айқындалатын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkEnd w:id="885"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22876,107 +23061,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z931" w:id="875"/>
+    <w:bookmarkStart w:name="z931" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тобыл кенті әкімінің аппараты туралы Ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z932" w:id="876"/>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z932" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z933" w:id="877"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z933" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Тобыл кенті әкімінің аппараты" мемлекеттік мекемесі (бұдан әрі – әкім аппараты) Тобыл кенті әкімінің (бұдан әрі – әкім) қызметін қамтамасыз ететін және Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыратын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z934" w:id="878"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z934" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Әкім аппараты өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22991,1583 +23176,1583 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ әкім аппараты туралы осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z935" w:id="879"/>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z935" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әкім аппараты мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік тілде өз атауы бар мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері, қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z936" w:id="880"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z936" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әкім аппараты өз атынан азаматтық-құқықтық қатынастарға түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z937" w:id="881"/>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z937" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әкім аппараты заңнамаға сәйкес мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z938" w:id="882"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z938" w:id="893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ауылдық округ әкімінің аппараты туралы ережені, оның құрылымын аудан әкімдігі бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z939" w:id="883"/>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z939" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Тобыл кенті әкімінің аппараты" мемлекеттік мекемесі, заңды мекенжайы: 111715, Қазақстан Республикасы, Қостанай облысы, Бейімбет Майлин ауданы, Тобыл кенті, Жеңіс көшесі, 5.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z940" w:id="884"/>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z940" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ауылдық округ әкімінің аппараты аудан әкімдігімен құрылады, таратылады және қайта ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z941" w:id="885"/>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z941" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Әкім аппараты жергілікті бюджет есебінен ұсталатын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z942" w:id="886"/>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z942" w:id="897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әкім аппаратына кәсіпкерлік субъектілерімен әкім аппаратының функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z943" w:id="887"/>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z943" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Әкім аппаратының негізгі міндеттері, функциялары, құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z944" w:id="888"/>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z944" w:id="899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тапсырмалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
-    <w:bookmarkStart w:name="z945" w:id="889"/>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z945" w:id="900"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімнің қызметін ақпараттық-талдамалық, ұйымдық-құқықтық, материалдық-техникалық қамтамасыз ету, сондай-ақ жергілікті маңызы бар мәселелерді шешу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="889"/>
-    <w:bookmarkStart w:name="z946" w:id="890"/>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z946" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функциялар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z947" w:id="891"/>
+    <w:bookmarkEnd w:id="901"/>
+    <w:bookmarkStart w:name="z947" w:id="902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Өз құзыреті шеңберінде Тобыл кенті әкімінің аппараты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z948" w:id="892"/>
+    <w:bookmarkEnd w:id="902"/>
+    <w:bookmarkStart w:name="z948" w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынын, ауыл, көше, көппәтерлі тұрғын үй тұрғындарының бөлек жергілікті қоғамдастық жиынын, жергілікті қоғамдастық жиналысын өткізуді ұйымдастыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="892"/>
-    <w:bookmarkStart w:name="z949" w:id="893"/>
+    <w:bookmarkEnd w:id="903"/>
+    <w:bookmarkStart w:name="z949" w:id="904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықтың бөлек жиынын, жергілікті қоғамдастықтың жиыны мен жиналысын шақырудың уақыты, орны және талқыланатын мәселелер туралы бұқаралық ақпарат құралдары арқылы немесе өзге де тәсілдермен олар өткізілетін күнге дейін күнтізбелік он күннен кешіктірмей хабардар етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="893"/>
-    <w:bookmarkStart w:name="z950" w:id="894"/>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z950" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған және ауылдық округ әкімі мақұлдаған шешімдердің орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="894"/>
-    <w:bookmarkStart w:name="z951" w:id="895"/>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z951" w:id="906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін жоспарлауды және орындауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z952" w:id="896"/>
+    <w:bookmarkEnd w:id="906"/>
+    <w:bookmarkStart w:name="z952" w:id="907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиналысына және аудан мәслихатына ауылдық округ бюджетінің атқарылуы туралы есеп береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z953" w:id="897"/>
+    <w:bookmarkEnd w:id="907"/>
+    <w:bookmarkStart w:name="z953" w:id="908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін іске асыру туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z954" w:id="898"/>
+    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkStart w:name="z954" w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықты дамыту бағдарламасын әзірлейді және жергілікті қоғамдастық жиналысының бекітуіне ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z955" w:id="899"/>
+    <w:bookmarkEnd w:id="909"/>
+    <w:bookmarkStart w:name="z955" w:id="910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық мүлкіне жататын объектілерді салу, реконструкциялау және жөндеу бойынша Тапсырыс беруші болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z956" w:id="900"/>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z956" w:id="911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкінің нысаналы және тиімді пайдаланылуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z957" w:id="901"/>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z957" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына қатысты коммуналдық меншік құқығы субъектісінің құқықтарын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z958" w:id="902"/>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z958" w:id="913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорынға алып қойылған мүлікті кейіннен баланстан есептен шығара отырып, оны өзге тұлғаға бергенге дейін ұстау және оның сақталуын қамтамасыз ету мерзімін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z959" w:id="903"/>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z959" w:id="914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкі мәселелері бойынша мемлекеттің мүдделерін білдіреді, ауылдық округтің (жергілікті өзін-өзі басқарудың коммуналдық меншігі) меншігін қорғауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z960" w:id="904"/>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z960" w:id="915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін сенімгерлік басқару шарты бойынша сенімгерлік басқарушының міндеттемелерін орындауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z961" w:id="905"/>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z961" w:id="916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z962" w:id="906"/>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z962" w:id="917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін есепке алуды ұйымдастырады, оның тиімді пайдаланылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z963" w:id="907"/>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z963" w:id="918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Ауылдық округ әкімінің аппараты жергілікті қоғамдастық жиналысымен келісім бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z964" w:id="908"/>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z964" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде жергілікті өзін өзі басқарудың коммуналдық мүлкін басқару саласындағы құқықтық актілердің жобаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z965" w:id="909"/>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z965" w:id="920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін басқарады, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, оны қорғау жөніндегі шараларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z966" w:id="910"/>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z966" w:id="921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін шешеді және жекешелендіруді жүзеге асырады, оның ішінде объектіні жекешелендіруге дайындау процесінде оның сақталуын қамтамасыз етеді, жекешелендіру процесін ұйымдастыру үшін делдалды тартады, жекешелендіру объектісін бағалауды қамтамасыз етеді, жекешелендіру объектісін сатып алу-сату шарттарын дайындауды және жасасуды және сатып алу-сату шарттары талаптарының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z967" w:id="911"/>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z967" w:id="922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорын қызметінің мәні мен мақсаттарын, сондай-ақ осындай қызметті жүзеге асыратын коммуналдық мемлекеттік кәсіпорынның (шаруашылық жүргізу құқығындағы немесе қазыналық кәсіпорын) түрін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z968" w:id="912"/>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z968" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғасына берілген немесе ол өзінің шаруашылық қызметі нәтижесінде сатып алған мүлікті алып қоюды немесе қайта бөлуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z969" w:id="913"/>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z969" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларының артық, пайдаланылмайтын не мақсатына сай пайдаланылмайтын мүлкін алып қоюды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z970" w:id="914"/>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z970" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жеке тұлғаларға және мемлекеттік емес заңды тұлғаларға кейіннен сатып алу құқығынсыз не кейіннен сатып алу құқығымен мүліктік жалдауға (жалға алуға), сенімгерлік басқаруға береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z971" w:id="915"/>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z971" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімімен келісім бойынша жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларын құру, қайта ұйымдастыру, атауын өзгерту және тарату туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z972" w:id="916"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z972" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық мемлекеттік кәсіпорынға өзіне бекітілген мүлікті (ол өндірген өнімді сатуды қоспағанда) иеліктен шығаруға немесе оған өзге тәсілмен билік етуге, филиалдар мен өкілдіктер құруға, сондай-ақ дебиторлық берешекті беруге және есептен шығаруға келісім береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z973" w:id="917"/>
+    <w:bookmarkEnd w:id="927"/>
+    <w:bookmarkStart w:name="z973" w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың мемлекеттік заңды тұлғаларының жарғысын (ережесін), оған өзгерістер мен толықтырулар енгізуді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z974" w:id="918"/>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z974" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың, бюджеттен қаржыландырылатын қызметтің басым бағыттарын және жұмыстардың (көрсетілетін қызметтердің) міндетті көлемін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z975" w:id="919"/>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z975" w:id="930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік мүлік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда қарайды, келіседі және мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан Мемлекеттік кәсіпорындарды дамыту жоспарларын және олардың орындалуы жөніндегі есептерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z976" w:id="920"/>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z976" w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін пайдалану туралы, оның ішінде оны кепілге, жалға алуға, өтеусіз пайдалануға және сенімгерлік басқаруға беру туралы шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z977" w:id="921"/>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z977" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z978" w:id="922"/>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z978" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін иеліктен шығару туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z979" w:id="923"/>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z979" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасымен берілген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z980" w:id="924"/>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z980" w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әкім аппаратының өз құзыреті шегінде құқығы бар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z981" w:id="925"/>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z981" w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдар мен басқа да ұйымдардың лауазымды адамдарынан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z982" w:id="926"/>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z982" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүліктік және мүліктік емес құқықтарды сатып алу және жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="926"/>
-    <w:bookmarkStart w:name="z983" w:id="927"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z983" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік басқару органдарының, мұрағаттардың, ғылыми мекемелердің ақпараттық дерекқорларын пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="927"/>
-    <w:bookmarkStart w:name="z984" w:id="928"/>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z984" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шарттар, келісімдер жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
-    <w:bookmarkStart w:name="z985" w:id="929"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z985" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес көзделген өзге де құқықтарға ие болу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z986" w:id="930"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z986" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Әкім аппаратының міндеттері, Өз құзыреті шегінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z987" w:id="931"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z987" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамаға сәйкес халыққа сапалы мемлекеттік қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z988" w:id="932"/>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z988" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Президентінің, Үкіметінің және өзге де орталық атқарушы органдардың, облыс, аудан әкімінің және әкімдігінің, ауылдық округ әкімінің актілері мен тапсырмаларын сапалы және уақтылы орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z989" w:id="933"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z989" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамада көзделген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z990" w:id="934"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z990" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Ауылдық округ әкімі аппаратының қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z991" w:id="935"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z991" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Әкім аппаратын әкім басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z992" w:id="936"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z992" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Әкімнің өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z993" w:id="937"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z993" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкім аппаратының жұмысын ұйымдастырады, оның қызметіне басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
-    <w:bookmarkStart w:name="z994" w:id="938"/>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z994" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған шешімдерді қарайды, олардың орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z995" w:id="939"/>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z995" w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының жергілікті мемлекеттік басқару және өзін-өзі басқару туралы заңнамасында көзделген бюджет қаражатын және (немесе) түсімдерді үнемдеу есебінен еңбек шарты бойынша қызметкерлерді қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z996" w:id="940"/>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z996" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бюджет заңнамасына сәйкес мемлекеттік мекемелердің өз иелігінде қалатын тауарларды (жұмыстарды, көрсетілетін қызметтерді) өткізуден түсетін ақша түсімдері мен шығыстарының жиынтық жоспарын жасайды және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z997" w:id="941"/>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z997" w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің тұрғын үй қорына түгендеу жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
-    <w:bookmarkStart w:name="z998" w:id="942"/>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z998" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімінің және жергілікті қоғамдастық жиналысының келісімі бойынша ауылдық округтің авариялық тұрғын үйлерін бұзуды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z999" w:id="943"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z999" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік жоспарлау жүйесінің бағдарламалық құжаттары шеңберінде ауыл халқына микрокредит беруге жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
-    <w:bookmarkStart w:name="z1000" w:id="944"/>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z1000" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарымен және өзге де нормативтік құқықтық актілерімен жүктелген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z1001" w:id="945"/>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z1001" w:id="956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әкімнің Қазақстан Республикасының заңнамасына сәйкес әкімнің орынбасары болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z1002" w:id="946"/>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z1002" w:id="957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әкім Қазақстан Республикасының заңнамалық актілеріне сәйкес әкім орынбасарының міндеттері мен өкілеттіктерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z1003" w:id="947"/>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z1003" w:id="958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әкім әкім аппараты қызметкерлерінің мемлекеттік қызметшілердің әдеп нормаларын сақтауын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
-    <w:bookmarkStart w:name="z1004" w:id="948"/>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z1004" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Ауылдық округ әкімі аппаратының мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="948"/>
-    <w:bookmarkStart w:name="z1005" w:id="949"/>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z1005" w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Әкім аппаратының заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z1006" w:id="950"/>
+    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkStart w:name="z1006" w:id="961"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкім аппаратының мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z1007" w:id="951"/>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z1007" w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Әкім аппаратына бекітілген мүлік ауылдық округтің (жергілікті өзін-өзі басқарудың) коммуналдық меншігіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="951"/>
-    <w:bookmarkStart w:name="z1008" w:id="952"/>
+    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkStart w:name="z1008" w:id="963"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Әкім аппараты жергілікті қоғамдастық жиналысының келісімі бойынша, егер заңнамада өзгеше белгіленбесе, өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті иеліктен шығаруы немесе оған өзге де тәсілмен билік етуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="952"/>
-    <w:bookmarkStart w:name="z1009" w:id="953"/>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z1009" w:id="964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Ауылдық округ әкімі аппаратын қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z1010" w:id="954"/>
+    <w:bookmarkEnd w:id="964"/>
+    <w:bookmarkStart w:name="z1010" w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында айқындалатын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkEnd w:id="965"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24802,107 +24987,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1015" w:id="955"/>
+    <w:bookmarkStart w:name="z1015" w:id="966"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Асенкритов ауылдық округі әкімінің аппараты туралы Ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z1016" w:id="956"/>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z1016" w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z1017" w:id="957"/>
+    <w:bookmarkEnd w:id="967"/>
+    <w:bookmarkStart w:name="z1017" w:id="968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Асенкритов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі (бұдан әрі – әкім аппараты) Асенкритов ауылдық округі әкімінің (бұдан әрі – әкім) қызметін қамтамасыз ететін және Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыратын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="957"/>
-    <w:bookmarkStart w:name="z1018" w:id="958"/>
+    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkStart w:name="z1018" w:id="969"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Әкім аппараты өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24917,1583 +25102,1583 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ әкім аппараты туралы осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="958"/>
-    <w:bookmarkStart w:name="z1019" w:id="959"/>
+    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkStart w:name="z1019" w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әкім аппараты мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік тілде өз атауы бар мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері, қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="959"/>
-    <w:bookmarkStart w:name="z1020" w:id="960"/>
+    <w:bookmarkEnd w:id="970"/>
+    <w:bookmarkStart w:name="z1020" w:id="971"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әкім аппараты өз атынан азаматтық-құқықтық қатынастарға түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="960"/>
-    <w:bookmarkStart w:name="z1021" w:id="961"/>
+    <w:bookmarkEnd w:id="971"/>
+    <w:bookmarkStart w:name="z1021" w:id="972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әкім аппараты заңнамаға сәйкес мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="961"/>
-    <w:bookmarkStart w:name="z1022" w:id="962"/>
+    <w:bookmarkEnd w:id="972"/>
+    <w:bookmarkStart w:name="z1022" w:id="973"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ауылдық округ әкімінің аппараты туралы ережені, оның құрылымын аудан әкімдігі бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="962"/>
-    <w:bookmarkStart w:name="z1023" w:id="963"/>
+    <w:bookmarkEnd w:id="973"/>
+    <w:bookmarkStart w:name="z1023" w:id="974"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Асенкритов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі, заңды мекенжайы: 111700, Қазақстан Республикасы, Қостанай облысы, Бейімбет Майлин ауданы, Асенкритов ауылы, Аятский көшесі, 69.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="963"/>
-    <w:bookmarkStart w:name="z1024" w:id="964"/>
+    <w:bookmarkEnd w:id="974"/>
+    <w:bookmarkStart w:name="z1024" w:id="975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ауылдық округ әкімінің аппараты аудан әкімдігімен құрылады, таратылады және қайта ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="964"/>
-    <w:bookmarkStart w:name="z1025" w:id="965"/>
+    <w:bookmarkEnd w:id="975"/>
+    <w:bookmarkStart w:name="z1025" w:id="976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Әкім аппараты жергілікті бюджет есебінен ұсталатын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="965"/>
-    <w:bookmarkStart w:name="z1026" w:id="966"/>
+    <w:bookmarkEnd w:id="976"/>
+    <w:bookmarkStart w:name="z1026" w:id="977"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әкім аппаратына кәсіпкерлік субъектілерімен әкім аппаратының функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="966"/>
-    <w:bookmarkStart w:name="z1027" w:id="967"/>
+    <w:bookmarkEnd w:id="977"/>
+    <w:bookmarkStart w:name="z1027" w:id="978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Әкім аппаратының негізгі міндеттері, функциялары, құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="967"/>
-    <w:bookmarkStart w:name="z1028" w:id="968"/>
+    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkStart w:name="z1028" w:id="979"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тапсырмалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="968"/>
-    <w:bookmarkStart w:name="z1029" w:id="969"/>
+    <w:bookmarkEnd w:id="979"/>
+    <w:bookmarkStart w:name="z1029" w:id="980"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімнің қызметін ақпараттық-талдамалық, ұйымдық-құқықтық, материалдық-техникалық қамтамасыз ету, сондай-ақ жергілікті маңызы бар мәселелерді шешу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="969"/>
-    <w:bookmarkStart w:name="z1030" w:id="970"/>
+    <w:bookmarkEnd w:id="980"/>
+    <w:bookmarkStart w:name="z1030" w:id="981"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функциялар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="970"/>
-    <w:bookmarkStart w:name="z1031" w:id="971"/>
+    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkStart w:name="z1031" w:id="982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Өз құзыреті шеңберінде Асенкритов ауылдық округі әкімінің аппараты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="971"/>
-    <w:bookmarkStart w:name="z1032" w:id="972"/>
+    <w:bookmarkEnd w:id="982"/>
+    <w:bookmarkStart w:name="z1032" w:id="983"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынын, ауыл, көше, көппәтерлі тұрғын үй тұрғындарының бөлек жергілікті қоғамдастық жиынын, жергілікті қоғамдастық жиналысын өткізуді ұйымдастыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="972"/>
-    <w:bookmarkStart w:name="z1033" w:id="973"/>
+    <w:bookmarkEnd w:id="983"/>
+    <w:bookmarkStart w:name="z1033" w:id="984"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықтың бөлек жиынын, жергілікті қоғамдастықтың жиыны мен жиналысын шақырудың уақыты, орны және талқыланатын мәселелер туралы бұқаралық ақпарат құралдары арқылы немесе өзге де тәсілдермен олар өткізілетін күнге дейін күнтізбелік он күннен кешіктірмей хабардар етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="973"/>
-    <w:bookmarkStart w:name="z1034" w:id="974"/>
+    <w:bookmarkEnd w:id="984"/>
+    <w:bookmarkStart w:name="z1034" w:id="985"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған және ауылдық округ әкімі мақұлдаған шешімдердің орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="974"/>
-    <w:bookmarkStart w:name="z1035" w:id="975"/>
+    <w:bookmarkEnd w:id="985"/>
+    <w:bookmarkStart w:name="z1035" w:id="986"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін жоспарлауды және орындауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="975"/>
-    <w:bookmarkStart w:name="z1036" w:id="976"/>
+    <w:bookmarkEnd w:id="986"/>
+    <w:bookmarkStart w:name="z1036" w:id="987"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиналысына және аудан мәслихатына ауылдық округ бюджетінің атқарылуы туралы есеп береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="976"/>
-    <w:bookmarkStart w:name="z1037" w:id="977"/>
+    <w:bookmarkEnd w:id="987"/>
+    <w:bookmarkStart w:name="z1037" w:id="988"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін іске асыру туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="977"/>
-    <w:bookmarkStart w:name="z1038" w:id="978"/>
+    <w:bookmarkEnd w:id="988"/>
+    <w:bookmarkStart w:name="z1038" w:id="989"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықты дамыту бағдарламасын әзірлейді және жергілікті қоғамдастық жиналысының бекітуіне ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="978"/>
-    <w:bookmarkStart w:name="z1039" w:id="979"/>
+    <w:bookmarkEnd w:id="989"/>
+    <w:bookmarkStart w:name="z1039" w:id="990"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық мүлкіне жататын объектілерді салу, реконструкциялау және жөндеу бойынша Тапсырыс беруші болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="979"/>
-    <w:bookmarkStart w:name="z1040" w:id="980"/>
+    <w:bookmarkEnd w:id="990"/>
+    <w:bookmarkStart w:name="z1040" w:id="991"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкінің нысаналы және тиімді пайдаланылуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="980"/>
-    <w:bookmarkStart w:name="z1041" w:id="981"/>
+    <w:bookmarkEnd w:id="991"/>
+    <w:bookmarkStart w:name="z1041" w:id="992"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына қатысты коммуналдық меншік құқығы субъектісінің құқықтарын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="981"/>
-    <w:bookmarkStart w:name="z1042" w:id="982"/>
+    <w:bookmarkEnd w:id="992"/>
+    <w:bookmarkStart w:name="z1042" w:id="993"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорынға алып қойылған мүлікті кейіннен баланстан есептен шығара отырып, оны өзге тұлғаға бергенге дейін ұстау және оның сақталуын қамтамасыз ету мерзімін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="982"/>
-    <w:bookmarkStart w:name="z1043" w:id="983"/>
+    <w:bookmarkEnd w:id="993"/>
+    <w:bookmarkStart w:name="z1043" w:id="994"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкі мәселелері бойынша мемлекеттің мүдделерін білдіреді, ауылдық округтің (жергілікті өзін-өзі басқарудың коммуналдық меншігі) меншігін қорғауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="983"/>
-    <w:bookmarkStart w:name="z1044" w:id="984"/>
+    <w:bookmarkEnd w:id="994"/>
+    <w:bookmarkStart w:name="z1044" w:id="995"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін сенімгерлік басқару шарты бойынша сенімгерлік басқарушының міндеттемелерін орындауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="984"/>
-    <w:bookmarkStart w:name="z1045" w:id="985"/>
+    <w:bookmarkEnd w:id="995"/>
+    <w:bookmarkStart w:name="z1045" w:id="996"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="985"/>
-    <w:bookmarkStart w:name="z1046" w:id="986"/>
+    <w:bookmarkEnd w:id="996"/>
+    <w:bookmarkStart w:name="z1046" w:id="997"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін есепке алуды ұйымдастырады, оның тиімді пайдаланылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="986"/>
-    <w:bookmarkStart w:name="z1047" w:id="987"/>
+    <w:bookmarkEnd w:id="997"/>
+    <w:bookmarkStart w:name="z1047" w:id="998"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Ауылдық округ әкімінің аппараты жергілікті қоғамдастық жиналысымен келісім бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="987"/>
-    <w:bookmarkStart w:name="z1048" w:id="988"/>
+    <w:bookmarkEnd w:id="998"/>
+    <w:bookmarkStart w:name="z1048" w:id="999"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде жергілікті өзін өзі басқарудың коммуналдық мүлкін басқару саласындағы құқықтық актілердің жобаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="988"/>
-    <w:bookmarkStart w:name="z1049" w:id="989"/>
+    <w:bookmarkEnd w:id="999"/>
+    <w:bookmarkStart w:name="z1049" w:id="1000"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін басқарады, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, оны қорғау жөніндегі шараларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="989"/>
-    <w:bookmarkStart w:name="z1050" w:id="990"/>
+    <w:bookmarkEnd w:id="1000"/>
+    <w:bookmarkStart w:name="z1050" w:id="1001"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін шешеді және жекешелендіруді жүзеге асырады, оның ішінде объектіні жекешелендіруге дайындау процесінде оның сақталуын қамтамасыз етеді, жекешелендіру процесін ұйымдастыру үшін делдалды тартады, жекешелендіру объектісін бағалауды қамтамасыз етеді, жекешелендіру объектісін сатып алу-сату шарттарын дайындауды және жасасуды және сатып алу-сату шарттары талаптарының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="990"/>
-    <w:bookmarkStart w:name="z1051" w:id="991"/>
+    <w:bookmarkEnd w:id="1001"/>
+    <w:bookmarkStart w:name="z1051" w:id="1002"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорын қызметінің мәні мен мақсаттарын, сондай-ақ осындай қызметті жүзеге асыратын коммуналдық мемлекеттік кәсіпорынның (шаруашылық жүргізу құқығындағы немесе қазыналық кәсіпорын) түрін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="991"/>
-    <w:bookmarkStart w:name="z1052" w:id="992"/>
+    <w:bookmarkEnd w:id="1002"/>
+    <w:bookmarkStart w:name="z1052" w:id="1003"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғасына берілген немесе ол өзінің шаруашылық қызметі нәтижесінде сатып алған мүлікті алып қоюды немесе қайта бөлуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="992"/>
-    <w:bookmarkStart w:name="z1053" w:id="993"/>
+    <w:bookmarkEnd w:id="1003"/>
+    <w:bookmarkStart w:name="z1053" w:id="1004"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларының артық, пайдаланылмайтын не мақсатына сай пайдаланылмайтын мүлкін алып қоюды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="993"/>
-    <w:bookmarkStart w:name="z1054" w:id="994"/>
+    <w:bookmarkEnd w:id="1004"/>
+    <w:bookmarkStart w:name="z1054" w:id="1005"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жеке тұлғаларға және мемлекеттік емес заңды тұлғаларға кейіннен сатып алу құқығынсыз не кейіннен сатып алу құқығымен мүліктік жалдауға (жалға алуға), сенімгерлік басқаруға береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="994"/>
-    <w:bookmarkStart w:name="z1055" w:id="995"/>
+    <w:bookmarkEnd w:id="1005"/>
+    <w:bookmarkStart w:name="z1055" w:id="1006"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімімен келісім бойынша жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларын құру, қайта ұйымдастыру, атауын өзгерту және тарату туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="995"/>
-    <w:bookmarkStart w:name="z1056" w:id="996"/>
+    <w:bookmarkEnd w:id="1006"/>
+    <w:bookmarkStart w:name="z1056" w:id="1007"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық мемлекеттік кәсіпорынға өзіне бекітілген мүлікті (ол өндірген өнімді сатуды қоспағанда) иеліктен шығаруға немесе оған өзге тәсілмен билік етуге, филиалдар мен өкілдіктер құруға, сондай-ақ дебиторлық берешекті беруге және есептен шығаруға келісім береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="996"/>
-    <w:bookmarkStart w:name="z1057" w:id="997"/>
+    <w:bookmarkEnd w:id="1007"/>
+    <w:bookmarkStart w:name="z1057" w:id="1008"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың мемлекеттік заңды тұлғаларының жарғысын (ережесін), оған өзгерістер мен толықтырулар енгізуді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="997"/>
-    <w:bookmarkStart w:name="z1058" w:id="998"/>
+    <w:bookmarkEnd w:id="1008"/>
+    <w:bookmarkStart w:name="z1058" w:id="1009"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың, бюджеттен қаржыландырылатын қызметтің басым бағыттарын және жұмыстардың (көрсетілетін қызметтердің) міндетті көлемін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="998"/>
-    <w:bookmarkStart w:name="z1059" w:id="999"/>
+    <w:bookmarkEnd w:id="1009"/>
+    <w:bookmarkStart w:name="z1059" w:id="1010"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік мүлік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда қарайды, келіседі және мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан Мемлекеттік кәсіпорындарды дамыту жоспарларын және олардың орындалуы жөніндегі есептерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="999"/>
-    <w:bookmarkStart w:name="z1060" w:id="1000"/>
+    <w:bookmarkEnd w:id="1010"/>
+    <w:bookmarkStart w:name="z1060" w:id="1011"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін пайдалану туралы, оның ішінде оны кепілге, жалға алуға, өтеусіз пайдалануға және сенімгерлік басқаруға беру туралы шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1000"/>
-    <w:bookmarkStart w:name="z1061" w:id="1001"/>
+    <w:bookmarkEnd w:id="1011"/>
+    <w:bookmarkStart w:name="z1061" w:id="1012"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1001"/>
-    <w:bookmarkStart w:name="z1062" w:id="1002"/>
+    <w:bookmarkEnd w:id="1012"/>
+    <w:bookmarkStart w:name="z1062" w:id="1013"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін иеліктен шығару туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1002"/>
-    <w:bookmarkStart w:name="z1063" w:id="1003"/>
+    <w:bookmarkEnd w:id="1013"/>
+    <w:bookmarkStart w:name="z1063" w:id="1014"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасымен берілген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1003"/>
-    <w:bookmarkStart w:name="z1064" w:id="1004"/>
+    <w:bookmarkEnd w:id="1014"/>
+    <w:bookmarkStart w:name="z1064" w:id="1015"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әкім аппаратының өз құзыреті шегінде құқығы бар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1004"/>
-    <w:bookmarkStart w:name="z1065" w:id="1005"/>
+    <w:bookmarkEnd w:id="1015"/>
+    <w:bookmarkStart w:name="z1065" w:id="1016"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдар мен басқа да ұйымдардың лауазымды адамдарынан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1005"/>
-    <w:bookmarkStart w:name="z1066" w:id="1006"/>
+    <w:bookmarkEnd w:id="1016"/>
+    <w:bookmarkStart w:name="z1066" w:id="1017"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүліктік және мүліктік емес құқықтарды сатып алу және жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1006"/>
-    <w:bookmarkStart w:name="z1067" w:id="1007"/>
+    <w:bookmarkEnd w:id="1017"/>
+    <w:bookmarkStart w:name="z1067" w:id="1018"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік басқару органдарының, мұрағаттардың, ғылыми мекемелердің ақпараттық дерекқорларын пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1007"/>
-    <w:bookmarkStart w:name="z1068" w:id="1008"/>
+    <w:bookmarkEnd w:id="1018"/>
+    <w:bookmarkStart w:name="z1068" w:id="1019"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шарттар, келісімдер жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1008"/>
-    <w:bookmarkStart w:name="z1069" w:id="1009"/>
+    <w:bookmarkEnd w:id="1019"/>
+    <w:bookmarkStart w:name="z1069" w:id="1020"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес көзделген өзге де құқықтарға ие болу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1009"/>
-    <w:bookmarkStart w:name="z1070" w:id="1010"/>
+    <w:bookmarkEnd w:id="1020"/>
+    <w:bookmarkStart w:name="z1070" w:id="1021"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Әкім аппаратының міндеттері, Өз құзыреті шегінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1010"/>
-    <w:bookmarkStart w:name="z1071" w:id="1011"/>
+    <w:bookmarkEnd w:id="1021"/>
+    <w:bookmarkStart w:name="z1071" w:id="1022"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамаға сәйкес халыққа сапалы мемлекеттік қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1011"/>
-    <w:bookmarkStart w:name="z1072" w:id="1012"/>
+    <w:bookmarkEnd w:id="1022"/>
+    <w:bookmarkStart w:name="z1072" w:id="1023"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Президентінің, Үкіметінің және өзге де орталық атқарушы органдардың, облыс, аудан әкімінің және әкімдігінің, ауылдық округ әкімінің актілері мен тапсырмаларын сапалы және уақтылы орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1012"/>
-    <w:bookmarkStart w:name="z1073" w:id="1013"/>
+    <w:bookmarkEnd w:id="1023"/>
+    <w:bookmarkStart w:name="z1073" w:id="1024"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамада көзделген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1013"/>
-    <w:bookmarkStart w:name="z1074" w:id="1014"/>
+    <w:bookmarkEnd w:id="1024"/>
+    <w:bookmarkStart w:name="z1074" w:id="1025"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Ауылдық округ әкімі аппаратының қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1014"/>
-    <w:bookmarkStart w:name="z1075" w:id="1015"/>
+    <w:bookmarkEnd w:id="1025"/>
+    <w:bookmarkStart w:name="z1075" w:id="1026"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Әкім аппаратын әкім басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1015"/>
-    <w:bookmarkStart w:name="z1076" w:id="1016"/>
+    <w:bookmarkEnd w:id="1026"/>
+    <w:bookmarkStart w:name="z1076" w:id="1027"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Әкімнің өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1016"/>
-    <w:bookmarkStart w:name="z1077" w:id="1017"/>
+    <w:bookmarkEnd w:id="1027"/>
+    <w:bookmarkStart w:name="z1077" w:id="1028"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкім аппаратының жұмысын ұйымдастырады, оның қызметіне басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1017"/>
-    <w:bookmarkStart w:name="z1078" w:id="1018"/>
+    <w:bookmarkEnd w:id="1028"/>
+    <w:bookmarkStart w:name="z1078" w:id="1029"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған шешімдерді қарайды, олардың орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1018"/>
-    <w:bookmarkStart w:name="z1079" w:id="1019"/>
+    <w:bookmarkEnd w:id="1029"/>
+    <w:bookmarkStart w:name="z1079" w:id="1030"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының жергілікті мемлекеттік басқару және өзін-өзі басқару туралы заңнамасында көзделген бюджет қаражатын және (немесе) түсімдерді үнемдеу есебінен еңбек шарты бойынша қызметкерлерді қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1019"/>
-    <w:bookmarkStart w:name="z1080" w:id="1020"/>
+    <w:bookmarkEnd w:id="1030"/>
+    <w:bookmarkStart w:name="z1080" w:id="1031"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бюджет заңнамасына сәйкес мемлекеттік мекемелердің өз иелігінде қалатын тауарларды (жұмыстарды, көрсетілетін қызметтерді) өткізуден түсетін ақша түсімдері мен шығыстарының жиынтық жоспарын жасайды және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1020"/>
-    <w:bookmarkStart w:name="z1081" w:id="1021"/>
+    <w:bookmarkEnd w:id="1031"/>
+    <w:bookmarkStart w:name="z1081" w:id="1032"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің тұрғын үй қорына түгендеу жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1021"/>
-    <w:bookmarkStart w:name="z1082" w:id="1022"/>
+    <w:bookmarkEnd w:id="1032"/>
+    <w:bookmarkStart w:name="z1082" w:id="1033"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімінің және жергілікті қоғамдастық жиналысының келісімі бойынша ауылдық округтің авариялық тұрғын үйлерін бұзуды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1022"/>
-    <w:bookmarkStart w:name="z1083" w:id="1023"/>
+    <w:bookmarkEnd w:id="1033"/>
+    <w:bookmarkStart w:name="z1083" w:id="1034"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік жоспарлау жүйесінің бағдарламалық құжаттары шеңберінде ауыл халқына микрокредит беруге жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1023"/>
-    <w:bookmarkStart w:name="z1084" w:id="1024"/>
+    <w:bookmarkEnd w:id="1034"/>
+    <w:bookmarkStart w:name="z1084" w:id="1035"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарымен және өзге де нормативтік құқықтық актілерімен жүктелген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1024"/>
-    <w:bookmarkStart w:name="z1085" w:id="1025"/>
+    <w:bookmarkEnd w:id="1035"/>
+    <w:bookmarkStart w:name="z1085" w:id="1036"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әкімнің Қазақстан Республикасының заңнамасына сәйкес әкімнің орынбасары болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1025"/>
-    <w:bookmarkStart w:name="z1086" w:id="1026"/>
+    <w:bookmarkEnd w:id="1036"/>
+    <w:bookmarkStart w:name="z1086" w:id="1037"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әкім Қазақстан Республикасының заңнамалық актілеріне сәйкес әкім орынбасарының міндеттері мен өкілеттіктерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1026"/>
-    <w:bookmarkStart w:name="z1087" w:id="1027"/>
+    <w:bookmarkEnd w:id="1037"/>
+    <w:bookmarkStart w:name="z1087" w:id="1038"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әкім әкім аппараты қызметкерлерінің мемлекеттік қызметшілердің әдеп нормаларын сақтауын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1027"/>
-    <w:bookmarkStart w:name="z1088" w:id="1028"/>
+    <w:bookmarkEnd w:id="1038"/>
+    <w:bookmarkStart w:name="z1088" w:id="1039"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Ауылдық округ әкімі аппаратының мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1028"/>
-    <w:bookmarkStart w:name="z1089" w:id="1029"/>
+    <w:bookmarkEnd w:id="1039"/>
+    <w:bookmarkStart w:name="z1089" w:id="1040"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Әкім аппаратының заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1029"/>
-    <w:bookmarkStart w:name="z1090" w:id="1030"/>
+    <w:bookmarkEnd w:id="1040"/>
+    <w:bookmarkStart w:name="z1090" w:id="1041"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкім аппаратының мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1030"/>
-    <w:bookmarkStart w:name="z1091" w:id="1031"/>
+    <w:bookmarkEnd w:id="1041"/>
+    <w:bookmarkStart w:name="z1091" w:id="1042"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Әкім аппаратына бекітілген мүлік ауылдық округтің (жергілікті өзін-өзі басқарудың) коммуналдық меншігіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1031"/>
-    <w:bookmarkStart w:name="z1092" w:id="1032"/>
+    <w:bookmarkEnd w:id="1042"/>
+    <w:bookmarkStart w:name="z1092" w:id="1043"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Әкім аппараты жергілікті қоғамдастық жиналысының келісімі бойынша, егер заңнамада өзгеше белгіленбесе, өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті иеліктен шығаруы немесе оған өзге де тәсілмен билік етуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1032"/>
-    <w:bookmarkStart w:name="z1093" w:id="1033"/>
+    <w:bookmarkEnd w:id="1043"/>
+    <w:bookmarkStart w:name="z1093" w:id="1044"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Ауылдық округ әкімі аппаратын қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1033"/>
-    <w:bookmarkStart w:name="z1094" w:id="1034"/>
+    <w:bookmarkEnd w:id="1044"/>
+    <w:bookmarkStart w:name="z1094" w:id="1045"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында айқындалатын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1034"/>
+    <w:bookmarkEnd w:id="1045"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26728,107 +26913,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1099" w:id="1035"/>
+    <w:bookmarkStart w:name="z1099" w:id="1046"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Байшуақ ауылдық округі әкімінің аппараты туралы Ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1035"/>
-    <w:bookmarkStart w:name="z1100" w:id="1036"/>
+    <w:bookmarkEnd w:id="1046"/>
+    <w:bookmarkStart w:name="z1100" w:id="1047"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1036"/>
-    <w:bookmarkStart w:name="z1101" w:id="1037"/>
+    <w:bookmarkEnd w:id="1047"/>
+    <w:bookmarkStart w:name="z1101" w:id="1048"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Байшуақ ауылдық округі әкімінің аппараты" мемлекеттік мекемесі (бұдан әрі – әкім аппараты) Байшуақ ауылдық округі әкімінің (бұдан әрі – әкім) қызметін қамтамасыз ететін және Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыратын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1037"/>
-    <w:bookmarkStart w:name="z1102" w:id="1038"/>
+    <w:bookmarkEnd w:id="1048"/>
+    <w:bookmarkStart w:name="z1102" w:id="1049"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Әкім аппараты өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26843,1583 +27028,1583 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ әкім аппараты туралы осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1038"/>
-    <w:bookmarkStart w:name="z1103" w:id="1039"/>
+    <w:bookmarkEnd w:id="1049"/>
+    <w:bookmarkStart w:name="z1103" w:id="1050"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әкім аппараты мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік тілде өз атауы бар мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері, қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1039"/>
-    <w:bookmarkStart w:name="z1104" w:id="1040"/>
+    <w:bookmarkEnd w:id="1050"/>
+    <w:bookmarkStart w:name="z1104" w:id="1051"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әкім аппараты өз атынан азаматтық-құқықтық қатынастарға түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1040"/>
-    <w:bookmarkStart w:name="z1105" w:id="1041"/>
+    <w:bookmarkEnd w:id="1051"/>
+    <w:bookmarkStart w:name="z1105" w:id="1052"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әкім аппараты заңнамаға сәйкес мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1041"/>
-    <w:bookmarkStart w:name="z1106" w:id="1042"/>
+    <w:bookmarkEnd w:id="1052"/>
+    <w:bookmarkStart w:name="z1106" w:id="1053"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ауылдық округ әкімінің аппараты туралы ережені, оның құрылымын аудан әкімдігі бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1042"/>
-    <w:bookmarkStart w:name="z1107" w:id="1043"/>
+    <w:bookmarkEnd w:id="1053"/>
+    <w:bookmarkStart w:name="z1107" w:id="1054"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Байшуақ ауылдық округі әкімінің аппараты" мемлекеттік мекемесі, заңды мекенжайы: 111708, Қазақстан Республикасы, Қостанай облысы, Бейімбет Майлин ауданы, Байшуақ ауылы, Садовый көшесі, 2.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1043"/>
-    <w:bookmarkStart w:name="z1108" w:id="1044"/>
+    <w:bookmarkEnd w:id="1054"/>
+    <w:bookmarkStart w:name="z1108" w:id="1055"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ауылдық округ әкімінің аппараты аудан әкімдігімен құрылады, таратылады және қайта ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1044"/>
-    <w:bookmarkStart w:name="z1109" w:id="1045"/>
+    <w:bookmarkEnd w:id="1055"/>
+    <w:bookmarkStart w:name="z1109" w:id="1056"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Әкім аппараты жергілікті бюджет есебінен ұсталатын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1045"/>
-    <w:bookmarkStart w:name="z1110" w:id="1046"/>
+    <w:bookmarkEnd w:id="1056"/>
+    <w:bookmarkStart w:name="z1110" w:id="1057"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әкім аппаратына кәсіпкерлік субъектілерімен әкім аппаратының функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1046"/>
-    <w:bookmarkStart w:name="z1111" w:id="1047"/>
+    <w:bookmarkEnd w:id="1057"/>
+    <w:bookmarkStart w:name="z1111" w:id="1058"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Әкім аппаратының негізгі міндеттері, функциялары, құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1047"/>
-    <w:bookmarkStart w:name="z1112" w:id="1048"/>
+    <w:bookmarkEnd w:id="1058"/>
+    <w:bookmarkStart w:name="z1112" w:id="1059"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тапсырмалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1048"/>
-    <w:bookmarkStart w:name="z1113" w:id="1049"/>
+    <w:bookmarkEnd w:id="1059"/>
+    <w:bookmarkStart w:name="z1113" w:id="1060"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімнің қызметін ақпараттық-талдамалық, ұйымдық-құқықтық, материалдық-техникалық қамтамасыз ету, сондай-ақ жергілікті маңызы бар мәселелерді шешу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1049"/>
-    <w:bookmarkStart w:name="z1114" w:id="1050"/>
+    <w:bookmarkEnd w:id="1060"/>
+    <w:bookmarkStart w:name="z1114" w:id="1061"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функциялар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1050"/>
-    <w:bookmarkStart w:name="z1115" w:id="1051"/>
+    <w:bookmarkEnd w:id="1061"/>
+    <w:bookmarkStart w:name="z1115" w:id="1062"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Өз құзыреті шеңберінде Байшуақ ауылдық округі әкімінің аппараты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1051"/>
-    <w:bookmarkStart w:name="z1116" w:id="1052"/>
+    <w:bookmarkEnd w:id="1062"/>
+    <w:bookmarkStart w:name="z1116" w:id="1063"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынын, ауыл, көше, көппәтерлі тұрғын үй тұрғындарының бөлек жергілікті қоғамдастық жиынын, жергілікті қоғамдастық жиналысын өткізуді ұйымдастыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1052"/>
-    <w:bookmarkStart w:name="z1117" w:id="1053"/>
+    <w:bookmarkEnd w:id="1063"/>
+    <w:bookmarkStart w:name="z1117" w:id="1064"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықтың бөлек жиынын, жергілікті қоғамдастықтың жиыны мен жиналысын шақырудың уақыты, орны және талқыланатын мәселелер туралы бұқаралық ақпарат құралдары арқылы немесе өзге де тәсілдермен олар өткізілетін күнге дейін күнтізбелік он күннен кешіктірмей хабардар етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1053"/>
-    <w:bookmarkStart w:name="z1118" w:id="1054"/>
+    <w:bookmarkEnd w:id="1064"/>
+    <w:bookmarkStart w:name="z1118" w:id="1065"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған және ауылдық округ әкімі мақұлдаған шешімдердің орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1054"/>
-    <w:bookmarkStart w:name="z1119" w:id="1055"/>
+    <w:bookmarkEnd w:id="1065"/>
+    <w:bookmarkStart w:name="z1119" w:id="1066"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін жоспарлауды және орындауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1055"/>
-    <w:bookmarkStart w:name="z1120" w:id="1056"/>
+    <w:bookmarkEnd w:id="1066"/>
+    <w:bookmarkStart w:name="z1120" w:id="1067"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиналысына және аудан мәслихатына ауылдық округ бюджетінің атқарылуы туралы есеп береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1056"/>
-    <w:bookmarkStart w:name="z1121" w:id="1057"/>
+    <w:bookmarkEnd w:id="1067"/>
+    <w:bookmarkStart w:name="z1121" w:id="1068"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін іске асыру туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1057"/>
-    <w:bookmarkStart w:name="z1122" w:id="1058"/>
+    <w:bookmarkEnd w:id="1068"/>
+    <w:bookmarkStart w:name="z1122" w:id="1069"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықты дамыту бағдарламасын әзірлейді және жергілікті қоғамдастық жиналысының бекітуіне ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1058"/>
-    <w:bookmarkStart w:name="z1123" w:id="1059"/>
+    <w:bookmarkEnd w:id="1069"/>
+    <w:bookmarkStart w:name="z1123" w:id="1070"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық мүлкіне жататын объектілерді салу, реконструкциялау және жөндеу бойынша Тапсырыс беруші болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1059"/>
-    <w:bookmarkStart w:name="z1124" w:id="1060"/>
+    <w:bookmarkEnd w:id="1070"/>
+    <w:bookmarkStart w:name="z1124" w:id="1071"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкінің нысаналы және тиімді пайдаланылуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1060"/>
-    <w:bookmarkStart w:name="z1125" w:id="1061"/>
+    <w:bookmarkEnd w:id="1071"/>
+    <w:bookmarkStart w:name="z1125" w:id="1072"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына қатысты коммуналдық меншік құқығы субъектісінің құқықтарын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1061"/>
-    <w:bookmarkStart w:name="z1126" w:id="1062"/>
+    <w:bookmarkEnd w:id="1072"/>
+    <w:bookmarkStart w:name="z1126" w:id="1073"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорынға алып қойылған мүлікті кейіннен баланстан есептен шығара отырып, оны өзге тұлғаға бергенге дейін ұстау және оның сақталуын қамтамасыз ету мерзімін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1062"/>
-    <w:bookmarkStart w:name="z1127" w:id="1063"/>
+    <w:bookmarkEnd w:id="1073"/>
+    <w:bookmarkStart w:name="z1127" w:id="1074"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкі мәселелері бойынша мемлекеттің мүдделерін білдіреді, ауылдық округтің (жергілікті өзін-өзі басқарудың коммуналдық меншігі) меншігін қорғауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1063"/>
-    <w:bookmarkStart w:name="z1128" w:id="1064"/>
+    <w:bookmarkEnd w:id="1074"/>
+    <w:bookmarkStart w:name="z1128" w:id="1075"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін сенімгерлік басқару шарты бойынша сенімгерлік басқарушының міндеттемелерін орындауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1064"/>
-    <w:bookmarkStart w:name="z1129" w:id="1065"/>
+    <w:bookmarkEnd w:id="1075"/>
+    <w:bookmarkStart w:name="z1129" w:id="1076"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1065"/>
-    <w:bookmarkStart w:name="z1130" w:id="1066"/>
+    <w:bookmarkEnd w:id="1076"/>
+    <w:bookmarkStart w:name="z1130" w:id="1077"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін есепке алуды ұйымдастырады, оның тиімді пайдаланылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1066"/>
-    <w:bookmarkStart w:name="z1131" w:id="1067"/>
+    <w:bookmarkEnd w:id="1077"/>
+    <w:bookmarkStart w:name="z1131" w:id="1078"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Ауылдық округ әкімінің аппараты жергілікті қоғамдастық жиналысымен келісім бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1067"/>
-    <w:bookmarkStart w:name="z1132" w:id="1068"/>
+    <w:bookmarkEnd w:id="1078"/>
+    <w:bookmarkStart w:name="z1132" w:id="1079"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде жергілікті өзін өзі басқарудың коммуналдық мүлкін басқару саласындағы құқықтық актілердің жобаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1068"/>
-    <w:bookmarkStart w:name="z1133" w:id="1069"/>
+    <w:bookmarkEnd w:id="1079"/>
+    <w:bookmarkStart w:name="z1133" w:id="1080"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін басқарады, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, оны қорғау жөніндегі шараларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1069"/>
-    <w:bookmarkStart w:name="z1134" w:id="1070"/>
+    <w:bookmarkEnd w:id="1080"/>
+    <w:bookmarkStart w:name="z1134" w:id="1081"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін шешеді және жекешелендіруді жүзеге асырады, оның ішінде объектіні жекешелендіруге дайындау процесінде оның сақталуын қамтамасыз етеді, жекешелендіру процесін ұйымдастыру үшін делдалды тартады, жекешелендіру объектісін бағалауды қамтамасыз етеді, жекешелендіру объектісін сатып алу-сату шарттарын дайындауды және жасасуды және сатып алу-сату шарттары талаптарының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1070"/>
-    <w:bookmarkStart w:name="z1135" w:id="1071"/>
+    <w:bookmarkEnd w:id="1081"/>
+    <w:bookmarkStart w:name="z1135" w:id="1082"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорын қызметінің мәні мен мақсаттарын, сондай-ақ осындай қызметті жүзеге асыратын коммуналдық мемлекеттік кәсіпорынның (шаруашылық жүргізу құқығындағы немесе қазыналық кәсіпорын) түрін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1071"/>
-    <w:bookmarkStart w:name="z1136" w:id="1072"/>
+    <w:bookmarkEnd w:id="1082"/>
+    <w:bookmarkStart w:name="z1136" w:id="1083"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғасына берілген немесе ол өзінің шаруашылық қызметі нәтижесінде сатып алған мүлікті алып қоюды немесе қайта бөлуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1072"/>
-    <w:bookmarkStart w:name="z1137" w:id="1073"/>
+    <w:bookmarkEnd w:id="1083"/>
+    <w:bookmarkStart w:name="z1137" w:id="1084"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларының артық, пайдаланылмайтын не мақсатына сай пайдаланылмайтын мүлкін алып қоюды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1073"/>
-    <w:bookmarkStart w:name="z1138" w:id="1074"/>
+    <w:bookmarkEnd w:id="1084"/>
+    <w:bookmarkStart w:name="z1138" w:id="1085"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жеке тұлғаларға және мемлекеттік емес заңды тұлғаларға кейіннен сатып алу құқығынсыз не кейіннен сатып алу құқығымен мүліктік жалдауға (жалға алуға), сенімгерлік басқаруға береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1074"/>
-    <w:bookmarkStart w:name="z1139" w:id="1075"/>
+    <w:bookmarkEnd w:id="1085"/>
+    <w:bookmarkStart w:name="z1139" w:id="1086"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімімен келісім бойынша жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларын құру, қайта ұйымдастыру, атауын өзгерту және тарату туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1075"/>
-    <w:bookmarkStart w:name="z1140" w:id="1076"/>
+    <w:bookmarkEnd w:id="1086"/>
+    <w:bookmarkStart w:name="z1140" w:id="1087"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық мемлекеттік кәсіпорынға өзіне бекітілген мүлікті (ол өндірген өнімді сатуды қоспағанда) иеліктен шығаруға немесе оған өзге тәсілмен билік етуге, филиалдар мен өкілдіктер құруға, сондай-ақ дебиторлық берешекті беруге және есептен шығаруға келісім береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1076"/>
-    <w:bookmarkStart w:name="z1141" w:id="1077"/>
+    <w:bookmarkEnd w:id="1087"/>
+    <w:bookmarkStart w:name="z1141" w:id="1088"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың мемлекеттік заңды тұлғаларының жарғысын (ережесін), оған өзгерістер мен толықтырулар енгізуді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1077"/>
-    <w:bookmarkStart w:name="z1142" w:id="1078"/>
+    <w:bookmarkEnd w:id="1088"/>
+    <w:bookmarkStart w:name="z1142" w:id="1089"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың, бюджеттен қаржыландырылатын қызметтің басым бағыттарын және жұмыстардың (көрсетілетін қызметтердің) міндетті көлемін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1078"/>
-    <w:bookmarkStart w:name="z1143" w:id="1079"/>
+    <w:bookmarkEnd w:id="1089"/>
+    <w:bookmarkStart w:name="z1143" w:id="1090"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік мүлік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда қарайды, келіседі және мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан Мемлекеттік кәсіпорындарды дамыту жоспарларын және олардың орындалуы жөніндегі есептерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1079"/>
-    <w:bookmarkStart w:name="z1144" w:id="1080"/>
+    <w:bookmarkEnd w:id="1090"/>
+    <w:bookmarkStart w:name="z1144" w:id="1091"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін пайдалану туралы, оның ішінде оны кепілге, жалға алуға, өтеусіз пайдалануға және сенімгерлік басқаруға беру туралы шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1080"/>
-    <w:bookmarkStart w:name="z1145" w:id="1081"/>
+    <w:bookmarkEnd w:id="1091"/>
+    <w:bookmarkStart w:name="z1145" w:id="1092"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1081"/>
-    <w:bookmarkStart w:name="z1146" w:id="1082"/>
+    <w:bookmarkEnd w:id="1092"/>
+    <w:bookmarkStart w:name="z1146" w:id="1093"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін иеліктен шығару туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1082"/>
-    <w:bookmarkStart w:name="z1147" w:id="1083"/>
+    <w:bookmarkEnd w:id="1093"/>
+    <w:bookmarkStart w:name="z1147" w:id="1094"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасымен берілген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1083"/>
-    <w:bookmarkStart w:name="z1148" w:id="1084"/>
+    <w:bookmarkEnd w:id="1094"/>
+    <w:bookmarkStart w:name="z1148" w:id="1095"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әкім аппаратының өз құзыреті шегінде құқығы бар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1084"/>
-    <w:bookmarkStart w:name="z1149" w:id="1085"/>
+    <w:bookmarkEnd w:id="1095"/>
+    <w:bookmarkStart w:name="z1149" w:id="1096"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдар мен басқа да ұйымдардың лауазымды адамдарынан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1085"/>
-    <w:bookmarkStart w:name="z1150" w:id="1086"/>
+    <w:bookmarkEnd w:id="1096"/>
+    <w:bookmarkStart w:name="z1150" w:id="1097"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүліктік және мүліктік емес құқықтарды сатып алу және жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1086"/>
-    <w:bookmarkStart w:name="z1151" w:id="1087"/>
+    <w:bookmarkEnd w:id="1097"/>
+    <w:bookmarkStart w:name="z1151" w:id="1098"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік басқару органдарының, мұрағаттардың, ғылыми мекемелердің ақпараттық дерекқорларын пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1087"/>
-    <w:bookmarkStart w:name="z1152" w:id="1088"/>
+    <w:bookmarkEnd w:id="1098"/>
+    <w:bookmarkStart w:name="z1152" w:id="1099"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шарттар, келісімдер жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1088"/>
-    <w:bookmarkStart w:name="z1153" w:id="1089"/>
+    <w:bookmarkEnd w:id="1099"/>
+    <w:bookmarkStart w:name="z1153" w:id="1100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес көзделген өзге де құқықтарға ие болу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1089"/>
-    <w:bookmarkStart w:name="z1154" w:id="1090"/>
+    <w:bookmarkEnd w:id="1100"/>
+    <w:bookmarkStart w:name="z1154" w:id="1101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Әкім аппаратының міндеттері, Өз құзыреті шегінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1090"/>
-    <w:bookmarkStart w:name="z1155" w:id="1091"/>
+    <w:bookmarkEnd w:id="1101"/>
+    <w:bookmarkStart w:name="z1155" w:id="1102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамаға сәйкес халыққа сапалы мемлекеттік қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1091"/>
-    <w:bookmarkStart w:name="z1156" w:id="1092"/>
+    <w:bookmarkEnd w:id="1102"/>
+    <w:bookmarkStart w:name="z1156" w:id="1103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Президентінің, Үкіметінің және өзге де орталық атқарушы органдардың, облыс, аудан әкімінің және әкімдігінің, ауылдық округ әкімінің актілері мен тапсырмаларын сапалы және уақтылы орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1092"/>
-    <w:bookmarkStart w:name="z1157" w:id="1093"/>
+    <w:bookmarkEnd w:id="1103"/>
+    <w:bookmarkStart w:name="z1157" w:id="1104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамада көзделген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1093"/>
-    <w:bookmarkStart w:name="z1158" w:id="1094"/>
+    <w:bookmarkEnd w:id="1104"/>
+    <w:bookmarkStart w:name="z1158" w:id="1105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Ауылдық округ әкімі аппаратының қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1094"/>
-    <w:bookmarkStart w:name="z1159" w:id="1095"/>
+    <w:bookmarkEnd w:id="1105"/>
+    <w:bookmarkStart w:name="z1159" w:id="1106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Әкім аппаратын әкім басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1095"/>
-    <w:bookmarkStart w:name="z1160" w:id="1096"/>
+    <w:bookmarkEnd w:id="1106"/>
+    <w:bookmarkStart w:name="z1160" w:id="1107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Әкімнің өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1096"/>
-    <w:bookmarkStart w:name="z1161" w:id="1097"/>
+    <w:bookmarkEnd w:id="1107"/>
+    <w:bookmarkStart w:name="z1161" w:id="1108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкім аппаратының жұмысын ұйымдастырады, оның қызметіне басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1097"/>
-    <w:bookmarkStart w:name="z1162" w:id="1098"/>
+    <w:bookmarkEnd w:id="1108"/>
+    <w:bookmarkStart w:name="z1162" w:id="1109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған шешімдерді қарайды, олардың орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1098"/>
-    <w:bookmarkStart w:name="z1163" w:id="1099"/>
+    <w:bookmarkEnd w:id="1109"/>
+    <w:bookmarkStart w:name="z1163" w:id="1110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының жергілікті мемлекеттік басқару және өзін-өзі басқару туралы заңнамасында көзделген бюджет қаражатын және (немесе) түсімдерді үнемдеу есебінен еңбек шарты бойынша қызметкерлерді қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1099"/>
-    <w:bookmarkStart w:name="z1164" w:id="1100"/>
+    <w:bookmarkEnd w:id="1110"/>
+    <w:bookmarkStart w:name="z1164" w:id="1111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бюджет заңнамасына сәйкес мемлекеттік мекемелердің өз иелігінде қалатын тауарларды (жұмыстарды, көрсетілетін қызметтерді) өткізуден түсетін ақша түсімдері мен шығыстарының жиынтық жоспарын жасайды және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1100"/>
-    <w:bookmarkStart w:name="z1165" w:id="1101"/>
+    <w:bookmarkEnd w:id="1111"/>
+    <w:bookmarkStart w:name="z1165" w:id="1112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің тұрғын үй қорына түгендеу жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1101"/>
-    <w:bookmarkStart w:name="z1166" w:id="1102"/>
+    <w:bookmarkEnd w:id="1112"/>
+    <w:bookmarkStart w:name="z1166" w:id="1113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімінің және жергілікті қоғамдастық жиналысының келісімі бойынша ауылдық округтің авариялық тұрғын үйлерін бұзуды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1102"/>
-    <w:bookmarkStart w:name="z1167" w:id="1103"/>
+    <w:bookmarkEnd w:id="1113"/>
+    <w:bookmarkStart w:name="z1167" w:id="1114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік жоспарлау жүйесінің бағдарламалық құжаттары шеңберінде ауыл халқына микрокредит беруге жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1103"/>
-    <w:bookmarkStart w:name="z1168" w:id="1104"/>
+    <w:bookmarkEnd w:id="1114"/>
+    <w:bookmarkStart w:name="z1168" w:id="1115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарымен және өзге де нормативтік құқықтық актілерімен жүктелген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1104"/>
-    <w:bookmarkStart w:name="z1169" w:id="1105"/>
+    <w:bookmarkEnd w:id="1115"/>
+    <w:bookmarkStart w:name="z1169" w:id="1116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әкімнің Қазақстан Республикасының заңнамасына сәйкес әкімнің орынбасары болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1105"/>
-    <w:bookmarkStart w:name="z1170" w:id="1106"/>
+    <w:bookmarkEnd w:id="1116"/>
+    <w:bookmarkStart w:name="z1170" w:id="1117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әкім Қазақстан Республикасының заңнамалық актілеріне сәйкес әкім орынбасарының міндеттері мен өкілеттіктерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1106"/>
-    <w:bookmarkStart w:name="z1171" w:id="1107"/>
+    <w:bookmarkEnd w:id="1117"/>
+    <w:bookmarkStart w:name="z1171" w:id="1118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әкім әкім аппараты қызметкерлерінің мемлекеттік қызметшілердің әдеп нормаларын сақтауын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1107"/>
-    <w:bookmarkStart w:name="z1172" w:id="1108"/>
+    <w:bookmarkEnd w:id="1118"/>
+    <w:bookmarkStart w:name="z1172" w:id="1119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Ауылдық округ әкімі аппаратының мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1108"/>
-    <w:bookmarkStart w:name="z1173" w:id="1109"/>
+    <w:bookmarkEnd w:id="1119"/>
+    <w:bookmarkStart w:name="z1173" w:id="1120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Әкім аппаратының заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1109"/>
-    <w:bookmarkStart w:name="z1174" w:id="1110"/>
+    <w:bookmarkEnd w:id="1120"/>
+    <w:bookmarkStart w:name="z1174" w:id="1121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкім аппаратының мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1110"/>
-    <w:bookmarkStart w:name="z1175" w:id="1111"/>
+    <w:bookmarkEnd w:id="1121"/>
+    <w:bookmarkStart w:name="z1175" w:id="1122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Әкім аппаратына бекітілген мүлік ауылдық округтің (жергілікті өзін-өзі басқарудың) коммуналдық меншігіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1111"/>
-    <w:bookmarkStart w:name="z1176" w:id="1112"/>
+    <w:bookmarkEnd w:id="1122"/>
+    <w:bookmarkStart w:name="z1176" w:id="1123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Әкім аппараты жергілікті қоғамдастық жиналысының келісімі бойынша, егер заңнамада өзгеше белгіленбесе, өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті иеліктен шығаруы немесе оған өзге де тәсілмен билік етуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1112"/>
-    <w:bookmarkStart w:name="z1177" w:id="1113"/>
+    <w:bookmarkEnd w:id="1123"/>
+    <w:bookmarkStart w:name="z1177" w:id="1124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Ауылдық округ әкімі аппаратын қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1113"/>
-    <w:bookmarkStart w:name="z1178" w:id="1114"/>
+    <w:bookmarkEnd w:id="1124"/>
+    <w:bookmarkStart w:name="z1178" w:id="1125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында айқындалатын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1114"/>
+    <w:bookmarkEnd w:id="1125"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -28654,107 +28839,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1183" w:id="1115"/>
+    <w:bookmarkStart w:name="z1183" w:id="1126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Белинский ауылдық округі әкімінің аппараты туралы Ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1115"/>
-    <w:bookmarkStart w:name="z1184" w:id="1116"/>
+    <w:bookmarkEnd w:id="1126"/>
+    <w:bookmarkStart w:name="z1184" w:id="1127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1116"/>
-    <w:bookmarkStart w:name="z1185" w:id="1117"/>
+    <w:bookmarkEnd w:id="1127"/>
+    <w:bookmarkStart w:name="z1185" w:id="1128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Белинский ауылдық округі әкімінің аппараты" мемлекеттік мекемесі (бұдан әрі – әкім аппараты) Белинский ауылдық округі әкімінің (бұдан әрі – әкім) қызметін қамтамасыз ететін және Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыратын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1117"/>
-    <w:bookmarkStart w:name="z1186" w:id="1118"/>
+    <w:bookmarkEnd w:id="1128"/>
+    <w:bookmarkStart w:name="z1186" w:id="1129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Әкім аппараты өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28769,1583 +28954,1583 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ әкім аппараты туралы осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1118"/>
-    <w:bookmarkStart w:name="z1187" w:id="1119"/>
+    <w:bookmarkEnd w:id="1129"/>
+    <w:bookmarkStart w:name="z1187" w:id="1130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әкім аппараты мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік тілде өз атауы бар мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері, қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1119"/>
-    <w:bookmarkStart w:name="z1188" w:id="1120"/>
+    <w:bookmarkEnd w:id="1130"/>
+    <w:bookmarkStart w:name="z1188" w:id="1131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әкім аппараты өз атынан азаматтық-құқықтық қатынастарға түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1120"/>
-    <w:bookmarkStart w:name="z1189" w:id="1121"/>
+    <w:bookmarkEnd w:id="1131"/>
+    <w:bookmarkStart w:name="z1189" w:id="1132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әкім аппараты заңнамаға сәйкес мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1121"/>
-    <w:bookmarkStart w:name="z1190" w:id="1122"/>
+    <w:bookmarkEnd w:id="1132"/>
+    <w:bookmarkStart w:name="z1190" w:id="1133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ауылдық округ әкімінің аппараты туралы ережені, оның құрылымын аудан әкімдігі бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1122"/>
-    <w:bookmarkStart w:name="z1191" w:id="1123"/>
+    <w:bookmarkEnd w:id="1133"/>
+    <w:bookmarkStart w:name="z1191" w:id="1134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Белинский ауылдық округі әкімінің аппараты" мемлекеттік мекемесі, заіды мекенжайы: 111700, Қазақстан Республикасы, Қостанай облысы, Бейімбет Майлин ауданы, Қайыңдыкөл ауылы, Белинский көшесі, 2.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1123"/>
-    <w:bookmarkStart w:name="z1192" w:id="1124"/>
+    <w:bookmarkEnd w:id="1134"/>
+    <w:bookmarkStart w:name="z1192" w:id="1135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ауылдық округ әкімінің аппараты аудан әкімдігімен құрылады, таратылады және қайта ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1124"/>
-    <w:bookmarkStart w:name="z1193" w:id="1125"/>
+    <w:bookmarkEnd w:id="1135"/>
+    <w:bookmarkStart w:name="z1193" w:id="1136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Әкім аппараты жергілікті бюджет есебінен ұсталатын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1125"/>
-    <w:bookmarkStart w:name="z1194" w:id="1126"/>
+    <w:bookmarkEnd w:id="1136"/>
+    <w:bookmarkStart w:name="z1194" w:id="1137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әкім аппаратына кәсіпкерлік субъектілерімен әкім аппаратының функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1126"/>
-    <w:bookmarkStart w:name="z1195" w:id="1127"/>
+    <w:bookmarkEnd w:id="1137"/>
+    <w:bookmarkStart w:name="z1195" w:id="1138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Әкім аппаратының негізгі міндеттері, функциялары, құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1127"/>
-    <w:bookmarkStart w:name="z1196" w:id="1128"/>
+    <w:bookmarkEnd w:id="1138"/>
+    <w:bookmarkStart w:name="z1196" w:id="1139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тапсырмалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1128"/>
-    <w:bookmarkStart w:name="z1197" w:id="1129"/>
+    <w:bookmarkEnd w:id="1139"/>
+    <w:bookmarkStart w:name="z1197" w:id="1140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімнің қызметін ақпараттық-талдамалық, ұйымдық-құқықтық, материалдық-техникалық қамтамасыз ету, сондай-ақ жергілікті маңызы бар мәселелерді шешу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1129"/>
-    <w:bookmarkStart w:name="z1198" w:id="1130"/>
+    <w:bookmarkEnd w:id="1140"/>
+    <w:bookmarkStart w:name="z1198" w:id="1141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функциялар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1130"/>
-    <w:bookmarkStart w:name="z1199" w:id="1131"/>
+    <w:bookmarkEnd w:id="1141"/>
+    <w:bookmarkStart w:name="z1199" w:id="1142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Өз құзыреті шеңберінде Белинский ауылдық округі әкімінің аппараты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1131"/>
-    <w:bookmarkStart w:name="z1200" w:id="1132"/>
+    <w:bookmarkEnd w:id="1142"/>
+    <w:bookmarkStart w:name="z1200" w:id="1143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынын, ауыл, көше, көппәтерлі тұрғын үй тұрғындарының бөлек жергілікті қоғамдастық жиынын, жергілікті қоғамдастық жиналысын өткізуді ұйымдастыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1132"/>
-    <w:bookmarkStart w:name="z1201" w:id="1133"/>
+    <w:bookmarkEnd w:id="1143"/>
+    <w:bookmarkStart w:name="z1201" w:id="1144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықтың бөлек жиынын, жергілікті қоғамдастықтың жиыны мен жиналысын шақырудың уақыты, орны және талқыланатын мәселелер туралы бұқаралық ақпарат құралдары арқылы немесе өзге де тәсілдермен олар өткізілетін күнге дейін күнтізбелік он күннен кешіктірмей хабардар етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1133"/>
-    <w:bookmarkStart w:name="z1202" w:id="1134"/>
+    <w:bookmarkEnd w:id="1144"/>
+    <w:bookmarkStart w:name="z1202" w:id="1145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған және ауылдық округ әкімі мақұлдаған шешімдердің орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1134"/>
-    <w:bookmarkStart w:name="z1203" w:id="1135"/>
+    <w:bookmarkEnd w:id="1145"/>
+    <w:bookmarkStart w:name="z1203" w:id="1146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін жоспарлауды және орындауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1135"/>
-    <w:bookmarkStart w:name="z1204" w:id="1136"/>
+    <w:bookmarkEnd w:id="1146"/>
+    <w:bookmarkStart w:name="z1204" w:id="1147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиналысына және аудан мәслихатына ауылдық округ бюджетінің атқарылуы туралы есеп береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1136"/>
-    <w:bookmarkStart w:name="z1205" w:id="1137"/>
+    <w:bookmarkEnd w:id="1147"/>
+    <w:bookmarkStart w:name="z1205" w:id="1148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін іске асыру туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1137"/>
-    <w:bookmarkStart w:name="z1206" w:id="1138"/>
+    <w:bookmarkEnd w:id="1148"/>
+    <w:bookmarkStart w:name="z1206" w:id="1149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықты дамыту бағдарламасын әзірлейді және жергілікті қоғамдастық жиналысының бекітуіне ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1138"/>
-    <w:bookmarkStart w:name="z1207" w:id="1139"/>
+    <w:bookmarkEnd w:id="1149"/>
+    <w:bookmarkStart w:name="z1207" w:id="1150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық мүлкіне жататын объектілерді салу, реконструкциялау және жөндеу бойынша Тапсырыс беруші болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1139"/>
-    <w:bookmarkStart w:name="z1208" w:id="1140"/>
+    <w:bookmarkEnd w:id="1150"/>
+    <w:bookmarkStart w:name="z1208" w:id="1151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкінің нысаналы және тиімді пайдаланылуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1140"/>
-    <w:bookmarkStart w:name="z1209" w:id="1141"/>
+    <w:bookmarkEnd w:id="1151"/>
+    <w:bookmarkStart w:name="z1209" w:id="1152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына қатысты коммуналдық меншік құқығы субъектісінің құқықтарын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1141"/>
-    <w:bookmarkStart w:name="z1210" w:id="1142"/>
+    <w:bookmarkEnd w:id="1152"/>
+    <w:bookmarkStart w:name="z1210" w:id="1153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорынға алып қойылған мүлікті кейіннен баланстан есептен шығара отырып, оны өзге тұлғаға бергенге дейін ұстау және оның сақталуын қамтамасыз ету мерзімін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1142"/>
-    <w:bookmarkStart w:name="z1211" w:id="1143"/>
+    <w:bookmarkEnd w:id="1153"/>
+    <w:bookmarkStart w:name="z1211" w:id="1154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкі мәселелері бойынша мемлекеттің мүдделерін білдіреді, ауылдық округтің (жергілікті өзін-өзі басқарудың коммуналдық меншігі) меншігін қорғауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1143"/>
-    <w:bookmarkStart w:name="z1212" w:id="1144"/>
+    <w:bookmarkEnd w:id="1154"/>
+    <w:bookmarkStart w:name="z1212" w:id="1155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін сенімгерлік басқару шарты бойынша сенімгерлік басқарушының міндеттемелерін орындауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1144"/>
-    <w:bookmarkStart w:name="z1213" w:id="1145"/>
+    <w:bookmarkEnd w:id="1155"/>
+    <w:bookmarkStart w:name="z1213" w:id="1156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1145"/>
-    <w:bookmarkStart w:name="z1214" w:id="1146"/>
+    <w:bookmarkEnd w:id="1156"/>
+    <w:bookmarkStart w:name="z1214" w:id="1157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін есепке алуды ұйымдастырады, оның тиімді пайдаланылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1146"/>
-    <w:bookmarkStart w:name="z1215" w:id="1147"/>
+    <w:bookmarkEnd w:id="1157"/>
+    <w:bookmarkStart w:name="z1215" w:id="1158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Ауылдық округ әкімінің аппараты жергілікті қоғамдастық жиналысымен келісім бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1147"/>
-    <w:bookmarkStart w:name="z1216" w:id="1148"/>
+    <w:bookmarkEnd w:id="1158"/>
+    <w:bookmarkStart w:name="z1216" w:id="1159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде жергілікті өзін өзі басқарудың коммуналдық мүлкін басқару саласындағы құқықтық актілердің жобаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1148"/>
-    <w:bookmarkStart w:name="z1217" w:id="1149"/>
+    <w:bookmarkEnd w:id="1159"/>
+    <w:bookmarkStart w:name="z1217" w:id="1160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін басқарады, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, оны қорғау жөніндегі шараларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1149"/>
-    <w:bookmarkStart w:name="z1218" w:id="1150"/>
+    <w:bookmarkEnd w:id="1160"/>
+    <w:bookmarkStart w:name="z1218" w:id="1161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін шешеді және жекешелендіруді жүзеге асырады, оның ішінде объектіні жекешелендіруге дайындау процесінде оның сақталуын қамтамасыз етеді, жекешелендіру процесін ұйымдастыру үшін делдалды тартады, жекешелендіру объектісін бағалауды қамтамасыз етеді, жекешелендіру объектісін сатып алу-сату шарттарын дайындауды және жасасуды және сатып алу-сату шарттары талаптарының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1150"/>
-    <w:bookmarkStart w:name="z1219" w:id="1151"/>
+    <w:bookmarkEnd w:id="1161"/>
+    <w:bookmarkStart w:name="z1219" w:id="1162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорын қызметінің мәні мен мақсаттарын, сондай-ақ осындай қызметті жүзеге асыратын коммуналдық мемлекеттік кәсіпорынның (шаруашылық жүргізу құқығындағы немесе қазыналық кәсіпорын) түрін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1151"/>
-    <w:bookmarkStart w:name="z1220" w:id="1152"/>
+    <w:bookmarkEnd w:id="1162"/>
+    <w:bookmarkStart w:name="z1220" w:id="1163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғасына берілген немесе ол өзінің шаруашылық қызметі нәтижесінде сатып алған мүлікті алып қоюды немесе қайта бөлуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1152"/>
-    <w:bookmarkStart w:name="z1221" w:id="1153"/>
+    <w:bookmarkEnd w:id="1163"/>
+    <w:bookmarkStart w:name="z1221" w:id="1164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларының артық, пайдаланылмайтын не мақсатына сай пайдаланылмайтын мүлкін алып қоюды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1153"/>
-    <w:bookmarkStart w:name="z1222" w:id="1154"/>
+    <w:bookmarkEnd w:id="1164"/>
+    <w:bookmarkStart w:name="z1222" w:id="1165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жеке тұлғаларға және мемлекеттік емес заңды тұлғаларға кейіннен сатып алу құқығынсыз не кейіннен сатып алу құқығымен мүліктік жалдауға (жалға алуға), сенімгерлік басқаруға береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1154"/>
-    <w:bookmarkStart w:name="z1223" w:id="1155"/>
+    <w:bookmarkEnd w:id="1165"/>
+    <w:bookmarkStart w:name="z1223" w:id="1166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімімен келісім бойынша жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларын құру, қайта ұйымдастыру, атауын өзгерту және тарату туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1155"/>
-    <w:bookmarkStart w:name="z1224" w:id="1156"/>
+    <w:bookmarkEnd w:id="1166"/>
+    <w:bookmarkStart w:name="z1224" w:id="1167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық мемлекеттік кәсіпорынға өзіне бекітілген мүлікті (ол өндірген өнімді сатуды қоспағанда) иеліктен шығаруға немесе оған өзге тәсілмен билік етуге, филиалдар мен өкілдіктер құруға, сондай-ақ дебиторлық берешекті беруге және есептен шығаруға келісім береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1156"/>
-    <w:bookmarkStart w:name="z1225" w:id="1157"/>
+    <w:bookmarkEnd w:id="1167"/>
+    <w:bookmarkStart w:name="z1225" w:id="1168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың мемлекеттік заңды тұлғаларының жарғысын (ережесін), оған өзгерістер мен толықтырулар енгізуді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1157"/>
-    <w:bookmarkStart w:name="z1226" w:id="1158"/>
+    <w:bookmarkEnd w:id="1168"/>
+    <w:bookmarkStart w:name="z1226" w:id="1169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың, бюджеттен қаржыландырылатын қызметтің басым бағыттарын және жұмыстардың (көрсетілетін қызметтердің) міндетті көлемін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1158"/>
-    <w:bookmarkStart w:name="z1227" w:id="1159"/>
+    <w:bookmarkEnd w:id="1169"/>
+    <w:bookmarkStart w:name="z1227" w:id="1170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік мүлік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда қарайды, келіседі және мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан Мемлекеттік кәсіпорындарды дамыту жоспарларын және олардың орындалуы жөніндегі есептерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1159"/>
-    <w:bookmarkStart w:name="z1228" w:id="1160"/>
+    <w:bookmarkEnd w:id="1170"/>
+    <w:bookmarkStart w:name="z1228" w:id="1171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін пайдалану туралы, оның ішінде оны кепілге, жалға алуға, өтеусіз пайдалануға және сенімгерлік басқаруға беру туралы шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1160"/>
-    <w:bookmarkStart w:name="z1229" w:id="1161"/>
+    <w:bookmarkEnd w:id="1171"/>
+    <w:bookmarkStart w:name="z1229" w:id="1172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1161"/>
-    <w:bookmarkStart w:name="z1230" w:id="1162"/>
+    <w:bookmarkEnd w:id="1172"/>
+    <w:bookmarkStart w:name="z1230" w:id="1173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін иеліктен шығару туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1162"/>
-    <w:bookmarkStart w:name="z1231" w:id="1163"/>
+    <w:bookmarkEnd w:id="1173"/>
+    <w:bookmarkStart w:name="z1231" w:id="1174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасымен берілген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1163"/>
-    <w:bookmarkStart w:name="z1232" w:id="1164"/>
+    <w:bookmarkEnd w:id="1174"/>
+    <w:bookmarkStart w:name="z1232" w:id="1175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әкім аппаратының өз құзыреті шегінде құқығы бар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1164"/>
-    <w:bookmarkStart w:name="z1233" w:id="1165"/>
+    <w:bookmarkEnd w:id="1175"/>
+    <w:bookmarkStart w:name="z1233" w:id="1176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдар мен басқа да ұйымдардың лауазымды адамдарынан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1165"/>
-    <w:bookmarkStart w:name="z1234" w:id="1166"/>
+    <w:bookmarkEnd w:id="1176"/>
+    <w:bookmarkStart w:name="z1234" w:id="1177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүліктік және мүліктік емес құқықтарды сатып алу және жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1166"/>
-    <w:bookmarkStart w:name="z1235" w:id="1167"/>
+    <w:bookmarkEnd w:id="1177"/>
+    <w:bookmarkStart w:name="z1235" w:id="1178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік басқару органдарының, мұрағаттардың, ғылыми мекемелердің ақпараттық дерекқорларын пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1167"/>
-    <w:bookmarkStart w:name="z1236" w:id="1168"/>
+    <w:bookmarkEnd w:id="1178"/>
+    <w:bookmarkStart w:name="z1236" w:id="1179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шарттар, келісімдер жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1168"/>
-    <w:bookmarkStart w:name="z1237" w:id="1169"/>
+    <w:bookmarkEnd w:id="1179"/>
+    <w:bookmarkStart w:name="z1237" w:id="1180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес көзделген өзге де құқықтарға ие болу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1169"/>
-    <w:bookmarkStart w:name="z1238" w:id="1170"/>
+    <w:bookmarkEnd w:id="1180"/>
+    <w:bookmarkStart w:name="z1238" w:id="1181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Әкім аппаратының міндеттері, Өз құзыреті шегінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1170"/>
-    <w:bookmarkStart w:name="z1239" w:id="1171"/>
+    <w:bookmarkEnd w:id="1181"/>
+    <w:bookmarkStart w:name="z1239" w:id="1182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамаға сәйкес халыққа сапалы мемлекеттік қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1171"/>
-    <w:bookmarkStart w:name="z1240" w:id="1172"/>
+    <w:bookmarkEnd w:id="1182"/>
+    <w:bookmarkStart w:name="z1240" w:id="1183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Президентінің, Үкіметінің және өзге де орталық атқарушы органдардың, облыс, аудан әкімінің және әкімдігінің, ауылдық округ әкімінің актілері мен тапсырмаларын сапалы және уақтылы орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1172"/>
-    <w:bookmarkStart w:name="z1241" w:id="1173"/>
+    <w:bookmarkEnd w:id="1183"/>
+    <w:bookmarkStart w:name="z1241" w:id="1184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамада көзделген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1173"/>
-    <w:bookmarkStart w:name="z1242" w:id="1174"/>
+    <w:bookmarkEnd w:id="1184"/>
+    <w:bookmarkStart w:name="z1242" w:id="1185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Ауылдық округ әкімі аппаратының қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1174"/>
-    <w:bookmarkStart w:name="z1243" w:id="1175"/>
+    <w:bookmarkEnd w:id="1185"/>
+    <w:bookmarkStart w:name="z1243" w:id="1186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Әкім аппаратын әкім басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1175"/>
-    <w:bookmarkStart w:name="z1244" w:id="1176"/>
+    <w:bookmarkEnd w:id="1186"/>
+    <w:bookmarkStart w:name="z1244" w:id="1187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Әкімнің өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1176"/>
-    <w:bookmarkStart w:name="z1245" w:id="1177"/>
+    <w:bookmarkEnd w:id="1187"/>
+    <w:bookmarkStart w:name="z1245" w:id="1188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкім аппаратының жұмысын ұйымдастырады, оның қызметіне басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1177"/>
-    <w:bookmarkStart w:name="z1246" w:id="1178"/>
+    <w:bookmarkEnd w:id="1188"/>
+    <w:bookmarkStart w:name="z1246" w:id="1189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған шешімдерді қарайды, олардың орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1178"/>
-    <w:bookmarkStart w:name="z1247" w:id="1179"/>
+    <w:bookmarkEnd w:id="1189"/>
+    <w:bookmarkStart w:name="z1247" w:id="1190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының жергілікті мемлекеттік басқару және өзін-өзі басқару туралы заңнамасында көзделген бюджет қаражатын және (немесе) түсімдерді үнемдеу есебінен еңбек шарты бойынша қызметкерлерді қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1179"/>
-    <w:bookmarkStart w:name="z1248" w:id="1180"/>
+    <w:bookmarkEnd w:id="1190"/>
+    <w:bookmarkStart w:name="z1248" w:id="1191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бюджет заңнамасына сәйкес мемлекеттік мекемелердің өз иелігінде қалатын тауарларды (жұмыстарды, көрсетілетін қызметтерді) өткізуден түсетін ақша түсімдері мен шығыстарының жиынтық жоспарын жасайды және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1180"/>
-    <w:bookmarkStart w:name="z1249" w:id="1181"/>
+    <w:bookmarkEnd w:id="1191"/>
+    <w:bookmarkStart w:name="z1249" w:id="1192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің тұрғын үй қорына түгендеу жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1181"/>
-    <w:bookmarkStart w:name="z1250" w:id="1182"/>
+    <w:bookmarkEnd w:id="1192"/>
+    <w:bookmarkStart w:name="z1250" w:id="1193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімінің және жергілікті қоғамдастық жиналысының келісімі бойынша ауылдық округтің авариялық тұрғын үйлерін бұзуды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1182"/>
-    <w:bookmarkStart w:name="z1251" w:id="1183"/>
+    <w:bookmarkEnd w:id="1193"/>
+    <w:bookmarkStart w:name="z1251" w:id="1194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік жоспарлау жүйесінің бағдарламалық құжаттары шеңберінде ауыл халқына микрокредит беруге жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1183"/>
-    <w:bookmarkStart w:name="z1252" w:id="1184"/>
+    <w:bookmarkEnd w:id="1194"/>
+    <w:bookmarkStart w:name="z1252" w:id="1195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарымен және өзге де нормативтік құқықтық актілерімен жүктелген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1184"/>
-    <w:bookmarkStart w:name="z1253" w:id="1185"/>
+    <w:bookmarkEnd w:id="1195"/>
+    <w:bookmarkStart w:name="z1253" w:id="1196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әкімнің Қазақстан Республикасының заңнамасына сәйкес әкімнің орынбасары болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1185"/>
-    <w:bookmarkStart w:name="z1254" w:id="1186"/>
+    <w:bookmarkEnd w:id="1196"/>
+    <w:bookmarkStart w:name="z1254" w:id="1197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әкім Қазақстан Республикасының заңнамалық актілеріне сәйкес әкім орынбасарының міндеттері мен өкілеттіктерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1186"/>
-    <w:bookmarkStart w:name="z1255" w:id="1187"/>
+    <w:bookmarkEnd w:id="1197"/>
+    <w:bookmarkStart w:name="z1255" w:id="1198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әкім әкім аппараты қызметкерлерінің мемлекеттік қызметшілердің әдеп нормаларын сақтауын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1187"/>
-    <w:bookmarkStart w:name="z1256" w:id="1188"/>
+    <w:bookmarkEnd w:id="1198"/>
+    <w:bookmarkStart w:name="z1256" w:id="1199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Ауылдық округ әкімі аппаратының мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1188"/>
-    <w:bookmarkStart w:name="z1257" w:id="1189"/>
+    <w:bookmarkEnd w:id="1199"/>
+    <w:bookmarkStart w:name="z1257" w:id="1200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Әкім аппаратының заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1189"/>
-    <w:bookmarkStart w:name="z1258" w:id="1190"/>
+    <w:bookmarkEnd w:id="1200"/>
+    <w:bookmarkStart w:name="z1258" w:id="1201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкім аппаратының мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1190"/>
-    <w:bookmarkStart w:name="z1259" w:id="1191"/>
+    <w:bookmarkEnd w:id="1201"/>
+    <w:bookmarkStart w:name="z1259" w:id="1202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Әкім аппаратына бекітілген мүлік ауылдық округтің (жергілікті өзін-өзі басқарудың) коммуналдық меншігіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1191"/>
-    <w:bookmarkStart w:name="z1260" w:id="1192"/>
+    <w:bookmarkEnd w:id="1202"/>
+    <w:bookmarkStart w:name="z1260" w:id="1203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Әкім аппараты жергілікті қоғамдастық жиналысының келісімі бойынша, егер заңнамада өзгеше белгіленбесе, өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті иеліктен шығаруы немесе оған өзге де тәсілмен билік етуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1192"/>
-    <w:bookmarkStart w:name="z1261" w:id="1193"/>
+    <w:bookmarkEnd w:id="1203"/>
+    <w:bookmarkStart w:name="z1261" w:id="1204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Ауылдық округ әкімі аппаратын қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1193"/>
-    <w:bookmarkStart w:name="z1262" w:id="1194"/>
+    <w:bookmarkEnd w:id="1204"/>
+    <w:bookmarkStart w:name="z1262" w:id="1205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында айқындалатын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1194"/>
+    <w:bookmarkEnd w:id="1205"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -30580,107 +30765,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1267" w:id="1195"/>
+    <w:bookmarkStart w:name="z1267" w:id="1206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Калинин ауылдық округі әкімінің аппараты туралы Ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1195"/>
-    <w:bookmarkStart w:name="z1268" w:id="1196"/>
+    <w:bookmarkEnd w:id="1206"/>
+    <w:bookmarkStart w:name="z1268" w:id="1207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1196"/>
-    <w:bookmarkStart w:name="z1269" w:id="1197"/>
+    <w:bookmarkEnd w:id="1207"/>
+    <w:bookmarkStart w:name="z1269" w:id="1208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Калинин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі (бұдан әрі – әкім аппараты) Калинин ауылдық округі әкімінің (бұдан әрі – әкім) қызметін қамтамасыз ететін және Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыратын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1197"/>
-    <w:bookmarkStart w:name="z1270" w:id="1198"/>
+    <w:bookmarkEnd w:id="1208"/>
+    <w:bookmarkStart w:name="z1270" w:id="1209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Әкім аппараты өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30695,1583 +30880,1583 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ әкім аппараты туралы осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1198"/>
-    <w:bookmarkStart w:name="z1271" w:id="1199"/>
+    <w:bookmarkEnd w:id="1209"/>
+    <w:bookmarkStart w:name="z1271" w:id="1210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әкім аппараты мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік тілде өз атауы бар мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері, қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1199"/>
-    <w:bookmarkStart w:name="z1272" w:id="1200"/>
+    <w:bookmarkEnd w:id="1210"/>
+    <w:bookmarkStart w:name="z1272" w:id="1211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әкім аппараты өз атынан азаматтық-құқықтық қатынастарға түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1200"/>
-    <w:bookmarkStart w:name="z1273" w:id="1201"/>
+    <w:bookmarkEnd w:id="1211"/>
+    <w:bookmarkStart w:name="z1273" w:id="1212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әкім аппараты заңнамаға сәйкес мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1201"/>
-    <w:bookmarkStart w:name="z1274" w:id="1202"/>
+    <w:bookmarkEnd w:id="1212"/>
+    <w:bookmarkStart w:name="z1274" w:id="1213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ауылдық округ әкімінің аппараты туралы ережені, оның құрылымын аудан әкімдігі бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1202"/>
-    <w:bookmarkStart w:name="z1275" w:id="1203"/>
+    <w:bookmarkEnd w:id="1213"/>
+    <w:bookmarkStart w:name="z1275" w:id="1214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Калинин ауылдық округі әкімінің аппараты" мемлекеттік мекемесі, заіды мекенжайы: 111703, Қазақстан Республикасы, Қостанай облысы, Бейімбет Майлин ауданы, Береговой ауылы, Рабочая көшесі, 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1203"/>
-    <w:bookmarkStart w:name="z1276" w:id="1204"/>
+    <w:bookmarkEnd w:id="1214"/>
+    <w:bookmarkStart w:name="z1276" w:id="1215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ауылдық округ әкімінің аппараты аудан әкімдігімен құрылады, таратылады және қайта ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1204"/>
-    <w:bookmarkStart w:name="z1277" w:id="1205"/>
+    <w:bookmarkEnd w:id="1215"/>
+    <w:bookmarkStart w:name="z1277" w:id="1216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Әкім аппараты жергілікті бюджет есебінен ұсталатын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1205"/>
-    <w:bookmarkStart w:name="z1278" w:id="1206"/>
+    <w:bookmarkEnd w:id="1216"/>
+    <w:bookmarkStart w:name="z1278" w:id="1217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әкім аппаратына кәсіпкерлік субъектілерімен әкім аппаратының функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1206"/>
-    <w:bookmarkStart w:name="z1279" w:id="1207"/>
+    <w:bookmarkEnd w:id="1217"/>
+    <w:bookmarkStart w:name="z1279" w:id="1218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Әкім аппаратының негізгі міндеттері, функциялары, құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1207"/>
-    <w:bookmarkStart w:name="z1280" w:id="1208"/>
+    <w:bookmarkEnd w:id="1218"/>
+    <w:bookmarkStart w:name="z1280" w:id="1219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тапсырмалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1208"/>
-    <w:bookmarkStart w:name="z1281" w:id="1209"/>
+    <w:bookmarkEnd w:id="1219"/>
+    <w:bookmarkStart w:name="z1281" w:id="1220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімнің қызметін ақпараттық-талдамалық, ұйымдық-құқықтық, материалдық-техникалық қамтамасыз ету, сондай-ақ жергілікті маңызы бар мәселелерді шешу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1209"/>
-    <w:bookmarkStart w:name="z1282" w:id="1210"/>
+    <w:bookmarkEnd w:id="1220"/>
+    <w:bookmarkStart w:name="z1282" w:id="1221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функциялар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1210"/>
-    <w:bookmarkStart w:name="z1283" w:id="1211"/>
+    <w:bookmarkEnd w:id="1221"/>
+    <w:bookmarkStart w:name="z1283" w:id="1222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Өз құзыреті шеңберінде Калинин ауылдық округі әкімінің аппараты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1211"/>
-    <w:bookmarkStart w:name="z1284" w:id="1212"/>
+    <w:bookmarkEnd w:id="1222"/>
+    <w:bookmarkStart w:name="z1284" w:id="1223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынын, ауыл, көше, көппәтерлі тұрғын үй тұрғындарының бөлек жергілікті қоғамдастық жиынын, жергілікті қоғамдастық жиналысын өткізуді ұйымдастыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1212"/>
-    <w:bookmarkStart w:name="z1285" w:id="1213"/>
+    <w:bookmarkEnd w:id="1223"/>
+    <w:bookmarkStart w:name="z1285" w:id="1224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықтың бөлек жиынын, жергілікті қоғамдастықтың жиыны мен жиналысын шақырудың уақыты, орны және талқыланатын мәселелер туралы бұқаралық ақпарат құралдары арқылы немесе өзге де тәсілдермен олар өткізілетін күнге дейін күнтізбелік он күннен кешіктірмей хабардар етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1213"/>
-    <w:bookmarkStart w:name="z1286" w:id="1214"/>
+    <w:bookmarkEnd w:id="1224"/>
+    <w:bookmarkStart w:name="z1286" w:id="1225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған және ауылдық округ әкімі мақұлдаған шешімдердің орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1214"/>
-    <w:bookmarkStart w:name="z1287" w:id="1215"/>
+    <w:bookmarkEnd w:id="1225"/>
+    <w:bookmarkStart w:name="z1287" w:id="1226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін жоспарлауды және орындауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1215"/>
-    <w:bookmarkStart w:name="z1288" w:id="1216"/>
+    <w:bookmarkEnd w:id="1226"/>
+    <w:bookmarkStart w:name="z1288" w:id="1227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиналысына және аудан мәслихатына ауылдық округ бюджетінің атқарылуы туралы есеп береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1216"/>
-    <w:bookmarkStart w:name="z1289" w:id="1217"/>
+    <w:bookmarkEnd w:id="1227"/>
+    <w:bookmarkStart w:name="z1289" w:id="1228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін іске асыру туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1217"/>
-    <w:bookmarkStart w:name="z1290" w:id="1218"/>
+    <w:bookmarkEnd w:id="1228"/>
+    <w:bookmarkStart w:name="z1290" w:id="1229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықты дамыту бағдарламасын әзірлейді және жергілікті қоғамдастық жиналысының бекітуіне ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1218"/>
-    <w:bookmarkStart w:name="z1291" w:id="1219"/>
+    <w:bookmarkEnd w:id="1229"/>
+    <w:bookmarkStart w:name="z1291" w:id="1230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық мүлкіне жататын объектілерді салу, реконструкциялау және жөндеу бойынша Тапсырыс беруші болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1219"/>
-    <w:bookmarkStart w:name="z1292" w:id="1220"/>
+    <w:bookmarkEnd w:id="1230"/>
+    <w:bookmarkStart w:name="z1292" w:id="1231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкінің нысаналы және тиімді пайдаланылуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1220"/>
-    <w:bookmarkStart w:name="z1293" w:id="1221"/>
+    <w:bookmarkEnd w:id="1231"/>
+    <w:bookmarkStart w:name="z1293" w:id="1232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына қатысты коммуналдық меншік құқығы субъектісінің құқықтарын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1221"/>
-    <w:bookmarkStart w:name="z1294" w:id="1222"/>
+    <w:bookmarkEnd w:id="1232"/>
+    <w:bookmarkStart w:name="z1294" w:id="1233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорынға алып қойылған мүлікті кейіннен баланстан есептен шығара отырып, оны өзге тұлғаға бергенге дейін ұстау және оның сақталуын қамтамасыз ету мерзімін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1222"/>
-    <w:bookmarkStart w:name="z1295" w:id="1223"/>
+    <w:bookmarkEnd w:id="1233"/>
+    <w:bookmarkStart w:name="z1295" w:id="1234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкі мәселелері бойынша мемлекеттің мүдделерін білдіреді, ауылдық округтің (жергілікті өзін-өзі басқарудың коммуналдық меншігі) меншігін қорғауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1223"/>
-    <w:bookmarkStart w:name="z1296" w:id="1224"/>
+    <w:bookmarkEnd w:id="1234"/>
+    <w:bookmarkStart w:name="z1296" w:id="1235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін сенімгерлік басқару шарты бойынша сенімгерлік басқарушының міндеттемелерін орындауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1224"/>
-    <w:bookmarkStart w:name="z1297" w:id="1225"/>
+    <w:bookmarkEnd w:id="1235"/>
+    <w:bookmarkStart w:name="z1297" w:id="1236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1225"/>
-    <w:bookmarkStart w:name="z1298" w:id="1226"/>
+    <w:bookmarkEnd w:id="1236"/>
+    <w:bookmarkStart w:name="z1298" w:id="1237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін есепке алуды ұйымдастырады, оның тиімді пайдаланылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1226"/>
-    <w:bookmarkStart w:name="z1299" w:id="1227"/>
+    <w:bookmarkEnd w:id="1237"/>
+    <w:bookmarkStart w:name="z1299" w:id="1238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Ауылдық округ әкімінің аппараты жергілікті қоғамдастық жиналысымен келісім бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1227"/>
-    <w:bookmarkStart w:name="z1300" w:id="1228"/>
+    <w:bookmarkEnd w:id="1238"/>
+    <w:bookmarkStart w:name="z1300" w:id="1239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде жергілікті өзін өзі басқарудың коммуналдық мүлкін басқару саласындағы құқықтық актілердің жобаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1228"/>
-    <w:bookmarkStart w:name="z1301" w:id="1229"/>
+    <w:bookmarkEnd w:id="1239"/>
+    <w:bookmarkStart w:name="z1301" w:id="1240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін басқарады, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, оны қорғау жөніндегі шараларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1229"/>
-    <w:bookmarkStart w:name="z1302" w:id="1230"/>
+    <w:bookmarkEnd w:id="1240"/>
+    <w:bookmarkStart w:name="z1302" w:id="1241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін шешеді және жекешелендіруді жүзеге асырады, оның ішінде объектіні жекешелендіруге дайындау процесінде оның сақталуын қамтамасыз етеді, жекешелендіру процесін ұйымдастыру үшін делдалды тартады, жекешелендіру объектісін бағалауды қамтамасыз етеді, жекешелендіру объектісін сатып алу-сату шарттарын дайындауды және жасасуды және сатып алу-сату шарттары талаптарының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1230"/>
-    <w:bookmarkStart w:name="z1303" w:id="1231"/>
+    <w:bookmarkEnd w:id="1241"/>
+    <w:bookmarkStart w:name="z1303" w:id="1242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорын қызметінің мәні мен мақсаттарын, сондай-ақ осындай қызметті жүзеге асыратын коммуналдық мемлекеттік кәсіпорынның (шаруашылық жүргізу құқығындағы немесе қазыналық кәсіпорын) түрін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1231"/>
-    <w:bookmarkStart w:name="z1304" w:id="1232"/>
+    <w:bookmarkEnd w:id="1242"/>
+    <w:bookmarkStart w:name="z1304" w:id="1243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғасына берілген немесе ол өзінің шаруашылық қызметі нәтижесінде сатып алған мүлікті алып қоюды немесе қайта бөлуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1232"/>
-    <w:bookmarkStart w:name="z1305" w:id="1233"/>
+    <w:bookmarkEnd w:id="1243"/>
+    <w:bookmarkStart w:name="z1305" w:id="1244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларының артық, пайдаланылмайтын не мақсатына сай пайдаланылмайтын мүлкін алып қоюды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1233"/>
-    <w:bookmarkStart w:name="z1306" w:id="1234"/>
+    <w:bookmarkEnd w:id="1244"/>
+    <w:bookmarkStart w:name="z1306" w:id="1245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жеке тұлғаларға және мемлекеттік емес заңды тұлғаларға кейіннен сатып алу құқығынсыз не кейіннен сатып алу құқығымен мүліктік жалдауға (жалға алуға), сенімгерлік басқаруға береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1234"/>
-    <w:bookmarkStart w:name="z1307" w:id="1235"/>
+    <w:bookmarkEnd w:id="1245"/>
+    <w:bookmarkStart w:name="z1307" w:id="1246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімімен келісім бойынша жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларын құру, қайта ұйымдастыру, атауын өзгерту және тарату туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1235"/>
-    <w:bookmarkStart w:name="z1308" w:id="1236"/>
+    <w:bookmarkEnd w:id="1246"/>
+    <w:bookmarkStart w:name="z1308" w:id="1247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық мемлекеттік кәсіпорынға өзіне бекітілген мүлікті (ол өндірген өнімді сатуды қоспағанда) иеліктен шығаруға немесе оған өзге тәсілмен билік етуге, филиалдар мен өкілдіктер құруға, сондай-ақ дебиторлық берешекті беруге және есептен шығаруға келісім береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1236"/>
-    <w:bookmarkStart w:name="z1309" w:id="1237"/>
+    <w:bookmarkEnd w:id="1247"/>
+    <w:bookmarkStart w:name="z1309" w:id="1248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың мемлекеттік заңды тұлғаларының жарғысын (ережесін), оған өзгерістер мен толықтырулар енгізуді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1237"/>
-    <w:bookmarkStart w:name="z1310" w:id="1238"/>
+    <w:bookmarkEnd w:id="1248"/>
+    <w:bookmarkStart w:name="z1310" w:id="1249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың, бюджеттен қаржыландырылатын қызметтің басым бағыттарын және жұмыстардың (көрсетілетін қызметтердің) міндетті көлемін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1238"/>
-    <w:bookmarkStart w:name="z1311" w:id="1239"/>
+    <w:bookmarkEnd w:id="1249"/>
+    <w:bookmarkStart w:name="z1311" w:id="1250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік мүлік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда қарайды, келіседі және мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан Мемлекеттік кәсіпорындарды дамыту жоспарларын және олардың орындалуы жөніндегі есептерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1239"/>
-    <w:bookmarkStart w:name="z1312" w:id="1240"/>
+    <w:bookmarkEnd w:id="1250"/>
+    <w:bookmarkStart w:name="z1312" w:id="1251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін пайдалану туралы, оның ішінде оны кепілге, жалға алуға, өтеусіз пайдалануға және сенімгерлік басқаруға беру туралы шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1240"/>
-    <w:bookmarkStart w:name="z1313" w:id="1241"/>
+    <w:bookmarkEnd w:id="1251"/>
+    <w:bookmarkStart w:name="z1313" w:id="1252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1241"/>
-    <w:bookmarkStart w:name="z1314" w:id="1242"/>
+    <w:bookmarkEnd w:id="1252"/>
+    <w:bookmarkStart w:name="z1314" w:id="1253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін иеліктен шығару туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1242"/>
-    <w:bookmarkStart w:name="z1315" w:id="1243"/>
+    <w:bookmarkEnd w:id="1253"/>
+    <w:bookmarkStart w:name="z1315" w:id="1254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасымен берілген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1243"/>
-    <w:bookmarkStart w:name="z1316" w:id="1244"/>
+    <w:bookmarkEnd w:id="1254"/>
+    <w:bookmarkStart w:name="z1316" w:id="1255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әкім аппаратының өз құзыреті шегінде құқығы бар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1244"/>
-    <w:bookmarkStart w:name="z1317" w:id="1245"/>
+    <w:bookmarkEnd w:id="1255"/>
+    <w:bookmarkStart w:name="z1317" w:id="1256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдар мен басқа да ұйымдардың лауазымды адамдарынан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1245"/>
-    <w:bookmarkStart w:name="z1318" w:id="1246"/>
+    <w:bookmarkEnd w:id="1256"/>
+    <w:bookmarkStart w:name="z1318" w:id="1257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүліктік және мүліктік емес құқықтарды сатып алу және жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1246"/>
-    <w:bookmarkStart w:name="z1319" w:id="1247"/>
+    <w:bookmarkEnd w:id="1257"/>
+    <w:bookmarkStart w:name="z1319" w:id="1258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік басқару органдарының, мұрағаттардың, ғылыми мекемелердің ақпараттық дерекқорларын пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1247"/>
-    <w:bookmarkStart w:name="z1320" w:id="1248"/>
+    <w:bookmarkEnd w:id="1258"/>
+    <w:bookmarkStart w:name="z1320" w:id="1259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шарттар, келісімдер жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1248"/>
-    <w:bookmarkStart w:name="z1321" w:id="1249"/>
+    <w:bookmarkEnd w:id="1259"/>
+    <w:bookmarkStart w:name="z1321" w:id="1260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес көзделген өзге де құқықтарға ие болу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1249"/>
-    <w:bookmarkStart w:name="z1322" w:id="1250"/>
+    <w:bookmarkEnd w:id="1260"/>
+    <w:bookmarkStart w:name="z1322" w:id="1261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Әкім аппаратының міндеттері, Өз құзыреті шегінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1250"/>
-    <w:bookmarkStart w:name="z1323" w:id="1251"/>
+    <w:bookmarkEnd w:id="1261"/>
+    <w:bookmarkStart w:name="z1323" w:id="1262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамаға сәйкес халыққа сапалы мемлекеттік қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1251"/>
-    <w:bookmarkStart w:name="z1324" w:id="1252"/>
+    <w:bookmarkEnd w:id="1262"/>
+    <w:bookmarkStart w:name="z1324" w:id="1263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Президентінің, Үкіметінің және өзге де орталық атқарушы органдардың, облыс, аудан әкімінің және әкімдігінің, ауылдық округ әкімінің актілері мен тапсырмаларын сапалы және уақтылы орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1252"/>
-    <w:bookmarkStart w:name="z1325" w:id="1253"/>
+    <w:bookmarkEnd w:id="1263"/>
+    <w:bookmarkStart w:name="z1325" w:id="1264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамада көзделген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1253"/>
-    <w:bookmarkStart w:name="z1326" w:id="1254"/>
+    <w:bookmarkEnd w:id="1264"/>
+    <w:bookmarkStart w:name="z1326" w:id="1265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Ауылдық округ әкімі аппаратының қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1254"/>
-    <w:bookmarkStart w:name="z1327" w:id="1255"/>
+    <w:bookmarkEnd w:id="1265"/>
+    <w:bookmarkStart w:name="z1327" w:id="1266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Әкім аппаратын әкім басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1255"/>
-    <w:bookmarkStart w:name="z1328" w:id="1256"/>
+    <w:bookmarkEnd w:id="1266"/>
+    <w:bookmarkStart w:name="z1328" w:id="1267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Әкімнің өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1256"/>
-    <w:bookmarkStart w:name="z1329" w:id="1257"/>
+    <w:bookmarkEnd w:id="1267"/>
+    <w:bookmarkStart w:name="z1329" w:id="1268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкім аппаратының жұмысын ұйымдастырады, оның қызметіне басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1257"/>
-    <w:bookmarkStart w:name="z1330" w:id="1258"/>
+    <w:bookmarkEnd w:id="1268"/>
+    <w:bookmarkStart w:name="z1330" w:id="1269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған шешімдерді қарайды, олардың орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1258"/>
-    <w:bookmarkStart w:name="z1331" w:id="1259"/>
+    <w:bookmarkEnd w:id="1269"/>
+    <w:bookmarkStart w:name="z1331" w:id="1270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының жергілікті мемлекеттік басқару және өзін-өзі басқару туралы заңнамасында көзделген бюджет қаражатын және (немесе) түсімдерді үнемдеу есебінен еңбек шарты бойынша қызметкерлерді қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1259"/>
-    <w:bookmarkStart w:name="z1332" w:id="1260"/>
+    <w:bookmarkEnd w:id="1270"/>
+    <w:bookmarkStart w:name="z1332" w:id="1271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бюджет заңнамасына сәйкес мемлекеттік мекемелердің өз иелігінде қалатын тауарларды (жұмыстарды, көрсетілетін қызметтерді) өткізуден түсетін ақша түсімдері мен шығыстарының жиынтық жоспарын жасайды және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1260"/>
-    <w:bookmarkStart w:name="z1333" w:id="1261"/>
+    <w:bookmarkEnd w:id="1271"/>
+    <w:bookmarkStart w:name="z1333" w:id="1272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің тұрғын үй қорына түгендеу жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1261"/>
-    <w:bookmarkStart w:name="z1334" w:id="1262"/>
+    <w:bookmarkEnd w:id="1272"/>
+    <w:bookmarkStart w:name="z1334" w:id="1273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімінің және жергілікті қоғамдастық жиналысының келісімі бойынша ауылдық округтің авариялық тұрғын үйлерін бұзуды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1262"/>
-    <w:bookmarkStart w:name="z1335" w:id="1263"/>
+    <w:bookmarkEnd w:id="1273"/>
+    <w:bookmarkStart w:name="z1335" w:id="1274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік жоспарлау жүйесінің бағдарламалық құжаттары шеңберінде ауыл халқына микрокредит беруге жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1263"/>
-    <w:bookmarkStart w:name="z1336" w:id="1264"/>
+    <w:bookmarkEnd w:id="1274"/>
+    <w:bookmarkStart w:name="z1336" w:id="1275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарымен және өзге де нормативтік құқықтық актілерімен жүктелген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1264"/>
-    <w:bookmarkStart w:name="z1337" w:id="1265"/>
+    <w:bookmarkEnd w:id="1275"/>
+    <w:bookmarkStart w:name="z1337" w:id="1276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әкімнің Қазақстан Республикасының заңнамасына сәйкес әкімнің орынбасары болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1265"/>
-    <w:bookmarkStart w:name="z1338" w:id="1266"/>
+    <w:bookmarkEnd w:id="1276"/>
+    <w:bookmarkStart w:name="z1338" w:id="1277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әкім Қазақстан Республикасының заңнамалық актілеріне сәйкес әкім орынбасарының міндеттері мен өкілеттіктерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1266"/>
-    <w:bookmarkStart w:name="z1339" w:id="1267"/>
+    <w:bookmarkEnd w:id="1277"/>
+    <w:bookmarkStart w:name="z1339" w:id="1278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әкім әкім аппараты қызметкерлерінің мемлекеттік қызметшілердің әдеп нормаларын сақтауын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1267"/>
-    <w:bookmarkStart w:name="z1340" w:id="1268"/>
+    <w:bookmarkEnd w:id="1278"/>
+    <w:bookmarkStart w:name="z1340" w:id="1279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Ауылдық округ әкімі аппаратының мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1268"/>
-    <w:bookmarkStart w:name="z1341" w:id="1269"/>
+    <w:bookmarkEnd w:id="1279"/>
+    <w:bookmarkStart w:name="z1341" w:id="1280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Әкім аппаратының заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1269"/>
-    <w:bookmarkStart w:name="z1342" w:id="1270"/>
+    <w:bookmarkEnd w:id="1280"/>
+    <w:bookmarkStart w:name="z1342" w:id="1281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкім аппаратының мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1270"/>
-    <w:bookmarkStart w:name="z1343" w:id="1271"/>
+    <w:bookmarkEnd w:id="1281"/>
+    <w:bookmarkStart w:name="z1343" w:id="1282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Әкім аппаратына бекітілген мүлік ауылдық округтің (жергілікті өзін-өзі басқарудың) коммуналдық меншігіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1271"/>
-    <w:bookmarkStart w:name="z1344" w:id="1272"/>
+    <w:bookmarkEnd w:id="1282"/>
+    <w:bookmarkStart w:name="z1344" w:id="1283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Әкім аппараты жергілікті қоғамдастық жиналысының келісімі бойынша, егер заңнамада өзгеше белгіленбесе, өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті иеліктен шығаруы немесе оған өзге де тәсілмен билік етуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1272"/>
-    <w:bookmarkStart w:name="z1345" w:id="1273"/>
+    <w:bookmarkEnd w:id="1283"/>
+    <w:bookmarkStart w:name="z1345" w:id="1284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Ауылдық округ әкімі аппаратын қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1273"/>
-    <w:bookmarkStart w:name="z1346" w:id="1274"/>
+    <w:bookmarkEnd w:id="1284"/>
+    <w:bookmarkStart w:name="z1346" w:id="1285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында айқындалатын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1274"/>
+    <w:bookmarkEnd w:id="1285"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32506,107 +32691,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1351" w:id="1275"/>
+    <w:bookmarkStart w:name="z1351" w:id="1286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Майский ауылдық округі әкімінің аппараты туралы Ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1275"/>
-    <w:bookmarkStart w:name="z1352" w:id="1276"/>
+    <w:bookmarkEnd w:id="1286"/>
+    <w:bookmarkStart w:name="z1352" w:id="1287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1276"/>
-    <w:bookmarkStart w:name="z1353" w:id="1277"/>
+    <w:bookmarkEnd w:id="1287"/>
+    <w:bookmarkStart w:name="z1353" w:id="1288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Майский ауылдық округі әкімінің аппараты" мемлекеттік мекемесі (бұдан әрі – әкім аппараты) Майский ауылдық округі әкімінің (бұдан әрі – әкім) қызметін қамтамасыз ететін және Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыратын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1277"/>
-    <w:bookmarkStart w:name="z1354" w:id="1278"/>
+    <w:bookmarkEnd w:id="1288"/>
+    <w:bookmarkStart w:name="z1354" w:id="1289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Әкім аппараты өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32621,1583 +32806,1583 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ әкім аппараты туралы осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1278"/>
-    <w:bookmarkStart w:name="z1355" w:id="1279"/>
+    <w:bookmarkEnd w:id="1289"/>
+    <w:bookmarkStart w:name="z1355" w:id="1290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әкім аппараты мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік тілде өз атауы бар мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері, қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1279"/>
-    <w:bookmarkStart w:name="z1356" w:id="1280"/>
+    <w:bookmarkEnd w:id="1290"/>
+    <w:bookmarkStart w:name="z1356" w:id="1291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әкім аппараты өз атынан азаматтық-құқықтық қатынастарға түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1280"/>
-    <w:bookmarkStart w:name="z1357" w:id="1281"/>
+    <w:bookmarkEnd w:id="1291"/>
+    <w:bookmarkStart w:name="z1357" w:id="1292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әкім аппараты заңнамаға сәйкес мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1281"/>
-    <w:bookmarkStart w:name="z1358" w:id="1282"/>
+    <w:bookmarkEnd w:id="1292"/>
+    <w:bookmarkStart w:name="z1358" w:id="1293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ауылдық округ әкімінің аппараты туралы ережені, оның құрылымын аудан әкімдігі бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1282"/>
-    <w:bookmarkStart w:name="z1359" w:id="1283"/>
+    <w:bookmarkEnd w:id="1293"/>
+    <w:bookmarkStart w:name="z1359" w:id="1294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Майский ауылдық округі әкімінің аппараты" мемлекеттік мекемесі, заңды мекенжайы: 111705, Қазақстан Республикасы, Қостанай облысы, Бейімбет Майлин ауданы, Майский ауылы, 60 лет Октября көшесі, 1.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1283"/>
-    <w:bookmarkStart w:name="z1360" w:id="1284"/>
+    <w:bookmarkEnd w:id="1294"/>
+    <w:bookmarkStart w:name="z1360" w:id="1295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ауылдық округ әкімінің аппараты аудан әкімдігімен құрылады, таратылады және қайта ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1284"/>
-    <w:bookmarkStart w:name="z1361" w:id="1285"/>
+    <w:bookmarkEnd w:id="1295"/>
+    <w:bookmarkStart w:name="z1361" w:id="1296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Әкім аппараты жергілікті бюджет есебінен ұсталатын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1285"/>
-    <w:bookmarkStart w:name="z1362" w:id="1286"/>
+    <w:bookmarkEnd w:id="1296"/>
+    <w:bookmarkStart w:name="z1362" w:id="1297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әкім аппаратына кәсіпкерлік субъектілерімен әкім аппаратының функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1286"/>
-    <w:bookmarkStart w:name="z1363" w:id="1287"/>
+    <w:bookmarkEnd w:id="1297"/>
+    <w:bookmarkStart w:name="z1363" w:id="1298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Әкім аппаратының негізгі міндеттері, функциялары, құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1287"/>
-    <w:bookmarkStart w:name="z1364" w:id="1288"/>
+    <w:bookmarkEnd w:id="1298"/>
+    <w:bookmarkStart w:name="z1364" w:id="1299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тапсырмалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1288"/>
-    <w:bookmarkStart w:name="z1365" w:id="1289"/>
+    <w:bookmarkEnd w:id="1299"/>
+    <w:bookmarkStart w:name="z1365" w:id="1300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімнің қызметін ақпараттық-талдамалық, ұйымдық-құқықтық, материалдық-техникалық қамтамасыз ету, сондай-ақ жергілікті маңызы бар мәселелерді шешу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1289"/>
-    <w:bookmarkStart w:name="z1366" w:id="1290"/>
+    <w:bookmarkEnd w:id="1300"/>
+    <w:bookmarkStart w:name="z1366" w:id="1301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функциялар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1290"/>
-    <w:bookmarkStart w:name="z1367" w:id="1291"/>
+    <w:bookmarkEnd w:id="1301"/>
+    <w:bookmarkStart w:name="z1367" w:id="1302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Өз құзыреті шеңберінде Майский ауылдық округі әкімінің аппараты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1291"/>
-    <w:bookmarkStart w:name="z1368" w:id="1292"/>
+    <w:bookmarkEnd w:id="1302"/>
+    <w:bookmarkStart w:name="z1368" w:id="1303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынын, ауыл, көше, көппәтерлі тұрғын үй тұрғындарының бөлек жергілікті қоғамдастық жиынын, жергілікті қоғамдастық жиналысын өткізуді ұйымдастыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1292"/>
-    <w:bookmarkStart w:name="z1369" w:id="1293"/>
+    <w:bookmarkEnd w:id="1303"/>
+    <w:bookmarkStart w:name="z1369" w:id="1304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықтың бөлек жиынын, жергілікті қоғамдастықтың жиыны мен жиналысын шақырудың уақыты, орны және талқыланатын мәселелер туралы бұқаралық ақпарат құралдары арқылы немесе өзге де тәсілдермен олар өткізілетін күнге дейін күнтізбелік он күннен кешіктірмей хабардар етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1293"/>
-    <w:bookmarkStart w:name="z1370" w:id="1294"/>
+    <w:bookmarkEnd w:id="1304"/>
+    <w:bookmarkStart w:name="z1370" w:id="1305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған және ауылдық округ әкімі мақұлдаған шешімдердің орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1294"/>
-    <w:bookmarkStart w:name="z1371" w:id="1295"/>
+    <w:bookmarkEnd w:id="1305"/>
+    <w:bookmarkStart w:name="z1371" w:id="1306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін жоспарлауды және орындауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1295"/>
-    <w:bookmarkStart w:name="z1372" w:id="1296"/>
+    <w:bookmarkEnd w:id="1306"/>
+    <w:bookmarkStart w:name="z1372" w:id="1307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиналысына және аудан мәслихатына ауылдық округ бюджетінің атқарылуы туралы есеп береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1296"/>
-    <w:bookmarkStart w:name="z1373" w:id="1297"/>
+    <w:bookmarkEnd w:id="1307"/>
+    <w:bookmarkStart w:name="z1373" w:id="1308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін іске асыру туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1297"/>
-    <w:bookmarkStart w:name="z1374" w:id="1298"/>
+    <w:bookmarkEnd w:id="1308"/>
+    <w:bookmarkStart w:name="z1374" w:id="1309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықты дамыту бағдарламасын әзірлейді және жергілікті қоғамдастық жиналысының бекітуіне ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1298"/>
-    <w:bookmarkStart w:name="z1375" w:id="1299"/>
+    <w:bookmarkEnd w:id="1309"/>
+    <w:bookmarkStart w:name="z1375" w:id="1310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық мүлкіне жататын объектілерді салу, реконструкциялау және жөндеу бойынша Тапсырыс беруші болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1299"/>
-    <w:bookmarkStart w:name="z1376" w:id="1300"/>
+    <w:bookmarkEnd w:id="1310"/>
+    <w:bookmarkStart w:name="z1376" w:id="1311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкінің нысаналы және тиімді пайдаланылуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1300"/>
-    <w:bookmarkStart w:name="z1377" w:id="1301"/>
+    <w:bookmarkEnd w:id="1311"/>
+    <w:bookmarkStart w:name="z1377" w:id="1312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына қатысты коммуналдық меншік құқығы субъектісінің құқықтарын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1301"/>
-    <w:bookmarkStart w:name="z1378" w:id="1302"/>
+    <w:bookmarkEnd w:id="1312"/>
+    <w:bookmarkStart w:name="z1378" w:id="1313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорынға алып қойылған мүлікті кейіннен баланстан есептен шығара отырып, оны өзге тұлғаға бергенге дейін ұстау және оның сақталуын қамтамасыз ету мерзімін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1302"/>
-    <w:bookmarkStart w:name="z1379" w:id="1303"/>
+    <w:bookmarkEnd w:id="1313"/>
+    <w:bookmarkStart w:name="z1379" w:id="1314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкі мәселелері бойынша мемлекеттің мүдделерін білдіреді, ауылдық округтің (жергілікті өзін-өзі басқарудың коммуналдық меншігі) меншігін қорғауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1303"/>
-    <w:bookmarkStart w:name="z1380" w:id="1304"/>
+    <w:bookmarkEnd w:id="1314"/>
+    <w:bookmarkStart w:name="z1380" w:id="1315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін сенімгерлік басқару шарты бойынша сенімгерлік басқарушының міндеттемелерін орындауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1304"/>
-    <w:bookmarkStart w:name="z1381" w:id="1305"/>
+    <w:bookmarkEnd w:id="1315"/>
+    <w:bookmarkStart w:name="z1381" w:id="1316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1305"/>
-    <w:bookmarkStart w:name="z1382" w:id="1306"/>
+    <w:bookmarkEnd w:id="1316"/>
+    <w:bookmarkStart w:name="z1382" w:id="1317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін есепке алуды ұйымдастырады, оның тиімді пайдаланылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1306"/>
-    <w:bookmarkStart w:name="z1383" w:id="1307"/>
+    <w:bookmarkEnd w:id="1317"/>
+    <w:bookmarkStart w:name="z1383" w:id="1318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Ауылдық округ әкімінің аппараты жергілікті қоғамдастық жиналысымен келісім бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1307"/>
-    <w:bookmarkStart w:name="z1384" w:id="1308"/>
+    <w:bookmarkEnd w:id="1318"/>
+    <w:bookmarkStart w:name="z1384" w:id="1319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде жергілікті өзін өзі басқарудың коммуналдық мүлкін басқару саласындағы құқықтық актілердің жобаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1308"/>
-    <w:bookmarkStart w:name="z1385" w:id="1309"/>
+    <w:bookmarkEnd w:id="1319"/>
+    <w:bookmarkStart w:name="z1385" w:id="1320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін басқарады, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, оны қорғау жөніндегі шараларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1309"/>
-    <w:bookmarkStart w:name="z1386" w:id="1310"/>
+    <w:bookmarkEnd w:id="1320"/>
+    <w:bookmarkStart w:name="z1386" w:id="1321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін шешеді және жекешелендіруді жүзеге асырады, оның ішінде объектіні жекешелендіруге дайындау процесінде оның сақталуын қамтамасыз етеді, жекешелендіру процесін ұйымдастыру үшін делдалды тартады, жекешелендіру объектісін бағалауды қамтамасыз етеді, жекешелендіру объектісін сатып алу-сату шарттарын дайындауды және жасасуды және сатып алу-сату шарттары талаптарының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1310"/>
-    <w:bookmarkStart w:name="z1387" w:id="1311"/>
+    <w:bookmarkEnd w:id="1321"/>
+    <w:bookmarkStart w:name="z1387" w:id="1322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорын қызметінің мәні мен мақсаттарын, сондай-ақ осындай қызметті жүзеге асыратын коммуналдық мемлекеттік кәсіпорынның (шаруашылық жүргізу құқығындағы немесе қазыналық кәсіпорын) түрін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1311"/>
-    <w:bookmarkStart w:name="z1388" w:id="1312"/>
+    <w:bookmarkEnd w:id="1322"/>
+    <w:bookmarkStart w:name="z1388" w:id="1323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғасына берілген немесе ол өзінің шаруашылық қызметі нәтижесінде сатып алған мүлікті алып қоюды немесе қайта бөлуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1312"/>
-    <w:bookmarkStart w:name="z1389" w:id="1313"/>
+    <w:bookmarkEnd w:id="1323"/>
+    <w:bookmarkStart w:name="z1389" w:id="1324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларының артық, пайдаланылмайтын не мақсатына сай пайдаланылмайтын мүлкін алып қоюды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1313"/>
-    <w:bookmarkStart w:name="z1390" w:id="1314"/>
+    <w:bookmarkEnd w:id="1324"/>
+    <w:bookmarkStart w:name="z1390" w:id="1325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жеке тұлғаларға және мемлекеттік емес заңды тұлғаларға кейіннен сатып алу құқығынсыз не кейіннен сатып алу құқығымен мүліктік жалдауға (жалға алуға), сенімгерлік басқаруға береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1314"/>
-    <w:bookmarkStart w:name="z1391" w:id="1315"/>
+    <w:bookmarkEnd w:id="1325"/>
+    <w:bookmarkStart w:name="z1391" w:id="1326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімімен келісім бойынша жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларын құру, қайта ұйымдастыру, атауын өзгерту және тарату туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1315"/>
-    <w:bookmarkStart w:name="z1392" w:id="1316"/>
+    <w:bookmarkEnd w:id="1326"/>
+    <w:bookmarkStart w:name="z1392" w:id="1327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық мемлекеттік кәсіпорынға өзіне бекітілген мүлікті (ол өндірген өнімді сатуды қоспағанда) иеліктен шығаруға немесе оған өзге тәсілмен билік етуге, филиалдар мен өкілдіктер құруға, сондай-ақ дебиторлық берешекті беруге және есептен шығаруға келісім береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1316"/>
-    <w:bookmarkStart w:name="z1393" w:id="1317"/>
+    <w:bookmarkEnd w:id="1327"/>
+    <w:bookmarkStart w:name="z1393" w:id="1328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың мемлекеттік заңды тұлғаларының жарғысын (ережесін), оған өзгерістер мен толықтырулар енгізуді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1317"/>
-    <w:bookmarkStart w:name="z1394" w:id="1318"/>
+    <w:bookmarkEnd w:id="1328"/>
+    <w:bookmarkStart w:name="z1394" w:id="1329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың, бюджеттен қаржыландырылатын қызметтің басым бағыттарын және жұмыстардың (көрсетілетін қызметтердің) міндетті көлемін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1318"/>
-    <w:bookmarkStart w:name="z1395" w:id="1319"/>
+    <w:bookmarkEnd w:id="1329"/>
+    <w:bookmarkStart w:name="z1395" w:id="1330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік мүлік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда қарайды, келіседі және мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан Мемлекеттік кәсіпорындарды дамыту жоспарларын және олардың орындалуы жөніндегі есептерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1319"/>
-    <w:bookmarkStart w:name="z1396" w:id="1320"/>
+    <w:bookmarkEnd w:id="1330"/>
+    <w:bookmarkStart w:name="z1396" w:id="1331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін пайдалану туралы, оның ішінде оны кепілге, жалға алуға, өтеусіз пайдалануға және сенімгерлік басқаруға беру туралы шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1320"/>
-    <w:bookmarkStart w:name="z1397" w:id="1321"/>
+    <w:bookmarkEnd w:id="1331"/>
+    <w:bookmarkStart w:name="z1397" w:id="1332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1321"/>
-    <w:bookmarkStart w:name="z1398" w:id="1322"/>
+    <w:bookmarkEnd w:id="1332"/>
+    <w:bookmarkStart w:name="z1398" w:id="1333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін иеліктен шығару туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1322"/>
-    <w:bookmarkStart w:name="z1399" w:id="1323"/>
+    <w:bookmarkEnd w:id="1333"/>
+    <w:bookmarkStart w:name="z1399" w:id="1334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасымен берілген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1323"/>
-    <w:bookmarkStart w:name="z1400" w:id="1324"/>
+    <w:bookmarkEnd w:id="1334"/>
+    <w:bookmarkStart w:name="z1400" w:id="1335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әкім аппаратының өз құзыреті шегінде құқығы бар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1324"/>
-    <w:bookmarkStart w:name="z1401" w:id="1325"/>
+    <w:bookmarkEnd w:id="1335"/>
+    <w:bookmarkStart w:name="z1401" w:id="1336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдар мен басқа да ұйымдардың лауазымды адамдарынан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1325"/>
-    <w:bookmarkStart w:name="z1402" w:id="1326"/>
+    <w:bookmarkEnd w:id="1336"/>
+    <w:bookmarkStart w:name="z1402" w:id="1337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүліктік және мүліктік емес құқықтарды сатып алу және жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1326"/>
-    <w:bookmarkStart w:name="z1403" w:id="1327"/>
+    <w:bookmarkEnd w:id="1337"/>
+    <w:bookmarkStart w:name="z1403" w:id="1338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік басқару органдарының, мұрағаттардың, ғылыми мекемелердің ақпараттық дерекқорларын пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1327"/>
-    <w:bookmarkStart w:name="z1404" w:id="1328"/>
+    <w:bookmarkEnd w:id="1338"/>
+    <w:bookmarkStart w:name="z1404" w:id="1339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шарттар, келісімдер жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1328"/>
-    <w:bookmarkStart w:name="z1405" w:id="1329"/>
+    <w:bookmarkEnd w:id="1339"/>
+    <w:bookmarkStart w:name="z1405" w:id="1340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес көзделген өзге де құқықтарға ие болу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1329"/>
-    <w:bookmarkStart w:name="z1406" w:id="1330"/>
+    <w:bookmarkEnd w:id="1340"/>
+    <w:bookmarkStart w:name="z1406" w:id="1341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Әкім аппаратының міндеттері, Өз құзыреті шегінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1330"/>
-    <w:bookmarkStart w:name="z1407" w:id="1331"/>
+    <w:bookmarkEnd w:id="1341"/>
+    <w:bookmarkStart w:name="z1407" w:id="1342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамаға сәйкес халыққа сапалы мемлекеттік қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1331"/>
-    <w:bookmarkStart w:name="z1408" w:id="1332"/>
+    <w:bookmarkEnd w:id="1342"/>
+    <w:bookmarkStart w:name="z1408" w:id="1343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Президентінің, Үкіметінің және өзге де орталық атқарушы органдардың, облыс, аудан әкімінің және әкімдігінің, ауылдық округ әкімінің актілері мен тапсырмаларын сапалы және уақтылы орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1332"/>
-    <w:bookmarkStart w:name="z1409" w:id="1333"/>
+    <w:bookmarkEnd w:id="1343"/>
+    <w:bookmarkStart w:name="z1409" w:id="1344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамада көзделген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1333"/>
-    <w:bookmarkStart w:name="z1410" w:id="1334"/>
+    <w:bookmarkEnd w:id="1344"/>
+    <w:bookmarkStart w:name="z1410" w:id="1345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Ауылдық округ әкімі аппаратының қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1334"/>
-    <w:bookmarkStart w:name="z1411" w:id="1335"/>
+    <w:bookmarkEnd w:id="1345"/>
+    <w:bookmarkStart w:name="z1411" w:id="1346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Әкім аппаратын әкім басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1335"/>
-    <w:bookmarkStart w:name="z1412" w:id="1336"/>
+    <w:bookmarkEnd w:id="1346"/>
+    <w:bookmarkStart w:name="z1412" w:id="1347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Әкімнің өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1336"/>
-    <w:bookmarkStart w:name="z1413" w:id="1337"/>
+    <w:bookmarkEnd w:id="1347"/>
+    <w:bookmarkStart w:name="z1413" w:id="1348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкім аппаратының жұмысын ұйымдастырады, оның қызметіне басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1337"/>
-    <w:bookmarkStart w:name="z1414" w:id="1338"/>
+    <w:bookmarkEnd w:id="1348"/>
+    <w:bookmarkStart w:name="z1414" w:id="1349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған шешімдерді қарайды, олардың орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1338"/>
-    <w:bookmarkStart w:name="z1415" w:id="1339"/>
+    <w:bookmarkEnd w:id="1349"/>
+    <w:bookmarkStart w:name="z1415" w:id="1350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының жергілікті мемлекеттік басқару және өзін-өзі басқару туралы заңнамасында көзделген бюджет қаражатын және (немесе) түсімдерді үнемдеу есебінен еңбек шарты бойынша қызметкерлерді қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1339"/>
-    <w:bookmarkStart w:name="z1416" w:id="1340"/>
+    <w:bookmarkEnd w:id="1350"/>
+    <w:bookmarkStart w:name="z1416" w:id="1351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бюджет заңнамасына сәйкес мемлекеттік мекемелердің өз иелігінде қалатын тауарларды (жұмыстарды, көрсетілетін қызметтерді) өткізуден түсетін ақша түсімдері мен шығыстарының жиынтық жоспарын жасайды және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1340"/>
-    <w:bookmarkStart w:name="z1417" w:id="1341"/>
+    <w:bookmarkEnd w:id="1351"/>
+    <w:bookmarkStart w:name="z1417" w:id="1352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің тұрғын үй қорына түгендеу жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1341"/>
-    <w:bookmarkStart w:name="z1418" w:id="1342"/>
+    <w:bookmarkEnd w:id="1352"/>
+    <w:bookmarkStart w:name="z1418" w:id="1353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімінің және жергілікті қоғамдастық жиналысының келісімі бойынша ауылдық округтің авариялық тұрғын үйлерін бұзуды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1342"/>
-    <w:bookmarkStart w:name="z1419" w:id="1343"/>
+    <w:bookmarkEnd w:id="1353"/>
+    <w:bookmarkStart w:name="z1419" w:id="1354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік жоспарлау жүйесінің бағдарламалық құжаттары шеңберінде ауыл халқына микрокредит беруге жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1343"/>
-    <w:bookmarkStart w:name="z1420" w:id="1344"/>
+    <w:bookmarkEnd w:id="1354"/>
+    <w:bookmarkStart w:name="z1420" w:id="1355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарымен және өзге де нормативтік құқықтық актілерімен жүктелген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1344"/>
-    <w:bookmarkStart w:name="z1421" w:id="1345"/>
+    <w:bookmarkEnd w:id="1355"/>
+    <w:bookmarkStart w:name="z1421" w:id="1356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әкімнің Қазақстан Республикасының заңнамасына сәйкес әкімнің орынбасары болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1345"/>
-    <w:bookmarkStart w:name="z1422" w:id="1346"/>
+    <w:bookmarkEnd w:id="1356"/>
+    <w:bookmarkStart w:name="z1422" w:id="1357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әкім Қазақстан Республикасының заңнамалық актілеріне сәйкес әкім орынбасарының міндеттері мен өкілеттіктерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1346"/>
-    <w:bookmarkStart w:name="z1423" w:id="1347"/>
+    <w:bookmarkEnd w:id="1357"/>
+    <w:bookmarkStart w:name="z1423" w:id="1358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әкім әкім аппараты қызметкерлерінің мемлекеттік қызметшілердің әдеп нормаларын сақтауын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1347"/>
-    <w:bookmarkStart w:name="z1424" w:id="1348"/>
+    <w:bookmarkEnd w:id="1358"/>
+    <w:bookmarkStart w:name="z1424" w:id="1359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Ауылдық округ әкімі аппаратының мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1348"/>
-    <w:bookmarkStart w:name="z1425" w:id="1349"/>
+    <w:bookmarkEnd w:id="1359"/>
+    <w:bookmarkStart w:name="z1425" w:id="1360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Әкім аппаратының заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1349"/>
-    <w:bookmarkStart w:name="z1426" w:id="1350"/>
+    <w:bookmarkEnd w:id="1360"/>
+    <w:bookmarkStart w:name="z1426" w:id="1361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкім аппаратының мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1350"/>
-    <w:bookmarkStart w:name="z1427" w:id="1351"/>
+    <w:bookmarkEnd w:id="1361"/>
+    <w:bookmarkStart w:name="z1427" w:id="1362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Әкім аппаратына бекітілген мүлік ауылдық округтің (жергілікті өзін-өзі басқарудың) коммуналдық меншігіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1351"/>
-    <w:bookmarkStart w:name="z1428" w:id="1352"/>
+    <w:bookmarkEnd w:id="1362"/>
+    <w:bookmarkStart w:name="z1428" w:id="1363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Әкім аппараты жергілікті қоғамдастық жиналысының келісімі бойынша, егер заңнамада өзгеше белгіленбесе, өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті иеліктен шығаруы немесе оған өзге де тәсілмен билік етуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1352"/>
-    <w:bookmarkStart w:name="z1429" w:id="1353"/>
+    <w:bookmarkEnd w:id="1363"/>
+    <w:bookmarkStart w:name="z1429" w:id="1364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Ауылдық округ әкімі аппаратын қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1353"/>
-    <w:bookmarkStart w:name="z1430" w:id="1354"/>
+    <w:bookmarkEnd w:id="1364"/>
+    <w:bookmarkStart w:name="z1430" w:id="1365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында айқындалатын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1354"/>
+    <w:bookmarkEnd w:id="1365"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -34432,107 +34617,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1435" w:id="1355"/>
+    <w:bookmarkStart w:name="z1435" w:id="1366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Новоильинов ауылдық округі әкімінің аппараты туралы Ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1355"/>
-    <w:bookmarkStart w:name="z1436" w:id="1356"/>
+    <w:bookmarkEnd w:id="1366"/>
+    <w:bookmarkStart w:name="z1436" w:id="1367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1356"/>
-    <w:bookmarkStart w:name="z1437" w:id="1357"/>
+    <w:bookmarkEnd w:id="1367"/>
+    <w:bookmarkStart w:name="z1437" w:id="1368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Новоильинов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі (бұдан әрі – әкім аппараты) Новоильинов ауылдық округі әкімінің (бұдан әрі – әкім) қызметін қамтамасыз ететін және Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыратын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1357"/>
-    <w:bookmarkStart w:name="z1438" w:id="1358"/>
+    <w:bookmarkEnd w:id="1368"/>
+    <w:bookmarkStart w:name="z1438" w:id="1369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Әкім аппараты өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34547,1583 +34732,1583 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ әкім аппараты туралы осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1358"/>
-    <w:bookmarkStart w:name="z1439" w:id="1359"/>
+    <w:bookmarkEnd w:id="1369"/>
+    <w:bookmarkStart w:name="z1439" w:id="1370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әкім аппараты мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік тілде өз атауы бар мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері, қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1359"/>
-    <w:bookmarkStart w:name="z1440" w:id="1360"/>
+    <w:bookmarkEnd w:id="1370"/>
+    <w:bookmarkStart w:name="z1440" w:id="1371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әкім аппараты өз атынан азаматтық-құқықтық қатынастарға түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1360"/>
-    <w:bookmarkStart w:name="z1441" w:id="1361"/>
+    <w:bookmarkEnd w:id="1371"/>
+    <w:bookmarkStart w:name="z1441" w:id="1372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әкім аппараты заңнамаға сәйкес мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1361"/>
-    <w:bookmarkStart w:name="z1442" w:id="1362"/>
+    <w:bookmarkEnd w:id="1372"/>
+    <w:bookmarkStart w:name="z1442" w:id="1373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ауылдық округ әкімінің аппараты туралы ережені, оның құрылымын аудан әкімдігі бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1362"/>
-    <w:bookmarkStart w:name="z1443" w:id="1363"/>
+    <w:bookmarkEnd w:id="1373"/>
+    <w:bookmarkStart w:name="z1443" w:id="1374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Новоильинов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі, заңды мекенжайы: 111709, Қазақстан Республикасы, Қостанай облысы, Бейімбет Майлин ауданы, Новоильинов ауылы, Школьная көшесі, 35/2.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1363"/>
-    <w:bookmarkStart w:name="z1444" w:id="1364"/>
+    <w:bookmarkEnd w:id="1374"/>
+    <w:bookmarkStart w:name="z1444" w:id="1375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ауылдық округ әкімінің аппараты аудан әкімдігімен құрылады, таратылады және қайта ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1364"/>
-    <w:bookmarkStart w:name="z1445" w:id="1365"/>
+    <w:bookmarkEnd w:id="1375"/>
+    <w:bookmarkStart w:name="z1445" w:id="1376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Әкім аппараты жергілікті бюджет есебінен ұсталатын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1365"/>
-    <w:bookmarkStart w:name="z1446" w:id="1366"/>
+    <w:bookmarkEnd w:id="1376"/>
+    <w:bookmarkStart w:name="z1446" w:id="1377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әкім аппаратына кәсіпкерлік субъектілерімен әкім аппаратының функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1366"/>
-    <w:bookmarkStart w:name="z1447" w:id="1367"/>
+    <w:bookmarkEnd w:id="1377"/>
+    <w:bookmarkStart w:name="z1447" w:id="1378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Әкім аппаратының негізгі міндеттері, функциялары, құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1367"/>
-    <w:bookmarkStart w:name="z1448" w:id="1368"/>
+    <w:bookmarkEnd w:id="1378"/>
+    <w:bookmarkStart w:name="z1448" w:id="1379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тапсырмалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1368"/>
-    <w:bookmarkStart w:name="z1449" w:id="1369"/>
+    <w:bookmarkEnd w:id="1379"/>
+    <w:bookmarkStart w:name="z1449" w:id="1380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімнің қызметін ақпараттық-талдамалық, ұйымдық-құқықтық, материалдық-техникалық қамтамасыз ету, сондай-ақ жергілікті маңызы бар мәселелерді шешу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1369"/>
-    <w:bookmarkStart w:name="z1450" w:id="1370"/>
+    <w:bookmarkEnd w:id="1380"/>
+    <w:bookmarkStart w:name="z1450" w:id="1381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функциялар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1370"/>
-    <w:bookmarkStart w:name="z1451" w:id="1371"/>
+    <w:bookmarkEnd w:id="1381"/>
+    <w:bookmarkStart w:name="z1451" w:id="1382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Өз құзыреті шеңберінде Новоильинов ауылдық округі әкімінің аппараты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1371"/>
-    <w:bookmarkStart w:name="z1452" w:id="1372"/>
+    <w:bookmarkEnd w:id="1382"/>
+    <w:bookmarkStart w:name="z1452" w:id="1383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынын, ауыл, көше, көппәтерлі тұрғын үй тұрғындарының бөлек жергілікті қоғамдастық жиынын, жергілікті қоғамдастық жиналысын өткізуді ұйымдастыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1372"/>
-    <w:bookmarkStart w:name="z1453" w:id="1373"/>
+    <w:bookmarkEnd w:id="1383"/>
+    <w:bookmarkStart w:name="z1453" w:id="1384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықтың бөлек жиынын, жергілікті қоғамдастықтың жиыны мен жиналысын шақырудың уақыты, орны және талқыланатын мәселелер туралы бұқаралық ақпарат құралдары арқылы немесе өзге де тәсілдермен олар өткізілетін күнге дейін күнтізбелік он күннен кешіктірмей хабардар етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1373"/>
-    <w:bookmarkStart w:name="z1454" w:id="1374"/>
+    <w:bookmarkEnd w:id="1384"/>
+    <w:bookmarkStart w:name="z1454" w:id="1385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған және ауылдық округ әкімі мақұлдаған шешімдердің орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1374"/>
-    <w:bookmarkStart w:name="z1455" w:id="1375"/>
+    <w:bookmarkEnd w:id="1385"/>
+    <w:bookmarkStart w:name="z1455" w:id="1386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін жоспарлауды және орындауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1375"/>
-    <w:bookmarkStart w:name="z1456" w:id="1376"/>
+    <w:bookmarkEnd w:id="1386"/>
+    <w:bookmarkStart w:name="z1456" w:id="1387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиналысына және аудан мәслихатына ауылдық округ бюджетінің атқарылуы туралы есеп береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1376"/>
-    <w:bookmarkStart w:name="z1457" w:id="1377"/>
+    <w:bookmarkEnd w:id="1387"/>
+    <w:bookmarkStart w:name="z1457" w:id="1388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін іске асыру туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1377"/>
-    <w:bookmarkStart w:name="z1458" w:id="1378"/>
+    <w:bookmarkEnd w:id="1388"/>
+    <w:bookmarkStart w:name="z1458" w:id="1389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықты дамыту бағдарламасын әзірлейді және жергілікті қоғамдастық жиналысының бекітуіне ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1378"/>
-    <w:bookmarkStart w:name="z1459" w:id="1379"/>
+    <w:bookmarkEnd w:id="1389"/>
+    <w:bookmarkStart w:name="z1459" w:id="1390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық мүлкіне жататын объектілерді салу, реконструкциялау және жөндеу бойынша Тапсырыс беруші болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1379"/>
-    <w:bookmarkStart w:name="z1460" w:id="1380"/>
+    <w:bookmarkEnd w:id="1390"/>
+    <w:bookmarkStart w:name="z1460" w:id="1391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкінің нысаналы және тиімді пайдаланылуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1380"/>
-    <w:bookmarkStart w:name="z1461" w:id="1381"/>
+    <w:bookmarkEnd w:id="1391"/>
+    <w:bookmarkStart w:name="z1461" w:id="1392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына қатысты коммуналдық меншік құқығы субъектісінің құқықтарын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1381"/>
-    <w:bookmarkStart w:name="z1462" w:id="1382"/>
+    <w:bookmarkEnd w:id="1392"/>
+    <w:bookmarkStart w:name="z1462" w:id="1393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорынға алып қойылған мүлікті кейіннен баланстан есептен шығара отырып, оны өзге тұлғаға бергенге дейін ұстау және оның сақталуын қамтамасыз ету мерзімін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1382"/>
-    <w:bookmarkStart w:name="z1463" w:id="1383"/>
+    <w:bookmarkEnd w:id="1393"/>
+    <w:bookmarkStart w:name="z1463" w:id="1394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкі мәселелері бойынша мемлекеттің мүдделерін білдіреді, ауылдық округтің (жергілікті өзін-өзі басқарудың коммуналдық меншігі) меншігін қорғауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1383"/>
-    <w:bookmarkStart w:name="z1464" w:id="1384"/>
+    <w:bookmarkEnd w:id="1394"/>
+    <w:bookmarkStart w:name="z1464" w:id="1395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін сенімгерлік басқару шарты бойынша сенімгерлік басқарушының міндеттемелерін орындауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1384"/>
-    <w:bookmarkStart w:name="z1465" w:id="1385"/>
+    <w:bookmarkEnd w:id="1395"/>
+    <w:bookmarkStart w:name="z1465" w:id="1396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1385"/>
-    <w:bookmarkStart w:name="z1466" w:id="1386"/>
+    <w:bookmarkEnd w:id="1396"/>
+    <w:bookmarkStart w:name="z1466" w:id="1397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін есепке алуды ұйымдастырады, оның тиімді пайдаланылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1386"/>
-    <w:bookmarkStart w:name="z1467" w:id="1387"/>
+    <w:bookmarkEnd w:id="1397"/>
+    <w:bookmarkStart w:name="z1467" w:id="1398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Ауылдық округ әкімінің аппараты жергілікті қоғамдастық жиналысымен келісім бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1387"/>
-    <w:bookmarkStart w:name="z1468" w:id="1388"/>
+    <w:bookmarkEnd w:id="1398"/>
+    <w:bookmarkStart w:name="z1468" w:id="1399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде жергілікті өзін өзі басқарудың коммуналдық мүлкін басқару саласындағы құқықтық актілердің жобаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1388"/>
-    <w:bookmarkStart w:name="z1469" w:id="1389"/>
+    <w:bookmarkEnd w:id="1399"/>
+    <w:bookmarkStart w:name="z1469" w:id="1400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін басқарады, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, оны қорғау жөніндегі шараларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1389"/>
-    <w:bookmarkStart w:name="z1470" w:id="1390"/>
+    <w:bookmarkEnd w:id="1400"/>
+    <w:bookmarkStart w:name="z1470" w:id="1401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін шешеді және жекешелендіруді жүзеге асырады, оның ішінде объектіні жекешелендіруге дайындау процесінде оның сақталуын қамтамасыз етеді, жекешелендіру процесін ұйымдастыру үшін делдалды тартады, жекешелендіру объектісін бағалауды қамтамасыз етеді, жекешелендіру объектісін сатып алу-сату шарттарын дайындауды және жасасуды және сатып алу-сату шарттары талаптарының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1390"/>
-    <w:bookmarkStart w:name="z1471" w:id="1391"/>
+    <w:bookmarkEnd w:id="1401"/>
+    <w:bookmarkStart w:name="z1471" w:id="1402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорын қызметінің мәні мен мақсаттарын, сондай-ақ осындай қызметті жүзеге асыратын коммуналдық мемлекеттік кәсіпорынның (шаруашылық жүргізу құқығындағы немесе қазыналық кәсіпорын) түрін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1391"/>
-    <w:bookmarkStart w:name="z1472" w:id="1392"/>
+    <w:bookmarkEnd w:id="1402"/>
+    <w:bookmarkStart w:name="z1472" w:id="1403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғасына берілген немесе ол өзінің шаруашылық қызметі нәтижесінде сатып алған мүлікті алып қоюды немесе қайта бөлуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1392"/>
-    <w:bookmarkStart w:name="z1473" w:id="1393"/>
+    <w:bookmarkEnd w:id="1403"/>
+    <w:bookmarkStart w:name="z1473" w:id="1404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларының артық, пайдаланылмайтын не мақсатына сай пайдаланылмайтын мүлкін алып қоюды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1393"/>
-    <w:bookmarkStart w:name="z1474" w:id="1394"/>
+    <w:bookmarkEnd w:id="1404"/>
+    <w:bookmarkStart w:name="z1474" w:id="1405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жеке тұлғаларға және мемлекеттік емес заңды тұлғаларға кейіннен сатып алу құқығынсыз не кейіннен сатып алу құқығымен мүліктік жалдауға (жалға алуға), сенімгерлік басқаруға береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1394"/>
-    <w:bookmarkStart w:name="z1475" w:id="1395"/>
+    <w:bookmarkEnd w:id="1405"/>
+    <w:bookmarkStart w:name="z1475" w:id="1406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімімен келісім бойынша жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларын құру, қайта ұйымдастыру, атауын өзгерту және тарату туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1395"/>
-    <w:bookmarkStart w:name="z1476" w:id="1396"/>
+    <w:bookmarkEnd w:id="1406"/>
+    <w:bookmarkStart w:name="z1476" w:id="1407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық мемлекеттік кәсіпорынға өзіне бекітілген мүлікті (ол өндірген өнімді сатуды қоспағанда) иеліктен шығаруға немесе оған өзге тәсілмен билік етуге, филиалдар мен өкілдіктер құруға, сондай-ақ дебиторлық берешекті беруге және есептен шығаруға келісім береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1396"/>
-    <w:bookmarkStart w:name="z1477" w:id="1397"/>
+    <w:bookmarkEnd w:id="1407"/>
+    <w:bookmarkStart w:name="z1477" w:id="1408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың мемлекеттік заңды тұлғаларының жарғысын (ережесін), оған өзгерістер мен толықтырулар енгізуді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1397"/>
-    <w:bookmarkStart w:name="z1478" w:id="1398"/>
+    <w:bookmarkEnd w:id="1408"/>
+    <w:bookmarkStart w:name="z1478" w:id="1409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың, бюджеттен қаржыландырылатын қызметтің басым бағыттарын және жұмыстардың (көрсетілетін қызметтердің) міндетті көлемін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1398"/>
-    <w:bookmarkStart w:name="z1479" w:id="1399"/>
+    <w:bookmarkEnd w:id="1409"/>
+    <w:bookmarkStart w:name="z1479" w:id="1410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік мүлік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда қарайды, келіседі және мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан Мемлекеттік кәсіпорындарды дамыту жоспарларын және олардың орындалуы жөніндегі есептерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1399"/>
-    <w:bookmarkStart w:name="z1480" w:id="1400"/>
+    <w:bookmarkEnd w:id="1410"/>
+    <w:bookmarkStart w:name="z1480" w:id="1411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін пайдалану туралы, оның ішінде оны кепілге, жалға алуға, өтеусіз пайдалануға және сенімгерлік басқаруға беру туралы шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1400"/>
-    <w:bookmarkStart w:name="z1481" w:id="1401"/>
+    <w:bookmarkEnd w:id="1411"/>
+    <w:bookmarkStart w:name="z1481" w:id="1412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1401"/>
-    <w:bookmarkStart w:name="z1482" w:id="1402"/>
+    <w:bookmarkEnd w:id="1412"/>
+    <w:bookmarkStart w:name="z1482" w:id="1413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін иеліктен шығару туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1402"/>
-    <w:bookmarkStart w:name="z1483" w:id="1403"/>
+    <w:bookmarkEnd w:id="1413"/>
+    <w:bookmarkStart w:name="z1483" w:id="1414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасымен берілген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1403"/>
-    <w:bookmarkStart w:name="z1484" w:id="1404"/>
+    <w:bookmarkEnd w:id="1414"/>
+    <w:bookmarkStart w:name="z1484" w:id="1415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әкім аппаратының өз құзыреті шегінде құқығы бар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1404"/>
-    <w:bookmarkStart w:name="z1485" w:id="1405"/>
+    <w:bookmarkEnd w:id="1415"/>
+    <w:bookmarkStart w:name="z1485" w:id="1416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдар мен басқа да ұйымдардың лауазымды адамдарынан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1405"/>
-    <w:bookmarkStart w:name="z1486" w:id="1406"/>
+    <w:bookmarkEnd w:id="1416"/>
+    <w:bookmarkStart w:name="z1486" w:id="1417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүліктік және мүліктік емес құқықтарды сатып алу және жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1406"/>
-    <w:bookmarkStart w:name="z1487" w:id="1407"/>
+    <w:bookmarkEnd w:id="1417"/>
+    <w:bookmarkStart w:name="z1487" w:id="1418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік басқару органдарының, мұрағаттардың, ғылыми мекемелердің ақпараттық дерекқорларын пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1407"/>
-    <w:bookmarkStart w:name="z1488" w:id="1408"/>
+    <w:bookmarkEnd w:id="1418"/>
+    <w:bookmarkStart w:name="z1488" w:id="1419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шарттар, келісімдер жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1408"/>
-    <w:bookmarkStart w:name="z1489" w:id="1409"/>
+    <w:bookmarkEnd w:id="1419"/>
+    <w:bookmarkStart w:name="z1489" w:id="1420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес көзделген өзге де құқықтарға ие болу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1409"/>
-    <w:bookmarkStart w:name="z1490" w:id="1410"/>
+    <w:bookmarkEnd w:id="1420"/>
+    <w:bookmarkStart w:name="z1490" w:id="1421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Әкім аппаратының міндеттері, Өз құзыреті шегінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1410"/>
-    <w:bookmarkStart w:name="z1491" w:id="1411"/>
+    <w:bookmarkEnd w:id="1421"/>
+    <w:bookmarkStart w:name="z1491" w:id="1422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамаға сәйкес халыққа сапалы мемлекеттік қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1411"/>
-    <w:bookmarkStart w:name="z1492" w:id="1412"/>
+    <w:bookmarkEnd w:id="1422"/>
+    <w:bookmarkStart w:name="z1492" w:id="1423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Президентінің, Үкіметінің және өзге де орталық атқарушы органдардың, облыс, аудан әкімінің және әкімдігінің, ауылдық округ әкімінің актілері мен тапсырмаларын сапалы және уақтылы орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1412"/>
-    <w:bookmarkStart w:name="z1493" w:id="1413"/>
+    <w:bookmarkEnd w:id="1423"/>
+    <w:bookmarkStart w:name="z1493" w:id="1424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамада көзделген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1413"/>
-    <w:bookmarkStart w:name="z1494" w:id="1414"/>
+    <w:bookmarkEnd w:id="1424"/>
+    <w:bookmarkStart w:name="z1494" w:id="1425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Ауылдық округ әкімі аппаратының қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1414"/>
-    <w:bookmarkStart w:name="z1495" w:id="1415"/>
+    <w:bookmarkEnd w:id="1425"/>
+    <w:bookmarkStart w:name="z1495" w:id="1426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Әкім аппаратын әкім басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1415"/>
-    <w:bookmarkStart w:name="z1496" w:id="1416"/>
+    <w:bookmarkEnd w:id="1426"/>
+    <w:bookmarkStart w:name="z1496" w:id="1427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Әкімнің өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1416"/>
-    <w:bookmarkStart w:name="z1497" w:id="1417"/>
+    <w:bookmarkEnd w:id="1427"/>
+    <w:bookmarkStart w:name="z1497" w:id="1428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкім аппаратының жұмысын ұйымдастырады, оның қызметіне басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1417"/>
-    <w:bookmarkStart w:name="z1498" w:id="1418"/>
+    <w:bookmarkEnd w:id="1428"/>
+    <w:bookmarkStart w:name="z1498" w:id="1429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған шешімдерді қарайды, олардың орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1418"/>
-    <w:bookmarkStart w:name="z1499" w:id="1419"/>
+    <w:bookmarkEnd w:id="1429"/>
+    <w:bookmarkStart w:name="z1499" w:id="1430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының жергілікті мемлекеттік басқару және өзін-өзі басқару туралы заңнамасында көзделген бюджет қаражатын және (немесе) түсімдерді үнемдеу есебінен еңбек шарты бойынша қызметкерлерді қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1419"/>
-    <w:bookmarkStart w:name="z1500" w:id="1420"/>
+    <w:bookmarkEnd w:id="1430"/>
+    <w:bookmarkStart w:name="z1500" w:id="1431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бюджет заңнамасына сәйкес мемлекеттік мекемелердің өз иелігінде қалатын тауарларды (жұмыстарды, көрсетілетін қызметтерді) өткізуден түсетін ақша түсімдері мен шығыстарының жиынтық жоспарын жасайды және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1420"/>
-    <w:bookmarkStart w:name="z1501" w:id="1421"/>
+    <w:bookmarkEnd w:id="1431"/>
+    <w:bookmarkStart w:name="z1501" w:id="1432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің тұрғын үй қорына түгендеу жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1421"/>
-    <w:bookmarkStart w:name="z1502" w:id="1422"/>
+    <w:bookmarkEnd w:id="1432"/>
+    <w:bookmarkStart w:name="z1502" w:id="1433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімінің және жергілікті қоғамдастық жиналысының келісімі бойынша ауылдық округтің авариялық тұрғын үйлерін бұзуды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1422"/>
-    <w:bookmarkStart w:name="z1503" w:id="1423"/>
+    <w:bookmarkEnd w:id="1433"/>
+    <w:bookmarkStart w:name="z1503" w:id="1434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік жоспарлау жүйесінің бағдарламалық құжаттары шеңберінде ауыл халқына микрокредит беруге жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1423"/>
-    <w:bookmarkStart w:name="z1504" w:id="1424"/>
+    <w:bookmarkEnd w:id="1434"/>
+    <w:bookmarkStart w:name="z1504" w:id="1435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарымен және өзге де нормативтік құқықтық актілерімен жүктелген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1424"/>
-    <w:bookmarkStart w:name="z1505" w:id="1425"/>
+    <w:bookmarkEnd w:id="1435"/>
+    <w:bookmarkStart w:name="z1505" w:id="1436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әкімнің Қазақстан Республикасының заңнамасына сәйкес әкімнің орынбасары болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1425"/>
-    <w:bookmarkStart w:name="z1506" w:id="1426"/>
+    <w:bookmarkEnd w:id="1436"/>
+    <w:bookmarkStart w:name="z1506" w:id="1437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әкім Қазақстан Республикасының заңнамалық актілеріне сәйкес әкім орынбасарының міндеттері мен өкілеттіктерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1426"/>
-    <w:bookmarkStart w:name="z1507" w:id="1427"/>
+    <w:bookmarkEnd w:id="1437"/>
+    <w:bookmarkStart w:name="z1507" w:id="1438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әкім әкім аппараты қызметкерлерінің мемлекеттік қызметшілердің әдеп нормаларын сақтауын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1427"/>
-    <w:bookmarkStart w:name="z1508" w:id="1428"/>
+    <w:bookmarkEnd w:id="1438"/>
+    <w:bookmarkStart w:name="z1508" w:id="1439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Ауылдық округ әкімі аппаратының мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1428"/>
-    <w:bookmarkStart w:name="z1509" w:id="1429"/>
+    <w:bookmarkEnd w:id="1439"/>
+    <w:bookmarkStart w:name="z1509" w:id="1440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Әкім аппаратының заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1429"/>
-    <w:bookmarkStart w:name="z1510" w:id="1430"/>
+    <w:bookmarkEnd w:id="1440"/>
+    <w:bookmarkStart w:name="z1510" w:id="1441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкім аппаратының мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1430"/>
-    <w:bookmarkStart w:name="z1511" w:id="1431"/>
+    <w:bookmarkEnd w:id="1441"/>
+    <w:bookmarkStart w:name="z1511" w:id="1442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Әкім аппаратына бекітілген мүлік ауылдық округтің (жергілікті өзін-өзі басқарудың) коммуналдық меншігіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1431"/>
-    <w:bookmarkStart w:name="z1512" w:id="1432"/>
+    <w:bookmarkEnd w:id="1442"/>
+    <w:bookmarkStart w:name="z1512" w:id="1443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Әкім аппараты жергілікті қоғамдастық жиналысының келісімі бойынша, егер заңнамада өзгеше белгіленбесе, өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті иеліктен шығаруы немесе оған өзге де тәсілмен билік етуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1432"/>
-    <w:bookmarkStart w:name="z1513" w:id="1433"/>
+    <w:bookmarkEnd w:id="1443"/>
+    <w:bookmarkStart w:name="z1513" w:id="1444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Ауылдық округ әкімі аппаратын қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1433"/>
-    <w:bookmarkStart w:name="z1514" w:id="1434"/>
+    <w:bookmarkEnd w:id="1444"/>
+    <w:bookmarkStart w:name="z1514" w:id="1445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында айқындалатын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1434"/>
+    <w:bookmarkEnd w:id="1445"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -36358,107 +36543,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1519" w:id="1435"/>
+    <w:bookmarkStart w:name="z1519" w:id="1446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Павлов ауылдық округі әкімінің аппараты туралы Ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1435"/>
-    <w:bookmarkStart w:name="z1520" w:id="1436"/>
+    <w:bookmarkEnd w:id="1446"/>
+    <w:bookmarkStart w:name="z1520" w:id="1447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1436"/>
-    <w:bookmarkStart w:name="z1521" w:id="1437"/>
+    <w:bookmarkEnd w:id="1447"/>
+    <w:bookmarkStart w:name="z1521" w:id="1448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Павлов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі (бұдан әрі – әкім аппараты) Павлов ауылдық округі әкімінің (бұдан әрі – әкім) қызметін қамтамасыз ететін және Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыратын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1437"/>
-    <w:bookmarkStart w:name="z1522" w:id="1438"/>
+    <w:bookmarkEnd w:id="1448"/>
+    <w:bookmarkStart w:name="z1522" w:id="1449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Әкім аппараты өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36473,1583 +36658,1583 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ әкім аппараты туралы осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1438"/>
-    <w:bookmarkStart w:name="z1523" w:id="1439"/>
+    <w:bookmarkEnd w:id="1449"/>
+    <w:bookmarkStart w:name="z1523" w:id="1450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әкім аппараты мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік тілде өз атауы бар мөрлері мен мөртаңбалары, белгіленген үлгідегі бланкілері, қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1439"/>
-    <w:bookmarkStart w:name="z1524" w:id="1440"/>
+    <w:bookmarkEnd w:id="1450"/>
+    <w:bookmarkStart w:name="z1524" w:id="1451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әкім аппараты өз атынан азаматтық-құқықтық қатынастарға түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1440"/>
-    <w:bookmarkStart w:name="z1525" w:id="1441"/>
+    <w:bookmarkEnd w:id="1451"/>
+    <w:bookmarkStart w:name="z1525" w:id="1452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әкім аппараты заңнамаға сәйкес мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1441"/>
-    <w:bookmarkStart w:name="z1526" w:id="1442"/>
+    <w:bookmarkEnd w:id="1452"/>
+    <w:bookmarkStart w:name="z1526" w:id="1453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ауылдық округ әкімінің аппараты туралы ережені, оның құрылымын аудан әкімдігі бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1442"/>
-    <w:bookmarkStart w:name="z1527" w:id="1443"/>
+    <w:bookmarkEnd w:id="1453"/>
+    <w:bookmarkStart w:name="z1527" w:id="1454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Павлов ауылдық округі әкімінің аппараты" мемлекеттік мекемесі, заңды мекенжайы: 111711, Қазақстан Республикасы, Қостанай облысы, Бейімбет Майлин ауданы, Павлов ауылы, Вачасов атындағы тұйық көшесі, 169.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1443"/>
-    <w:bookmarkStart w:name="z1528" w:id="1444"/>
+    <w:bookmarkEnd w:id="1454"/>
+    <w:bookmarkStart w:name="z1528" w:id="1455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ауылдық округ әкімінің аппараты аудан әкімдігімен құрылады, таратылады және қайта ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1444"/>
-    <w:bookmarkStart w:name="z1529" w:id="1445"/>
+    <w:bookmarkEnd w:id="1455"/>
+    <w:bookmarkStart w:name="z1529" w:id="1456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Әкім аппараты жергілікті бюджет есебінен ұсталатын мемлекеттік мекеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1445"/>
-    <w:bookmarkStart w:name="z1530" w:id="1446"/>
+    <w:bookmarkEnd w:id="1456"/>
+    <w:bookmarkStart w:name="z1530" w:id="1457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әкім аппаратына кәсіпкерлік субъектілерімен әкім аппаратының функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1446"/>
-    <w:bookmarkStart w:name="z1531" w:id="1447"/>
+    <w:bookmarkEnd w:id="1457"/>
+    <w:bookmarkStart w:name="z1531" w:id="1458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Әкім аппаратының негізгі міндеттері, функциялары, құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1447"/>
-    <w:bookmarkStart w:name="z1532" w:id="1448"/>
+    <w:bookmarkEnd w:id="1458"/>
+    <w:bookmarkStart w:name="z1532" w:id="1459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тапсырмалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1448"/>
-    <w:bookmarkStart w:name="z1533" w:id="1449"/>
+    <w:bookmarkEnd w:id="1459"/>
+    <w:bookmarkStart w:name="z1533" w:id="1460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімнің қызметін ақпараттық-талдамалық, ұйымдық-құқықтық, материалдық-техникалық қамтамасыз ету, сондай-ақ жергілікті маңызы бар мәселелерді шешу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1449"/>
-    <w:bookmarkStart w:name="z1534" w:id="1450"/>
+    <w:bookmarkEnd w:id="1460"/>
+    <w:bookmarkStart w:name="z1534" w:id="1461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функциялар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1450"/>
-    <w:bookmarkStart w:name="z1535" w:id="1451"/>
+    <w:bookmarkEnd w:id="1461"/>
+    <w:bookmarkStart w:name="z1535" w:id="1462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Өз құзыреті шеңберінде Павлов ауылдық округі әкімінің аппараты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1451"/>
-    <w:bookmarkStart w:name="z1536" w:id="1452"/>
+    <w:bookmarkEnd w:id="1462"/>
+    <w:bookmarkStart w:name="z1536" w:id="1463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынын, ауыл, көше, көппәтерлі тұрғын үй тұрғындарының бөлек жергілікті қоғамдастық жиынын, жергілікті қоғамдастық жиналысын өткізуді ұйымдастыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1452"/>
-    <w:bookmarkStart w:name="z1537" w:id="1453"/>
+    <w:bookmarkEnd w:id="1463"/>
+    <w:bookmarkStart w:name="z1537" w:id="1464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықтың бөлек жиынын, жергілікті қоғамдастықтың жиыны мен жиналысын шақырудың уақыты, орны және талқыланатын мәселелер туралы бұқаралық ақпарат құралдары арқылы немесе өзге де тәсілдермен олар өткізілетін күнге дейін күнтізбелік он күннен кешіктірмей хабардар етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1453"/>
-    <w:bookmarkStart w:name="z1538" w:id="1454"/>
+    <w:bookmarkEnd w:id="1464"/>
+    <w:bookmarkStart w:name="z1538" w:id="1465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған және ауылдық округ әкімі мақұлдаған шешімдердің орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1454"/>
-    <w:bookmarkStart w:name="z1539" w:id="1455"/>
+    <w:bookmarkEnd w:id="1465"/>
+    <w:bookmarkStart w:name="z1539" w:id="1466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін жоспарлауды және орындауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1455"/>
-    <w:bookmarkStart w:name="z1540" w:id="1456"/>
+    <w:bookmarkEnd w:id="1466"/>
+    <w:bookmarkStart w:name="z1540" w:id="1467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиналысына және аудан мәслихатына ауылдық округ бюджетінің атқарылуы туралы есеп береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1456"/>
-    <w:bookmarkStart w:name="z1541" w:id="1457"/>
+    <w:bookmarkEnd w:id="1467"/>
+    <w:bookmarkStart w:name="z1541" w:id="1468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетін іске асыру туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1457"/>
-    <w:bookmarkStart w:name="z1542" w:id="1458"/>
+    <w:bookmarkEnd w:id="1468"/>
+    <w:bookmarkStart w:name="z1542" w:id="1469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастықты дамыту бағдарламасын әзірлейді және жергілікті қоғамдастық жиналысының бекітуіне ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1458"/>
-    <w:bookmarkStart w:name="z1543" w:id="1459"/>
+    <w:bookmarkEnd w:id="1469"/>
+    <w:bookmarkStart w:name="z1543" w:id="1470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық мүлкіне жататын объектілерді салу, реконструкциялау және жөндеу бойынша Тапсырыс беруші болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1459"/>
-    <w:bookmarkStart w:name="z1544" w:id="1460"/>
+    <w:bookmarkEnd w:id="1470"/>
+    <w:bookmarkStart w:name="z1544" w:id="1471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкінің нысаналы және тиімді пайдаланылуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1460"/>
-    <w:bookmarkStart w:name="z1545" w:id="1461"/>
+    <w:bookmarkEnd w:id="1471"/>
+    <w:bookmarkStart w:name="z1545" w:id="1472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына қатысты коммуналдық меншік құқығы субъектісінің құқықтарын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1461"/>
-    <w:bookmarkStart w:name="z1546" w:id="1462"/>
+    <w:bookmarkEnd w:id="1472"/>
+    <w:bookmarkStart w:name="z1546" w:id="1473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорынға алып қойылған мүлікті кейіннен баланстан есептен шығара отырып, оны өзге тұлғаға бергенге дейін ұстау және оның сақталуын қамтамасыз ету мерзімін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1462"/>
-    <w:bookmarkStart w:name="z1547" w:id="1463"/>
+    <w:bookmarkEnd w:id="1473"/>
+    <w:bookmarkStart w:name="z1547" w:id="1474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкі мәселелері бойынша мемлекеттің мүдделерін білдіреді, ауылдық округтің (жергілікті өзін-өзі басқарудың коммуналдық меншігі) меншігін қорғауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1463"/>
-    <w:bookmarkStart w:name="z1548" w:id="1464"/>
+    <w:bookmarkEnd w:id="1474"/>
+    <w:bookmarkStart w:name="z1548" w:id="1475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін сенімгерлік басқару шарты бойынша сенімгерлік басқарушының міндеттемелерін орындауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1464"/>
-    <w:bookmarkStart w:name="z1549" w:id="1465"/>
+    <w:bookmarkEnd w:id="1475"/>
+    <w:bookmarkStart w:name="z1549" w:id="1476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1465"/>
-    <w:bookmarkStart w:name="z1550" w:id="1466"/>
+    <w:bookmarkEnd w:id="1476"/>
+    <w:bookmarkStart w:name="z1550" w:id="1477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін есепке алуды ұйымдастырады, оның тиімді пайдаланылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1466"/>
-    <w:bookmarkStart w:name="z1551" w:id="1467"/>
+    <w:bookmarkEnd w:id="1477"/>
+    <w:bookmarkStart w:name="z1551" w:id="1478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Ауылдық округ әкімінің аппараты жергілікті қоғамдастық жиналысымен келісім бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1467"/>
-    <w:bookmarkStart w:name="z1552" w:id="1468"/>
+    <w:bookmarkEnd w:id="1478"/>
+    <w:bookmarkStart w:name="z1552" w:id="1479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде жергілікті өзін өзі басқарудың коммуналдық мүлкін басқару саласындағы құқықтық актілердің жобаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1468"/>
-    <w:bookmarkStart w:name="z1553" w:id="1469"/>
+    <w:bookmarkEnd w:id="1479"/>
+    <w:bookmarkStart w:name="z1553" w:id="1480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін басқарады, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, оны қорғау жөніндегі шараларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1469"/>
-    <w:bookmarkStart w:name="z1554" w:id="1470"/>
+    <w:bookmarkEnd w:id="1480"/>
+    <w:bookmarkStart w:name="z1554" w:id="1481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін шешеді және жекешелендіруді жүзеге асырады, оның ішінде объектіні жекешелендіруге дайындау процесінде оның сақталуын қамтамасыз етеді, жекешелендіру процесін ұйымдастыру үшін делдалды тартады, жекешелендіру объектісін бағалауды қамтамасыз етеді, жекешелендіру объектісін сатып алу-сату шарттарын дайындауды және жасасуды және сатып алу-сату шарттары талаптарының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1470"/>
-    <w:bookmarkStart w:name="z1555" w:id="1471"/>
+    <w:bookmarkEnd w:id="1481"/>
+    <w:bookmarkStart w:name="z1555" w:id="1482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорын қызметінің мәні мен мақсаттарын, сондай-ақ осындай қызметті жүзеге асыратын коммуналдық мемлекеттік кәсіпорынның (шаруашылық жүргізу құқығындағы немесе қазыналық кәсіпорын) түрін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1471"/>
-    <w:bookmarkStart w:name="z1556" w:id="1472"/>
+    <w:bookmarkEnd w:id="1482"/>
+    <w:bookmarkStart w:name="z1556" w:id="1483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғасына берілген немесе ол өзінің шаруашылық қызметі нәтижесінде сатып алған мүлікті алып қоюды немесе қайта бөлуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1472"/>
-    <w:bookmarkStart w:name="z1557" w:id="1473"/>
+    <w:bookmarkEnd w:id="1483"/>
+    <w:bookmarkStart w:name="z1557" w:id="1484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларының артық, пайдаланылмайтын не мақсатына сай пайдаланылмайтын мүлкін алып қоюды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1473"/>
-    <w:bookmarkStart w:name="z1558" w:id="1474"/>
+    <w:bookmarkEnd w:id="1484"/>
+    <w:bookmarkStart w:name="z1558" w:id="1485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жеке тұлғаларға және мемлекеттік емес заңды тұлғаларға кейіннен сатып алу құқығынсыз не кейіннен сатып алу құқығымен мүліктік жалдауға (жалға алуға), сенімгерлік басқаруға береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1474"/>
-    <w:bookmarkStart w:name="z1559" w:id="1475"/>
+    <w:bookmarkEnd w:id="1485"/>
+    <w:bookmarkStart w:name="z1559" w:id="1486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімімен келісім бойынша жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларын құру, қайта ұйымдастыру, атауын өзгерту және тарату туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1475"/>
-    <w:bookmarkStart w:name="z1560" w:id="1476"/>
+    <w:bookmarkEnd w:id="1486"/>
+    <w:bookmarkStart w:name="z1560" w:id="1487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық мемлекеттік кәсіпорынға өзіне бекітілген мүлікті (ол өндірген өнімді сатуды қоспағанда) иеліктен шығаруға немесе оған өзге тәсілмен билік етуге, филиалдар мен өкілдіктер құруға, сондай-ақ дебиторлық берешекті беруге және есептен шығаруға келісім береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1476"/>
-    <w:bookmarkStart w:name="z1561" w:id="1477"/>
+    <w:bookmarkEnd w:id="1487"/>
+    <w:bookmarkStart w:name="z1561" w:id="1488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың мемлекеттік заңды тұлғаларының жарғысын (ережесін), оған өзгерістер мен толықтырулар енгізуді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1477"/>
-    <w:bookmarkStart w:name="z1562" w:id="1478"/>
+    <w:bookmarkEnd w:id="1488"/>
+    <w:bookmarkStart w:name="z1562" w:id="1489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан коммуналдық мемлекеттік кәсіпорындардың, бюджеттен қаржыландырылатын қызметтің басым бағыттарын және жұмыстардың (көрсетілетін қызметтердің) міндетті көлемін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1478"/>
-    <w:bookmarkStart w:name="z1563" w:id="1479"/>
+    <w:bookmarkEnd w:id="1489"/>
+    <w:bookmarkStart w:name="z1563" w:id="1490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік мүлік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда қарайды, келіседі және мүлкі ауылдық округтің коммуналдық меншігінде (жергілікті өзін-өзі басқарудың коммуналдық меншігінде) орналасқан Мемлекеттік кәсіпорындарды дамыту жоспарларын және олардың орындалуы жөніндегі есептерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1479"/>
-    <w:bookmarkStart w:name="z1564" w:id="1480"/>
+    <w:bookmarkEnd w:id="1490"/>
+    <w:bookmarkStart w:name="z1564" w:id="1491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін пайдалану туралы, оның ішінде оны кепілге, жалға алуға, өтеусіз пайдалануға және сенімгерлік басқаруға беру туралы шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1480"/>
-    <w:bookmarkStart w:name="z1565" w:id="1481"/>
+    <w:bookmarkEnd w:id="1491"/>
+    <w:bookmarkStart w:name="z1565" w:id="1492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін жергілікті өзін-өзі басқарудың коммуналдық заңды тұлғаларына бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1481"/>
-    <w:bookmarkStart w:name="z1566" w:id="1482"/>
+    <w:bookmarkEnd w:id="1492"/>
+    <w:bookmarkStart w:name="z1566" w:id="1493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті өзін-өзі басқарудың коммуналдық мүлкін иеліктен шығару туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1482"/>
-    <w:bookmarkStart w:name="z1567" w:id="1483"/>
+    <w:bookmarkEnd w:id="1493"/>
+    <w:bookmarkStart w:name="z1567" w:id="1494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасымен берілген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1483"/>
-    <w:bookmarkStart w:name="z1568" w:id="1484"/>
+    <w:bookmarkEnd w:id="1494"/>
+    <w:bookmarkStart w:name="z1568" w:id="1495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әкім аппаратының өз құзыреті шегінде құқығы бар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1484"/>
-    <w:bookmarkStart w:name="z1569" w:id="1485"/>
+    <w:bookmarkEnd w:id="1495"/>
+    <w:bookmarkStart w:name="z1569" w:id="1496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдар мен басқа да ұйымдардың лауазымды адамдарынан қажетті ақпаратты, құжаттарды және өзге де материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1485"/>
-    <w:bookmarkStart w:name="z1570" w:id="1486"/>
+    <w:bookmarkEnd w:id="1496"/>
+    <w:bookmarkStart w:name="z1570" w:id="1497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүліктік және мүліктік емес құқықтарды сатып алу және жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1486"/>
-    <w:bookmarkStart w:name="z1571" w:id="1487"/>
+    <w:bookmarkEnd w:id="1497"/>
+    <w:bookmarkStart w:name="z1571" w:id="1498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік басқару органдарының, мұрағаттардың, ғылыми мекемелердің ақпараттық дерекқорларын пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1487"/>
-    <w:bookmarkStart w:name="z1572" w:id="1488"/>
+    <w:bookmarkEnd w:id="1498"/>
+    <w:bookmarkStart w:name="z1572" w:id="1499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шарттар, келісімдер жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1488"/>
-    <w:bookmarkStart w:name="z1573" w:id="1489"/>
+    <w:bookmarkEnd w:id="1499"/>
+    <w:bookmarkStart w:name="z1573" w:id="1500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес көзделген өзге де құқықтарға ие болу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1489"/>
-    <w:bookmarkStart w:name="z1574" w:id="1490"/>
+    <w:bookmarkEnd w:id="1500"/>
+    <w:bookmarkStart w:name="z1574" w:id="1501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Әкім аппаратының міндеттері, Өз құзыреті шегінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1490"/>
-    <w:bookmarkStart w:name="z1575" w:id="1491"/>
+    <w:bookmarkEnd w:id="1501"/>
+    <w:bookmarkStart w:name="z1575" w:id="1502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамаға сәйкес халыққа сапалы мемлекеттік қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1491"/>
-    <w:bookmarkStart w:name="z1576" w:id="1492"/>
+    <w:bookmarkEnd w:id="1502"/>
+    <w:bookmarkStart w:name="z1576" w:id="1503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Президентінің, Үкіметінің және өзге де орталық атқарушы органдардың, облыс, аудан әкімінің және әкімдігінің, ауылдық округ әкімінің актілері мен тапсырмаларын сапалы және уақтылы орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1492"/>
-    <w:bookmarkStart w:name="z1577" w:id="1493"/>
+    <w:bookmarkEnd w:id="1503"/>
+    <w:bookmarkStart w:name="z1577" w:id="1504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамада көзделген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1493"/>
-    <w:bookmarkStart w:name="z1578" w:id="1494"/>
+    <w:bookmarkEnd w:id="1504"/>
+    <w:bookmarkStart w:name="z1578" w:id="1505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Ауылдық округ әкімі аппаратының қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1494"/>
-    <w:bookmarkStart w:name="z1579" w:id="1495"/>
+    <w:bookmarkEnd w:id="1505"/>
+    <w:bookmarkStart w:name="z1579" w:id="1506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Әкім аппаратын әкім басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1495"/>
-    <w:bookmarkStart w:name="z1580" w:id="1496"/>
+    <w:bookmarkEnd w:id="1506"/>
+    <w:bookmarkStart w:name="z1580" w:id="1507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Әкімнің өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1496"/>
-    <w:bookmarkStart w:name="z1581" w:id="1497"/>
+    <w:bookmarkEnd w:id="1507"/>
+    <w:bookmarkStart w:name="z1581" w:id="1508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкім аппаратының жұмысын ұйымдастырады, оның қызметіне басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1497"/>
-    <w:bookmarkStart w:name="z1582" w:id="1498"/>
+    <w:bookmarkEnd w:id="1508"/>
+    <w:bookmarkStart w:name="z1582" w:id="1509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында қабылданған шешімдерді қарайды, олардың орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1498"/>
-    <w:bookmarkStart w:name="z1583" w:id="1499"/>
+    <w:bookmarkEnd w:id="1509"/>
+    <w:bookmarkStart w:name="z1583" w:id="1510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының жергілікті мемлекеттік басқару және өзін-өзі басқару туралы заңнамасында көзделген бюджет қаражатын және (немесе) түсімдерді үнемдеу есебінен еңбек шарты бойынша қызметкерлерді қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1499"/>
-    <w:bookmarkStart w:name="z1584" w:id="1500"/>
+    <w:bookmarkEnd w:id="1510"/>
+    <w:bookmarkStart w:name="z1584" w:id="1511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бюджет заңнамасына сәйкес мемлекеттік мекемелердің өз иелігінде қалатын тауарларды (жұмыстарды, көрсетілетін қызметтерді) өткізуден түсетін ақша түсімдері мен шығыстарының жиынтық жоспарын жасайды және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1500"/>
-    <w:bookmarkStart w:name="z1585" w:id="1501"/>
+    <w:bookmarkEnd w:id="1511"/>
+    <w:bookmarkStart w:name="z1585" w:id="1512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің тұрғын үй қорына түгендеу жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1501"/>
-    <w:bookmarkStart w:name="z1586" w:id="1502"/>
+    <w:bookmarkEnd w:id="1512"/>
+    <w:bookmarkStart w:name="z1586" w:id="1513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудан әкімінің және жергілікті қоғамдастық жиналысының келісімі бойынша ауылдық округтің авариялық тұрғын үйлерін бұзуды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1502"/>
-    <w:bookmarkStart w:name="z1587" w:id="1503"/>
+    <w:bookmarkEnd w:id="1513"/>
+    <w:bookmarkStart w:name="z1587" w:id="1514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік жоспарлау жүйесінің бағдарламалық құжаттары шеңберінде ауыл халқына микрокредит беруге жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1503"/>
-    <w:bookmarkStart w:name="z1588" w:id="1504"/>
+    <w:bookmarkEnd w:id="1514"/>
+    <w:bookmarkStart w:name="z1588" w:id="1515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарымен және өзге де нормативтік құқықтық актілерімен жүктелген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1504"/>
-    <w:bookmarkStart w:name="z1589" w:id="1505"/>
+    <w:bookmarkEnd w:id="1515"/>
+    <w:bookmarkStart w:name="z1589" w:id="1516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әкімнің Қазақстан Республикасының заңнамасына сәйкес әкімнің орынбасары болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1505"/>
-    <w:bookmarkStart w:name="z1590" w:id="1506"/>
+    <w:bookmarkEnd w:id="1516"/>
+    <w:bookmarkStart w:name="z1590" w:id="1517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әкім Қазақстан Республикасының заңнамалық актілеріне сәйкес әкім орынбасарының міндеттері мен өкілеттіктерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1506"/>
-    <w:bookmarkStart w:name="z1591" w:id="1507"/>
+    <w:bookmarkEnd w:id="1517"/>
+    <w:bookmarkStart w:name="z1591" w:id="1518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әкім әкім аппараты қызметкерлерінің мемлекеттік қызметшілердің әдеп нормаларын сақтауын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1507"/>
-    <w:bookmarkStart w:name="z1592" w:id="1508"/>
+    <w:bookmarkEnd w:id="1518"/>
+    <w:bookmarkStart w:name="z1592" w:id="1519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Ауылдық округ әкімі аппаратының мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1508"/>
-    <w:bookmarkStart w:name="z1593" w:id="1509"/>
+    <w:bookmarkEnd w:id="1519"/>
+    <w:bookmarkStart w:name="z1593" w:id="1520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Әкім аппаратының заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1509"/>
-    <w:bookmarkStart w:name="z1594" w:id="1510"/>
+    <w:bookmarkEnd w:id="1520"/>
+    <w:bookmarkStart w:name="z1594" w:id="1521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкім аппаратының мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1510"/>
-    <w:bookmarkStart w:name="z1595" w:id="1511"/>
+    <w:bookmarkEnd w:id="1521"/>
+    <w:bookmarkStart w:name="z1595" w:id="1522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Әкім аппаратына бекітілген мүлік ауылдық округтің (жергілікті өзін-өзі басқарудың) коммуналдық меншігіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1511"/>
-    <w:bookmarkStart w:name="z1596" w:id="1512"/>
+    <w:bookmarkEnd w:id="1522"/>
+    <w:bookmarkStart w:name="z1596" w:id="1523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Әкім аппараты жергілікті қоғамдастық жиналысының келісімі бойынша, егер заңнамада өзгеше белгіленбесе, өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті иеліктен шығаруы немесе оған өзге де тәсілмен билік етуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1512"/>
-    <w:bookmarkStart w:name="z1597" w:id="1513"/>
+    <w:bookmarkEnd w:id="1523"/>
+    <w:bookmarkStart w:name="z1597" w:id="1524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Ауылдық округ әкімі аппаратын қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1513"/>
-    <w:bookmarkStart w:name="z1598" w:id="1514"/>
+    <w:bookmarkEnd w:id="1524"/>
+    <w:bookmarkStart w:name="z1598" w:id="1525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Әкім аппаратын қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасында айқындалатын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1514"/>
+    <w:bookmarkEnd w:id="1525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>