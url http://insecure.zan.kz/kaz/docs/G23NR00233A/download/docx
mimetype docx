--- v1 (2025-12-25)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0482d45" w14:textId="0482d45">
+    <w:p w14:paraId="4be29bd" w14:textId="4be29bd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -8855,51 +8855,123 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасы Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>75-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көзделген әкімшілік құқық бұзушылық туралы істерді қарау және әкімшілік жаза қолдану</w:t>
+        <w:t xml:space="preserve"> көзделген әкімшілік құқық бұзушылық туралы істерді қарау және әкімшілік жаза қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) мемлекеттік мәдениет ұйымдарын аттестаттаудан өткізуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) бюджет қаражаты шегінде балалар мен жасөспірімдерге арналған шығармашылық үйірмелерді қаржыландыруға арналған мемлекеттік шығармашылық тапсырысты бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) меншік нысанына, ведомстволық бағыныстылығына, мемлекеттік шығармашылық тапсырыс қызметтерін орындаушылардың түрлері мен типтеріне қарамастан балалар мен жасөспірімдерге арналған шығармашылық үйірмелерде мемлекеттік шығармашылық тапсырысты орналастыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) мемлекеттік шығармашылық тапсырысты орналастырудың барлық кезеңдері мен рәсімдерін іске асыруды, оның сапасын бақылауды және электрондық және жалпыға қолжетімді форматтарда атаулы игеруді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -8943,51 +9015,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 04.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 261</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілуін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z339" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17857,50 +17969,116 @@
         <w:t>
       - мемлекеттік мекеменің құзыреті мәселелері бойынша аудан әкімі мен әкімдігі қабылдайтын нормативтік-құқықтық актілердің жобалары бойынша ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="678"/>
     <w:bookmarkStart w:name="z712" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - қолданыстағы заңнамаға сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14-тармаққа толықтырулар енгізу көзделген - Қостанай облысы Бейімбет Майлин ауданы әкімдігінің 24.12.2025 № 273 қаулысымен (22.01.2026 бастап қолданысқа енгізіледі)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z713" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="680"/>
     <w:bookmarkStart w:name="z714" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -38240,55 +38418,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>