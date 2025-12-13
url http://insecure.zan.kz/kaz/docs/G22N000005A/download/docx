--- v0 (2025-11-06)
+++ v1 (2025-12-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1cc1825" w14:textId="1cc1825">
+    <w:p w14:paraId="1388bb4" w14:textId="1388bb4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қостанай облысы әкімдігінің қоғамдық даму басқармасы" мемлекеттік мекемесі туралы ережені бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қостанай облысы әкімдігінің 2022 жылғы 6 қаңтардағы № 5 қаулысы</w:t>
+        <w:t>Қостанай облысы әкімдігінің 2022 жылғы 6 қаңтардағы № 5 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -929,74 +929,154 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қостанай облысы әкімдігі қоғамдық даму басқармасының "Қоғамдық келісім" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Қостанай облысы әкімдігі қоғамдық даму басқармасының "Қостанай облысының жастар ресурстық орталығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      2) Қостанай облысы әкімдігі қоғамдық даму басқармасының "Қостанай облысының жастар ресурстық орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қостанай облысы әкімдігі қоғамдық даму басқармасының "Өңірлік коммуникациялар қызметі" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма "Қостанай таңы" газеті редакциясы" жауапкершілігі шектеулі серіктестігінің жарғылық капиталындағы мемлекеттік қатысу үлесін иелену және пайдалану құқығын жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - Қостанай облысы әкімдігінің 24.11.2025                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 342</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Басқарма өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1627,1122 +1707,1362 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарманың құзыретіне жататын қызмет мәселелері бойынша мемлекеттік органдар мен өзге де ұйымдарға ақпараттық, консультациялық, әдістемелік қолдау көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) Қазақстан Республикасы Президентінің Қазақстан халқына жыл сайынғы Жолдауларын түсіндіру, "Рухани жаңғыру" арнайы жобаларын іске асыру бойынша мемлекеттік және басқа да мүдделі органдарға әдіснамалық көмек көрсету, облыстық ақпараттық топтың қызметін ұйымдастыру;</w:t>
+      3) мемлекеттік және басқа да мүдделі органдарға Қазақстан Республикасы Президентінің Қазақстан халқына жыл сайынғы Жолдауларын түсіндіру бойынша әдіснамалық көмек көрсетеді, облыстық ақпараттық топтың қызметін ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
-[...15 lines deleted...]
-      4) өз құзыреті шегінде "Ұлттық рухани жаңғыру" ұлттық жобасын, "Рухани жаңғыру" бағдарламасының арнайы жобаларын жүзеге асыру. "Рухани жаңғыру" жобалық кеңсесінің жұмысын үйлестіру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) "Қазақстан-2050" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стратегиясын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Президентінің "Әділетті Қазақстан: бәріміз және әрқайсымыз үшін. Қазір және әрдайым" сайлауалды бағдарламасын іске асыру жөніндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іс-қимыл жоспарын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, Қостанай облысының даму жоспарын ілгерілету және іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) алынып тасталды - Қостанай облысы әкімдігінің 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 342</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік органдардың мемлекеттік рәміздерді кеңінен танымал ету жөніндегі жұмысын ұйымдастыру және Қазақстан Республикасының осы саладағы заңнамасының сақталуына мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
-[...15 lines deleted...]
-      5) саяси қуғын-сүргін құрбандарын ақтау жөніндегі облыстық комиссияның қызметін ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) азаматтық қоғам институттарының қоғамдық-саяси процестерді басқаруға қатысуын қамтамасыз ету, мемлекеттік органдар мен азаматтық сектордың өзара іс - қимыл тетіктерін іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
-[...15 lines deleted...]
-      6) мемлекеттік органдардың мемлекеттік рәміздерді кеңінен танымал ету жөніндегі жұмысын ұйымдастыру және Қазақстан Республикасының осы саладағы заңнамасының сақталуына мониторинг жүргізу;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қостанай облысының аумағында қызметін жүзеге асыратын үкіметтік емес ұйымдар туралы мәліметтерді жинау, қорыту және уәкілетті органға ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
-[...15 lines deleted...]
-      7) азаматтық қоғам институттарының қоғамдық-саяси процестерді басқаруға қатысуын қамтамасыз ету, мемлекеттік органдар мен азаматтық сектордың өзара іс - қимыл тетіктерін іске асыру;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) өз құзыреті шегінде мемлекеттік әлеуметтік тапсырысты іске асыру, Қостанай облысы аумағында мемлекеттік әлеуметтік тапсырысты қалыптастыру және оны жүзеге асыру бойынша мемлекеттік органдардың жұмысын мониторингілеу және үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z60" w:id="50"/>
-[...15 lines deleted...]
-      8) Қостанай облысының аумағында қызметін жүзеге асыратын үкіметтік емес ұйымдар туралы мәліметтерді жинау, қорыту және уәкілетті органға ұсыну;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) облыстық және өңірлік деңгейлерде үкіметтік емес ұйымдармен өзара іс-қимыл жөніндегі уәкілдердің қызметін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
-[...15 lines deleted...]
-      9) өз құзыреті шегінде мемлекеттік әлеуметтік тапсырысты іске асыру, Қостанай облысы аумағында мемлекеттік әлеуметтік тапсырысты қалыптастыру және оны жүзеге асыру бойынша мемлекеттік органдардың жұмысын мониторингілеу және үйлестіру;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Қостанай облысының аумағында жұмыс істейтін саяси партиялардың филиалдары туралы өзара іс-қимылды ұйымдастыру және мәліметтерді қорыту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
-[...15 lines deleted...]
-      10) облыстық және өңірлік деңгейлерде үкіметтік емес ұйымдармен өзара іс-қимыл жөніндегі уәкілдердің қызметін қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) өзекті проблемаларды анықтау және шешу, мемлекеттік жастар саясатын іске асырудың тиімділігін арттыру үшін жастардың қажеттіліктеріне мониторинг және бағалау жүргізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z63" w:id="53"/>
-[...15 lines deleted...]
-      11) Қостанай облысының аумағында жұмыс істейтін саяси партиялардың филиалдары туралы өзара іс-қимылды ұйымдастыру және мәліметтерді қорыту;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Қостанай облысының әлеуметтік-экономикалық және қоғамдық-саяси өміріне жастарды тарту бойынша жұмысты үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z64" w:id="54"/>
-[...15 lines deleted...]
-      12) өзекті проблемаларды анықтау және шешу, мемлекеттік жастар саясатын іске асырудың тиімділігін арттыру үшін жастардың қажеттіліктеріне мониторинг және бағалау жүргізуді қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жастардың волонтерлік қызметін және жастардың өзін-өзі басқаруын дамытуға жәрдемдесу бойынша шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z65" w:id="55"/>
-[...15 lines deleted...]
-      13) Қостанай облысының әлеуметтік-экономикалық және қоғамдық-саяси өміріне жастарды тарту бойынша жұмысты үйлестіру;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) жастардың азаматтық жауапкершілігі мен патриотизмін дамыту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
-[...15 lines deleted...]
-      14) жастардың волонтерлік қызметін және жастардың өзін-өзі басқаруын дамытуға жәрдемдесу бойынша шаралар қабылдау;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) мемлекеттік органдар мен жастардың, жастар ұйымдарының диалогын және өзара іс-қимылын қамтамасыз етуге, мемлекеттік жастар саясатын жетілдіру жөнінде ұсынымдар әзірлеуге бағытталған өңірлік жастар форумын өткізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
-[...15 lines deleted...]
-      15) жастардың азаматтық жауапкершілігі мен патриотизмін дамыту;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-1) өз құзыреті шегінде "Қостанай жастары" жас мамандарға арналған өңірлік тұрғын үй бағдарламасын үйлестіреді және іске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Басқарманың құзыреттері шегінде гендерлік және отбасылық-демографиялық саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z68" w:id="58"/>
-[...15 lines deleted...]
-      16) мемлекеттік органдар мен жастардың, жастар ұйымдарының диалогын және өзара іс-қимылын қамтамасыз етуге, мемлекеттік жастар саясатын жетілдіру жөнінде ұсынымдар әзірлеуге бағытталған өңірлік жастар форумын өткізуді ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Қостанай облысының аумағында өңірлік бұқаралық ақпарат құралдары арқылы мемлекеттік ақпараттық саясатты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
-[...15 lines deleted...]
-      17) Басқарманың құзыреттері шегінде гендерлік және отбасылық-демографиялық саясатты іске асыру;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Қостанай облысында мемлекеттік ақпараттық саясат мәселелері жөніндегі өңірлік комиссияның қызметін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
-[...15 lines deleted...]
-      18) Қостанай облысының аумағында өңірлік бұқаралық ақпарат құралдары арқылы мемлекеттік ақпараттық саясатты жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Қостанай облысының аумағында мемлекеттік ақпараттық саясатты жүргізу бойынша мемлекеттік тапсырысты қалыптастыру, орналастыру және оның жүзеге асырылуын бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z71" w:id="61"/>
-[...15 lines deleted...]
-      19) Қостанай облысында мемлекеттік ақпараттық саясат мәселелері жөніндегі өңірлік комиссияның қызметін қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) өңірлік деңгейде бұқаралық ақпарат құралдарында мемлекеттік ақпараттық саясатты жүргізу үшін сатып алынатын қызметтердің құнын айқындау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
-[...15 lines deleted...]
-      20) Қостанай облысының аумағында мемлекеттік ақпараттық саясатты жүргізу бойынша мемлекеттік тапсырысты қалыптастыру, орналастыру және оның жүзеге асырылуын бақылау;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) мемлекеттік органдардың ақпараттық саясат саласындағы қызметін үйлестіру, "Халық үніне құлақ асатын мемлекет" тұжырымдамасын іске асыру шеңберінде, оның ішінде брифингтер өткізу арқылы бұқаралық ақпарат құралдары мен мемлекеттік органдардың сындарлы өзара іс-қимылын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z73" w:id="63"/>
-[...15 lines deleted...]
-      21) өңірлік деңгейде бұқаралық ақпарат құралдарында мемлекеттік ақпараттық саясатты жүргізу үшін сатып алынатын қызметтердің құнын айқындау әдістемесін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Қостанай облысының азаматтық қорғау ақпарат қызметінің жұмысын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z74" w:id="64"/>
-[...15 lines deleted...]
-      22) мемлекеттік органдардың ақпараттық саясат саласындағы қызметін үйлестіру, "Халық үніне құлақ асатын мемлекет" тұжырымдамасын іске асыру шеңберінде, оның ішінде брифингтер өткізу арқылы бұқаралық ақпарат құралдары мен мемлекеттік органдардың сындарлы өзара іс-қимылын қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) телерадио хабарларын тарату саласындағы лицензиясы жоқ және Қазақстан Республикасында хабар таратудың меншікті спутниктік жүйелері жоқ телерадио хабарларын тарату операторларының теле -, радиосигналын жеке қабылдауға арналған телерадио хабарларын тарату операторларының қызметтеріне шартты қол жеткізу карталарын және жабдықтарды таратуға тыйым салу жөніндегі талаптардың сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z75" w:id="65"/>
-[...15 lines deleted...]
-      23) Қостанай облысының азаматтық қорғау ақпарат қызметінің жұмысын ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) қоғамдық-саяси ахуалдың тұрақтылығын қамтамасыз ету үшін әлеуметтік маңызы бар мәселелерді шешу мақсатында мемлекеттік органдардың қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z76" w:id="66"/>
-[...15 lines deleted...]
-      24) телерадио хабарларын тарату саласындағы лицензиясы жоқ және Қазақстан Республикасында хабар таратудың меншікті спутниктік жүйелері жоқ телерадио хабарларын тарату операторларының теле -, радиосигналын жеке қабылдауға арналған телерадио хабарларын тарату операторларының қызметтеріне шартты қол жеткізу карталарын және жабдықтарды таратуға тыйым салу жөніндегі талаптардың сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) облыста, оның ішінде этносаралық қатынастар саласында болып жатқан қоғамдық-саяси процестерді, олардың даму үрдістерін тұтастай жүйелі, объективті зерделеуді, жинақтауды, талдауды және болжауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z77" w:id="67"/>
-[...15 lines deleted...]
-      25) қоғамдық-саяси ахуалдың тұрақтылығын қамтамасыз ету үшін әлеуметтік маңызы бар мәселелерді шешу мақсатында мемлекеттік органдардың қызметін үйлестіру;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) қоғамдық-саяси тұрақтылықты нығайту және әлеуметтік шиеленіс ошақтарына жол бермеу, мемлекеттік жастар саясатын тиімді іске асыру, мемлекеттік органдар мен азаматтық сектордың өзара іс-қимылының сапасын арттыру бойынша басқарушылық шешім қабылдау үшін практикалық ұсынымдар әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z78" w:id="68"/>
-[...15 lines deleted...]
-      26) облыста, оның ішінде этносаралық қатынастар саласында болып жатқан қоғамдық-саяси процестерді, олардың даму үрдістерін тұтастай жүйелі, объективті зерделеуді, жинақтауды, талдауды және болжауды қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) облыстық Қазақстан халқы Ассамблеясы мен этномәдени бірлестіктердің қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
-[...15 lines deleted...]
-      27) қоғамдық-саяси тұрақтылықты нығайту және әлеуметтік шиеленіс ошақтарына жол бермеу, мемлекеттік жастар саясатын тиімді іске асыру, мемлекеттік органдар мен азаматтық сектордың өзара іс-қимылының сапасын арттыру бойынша басқарушылық шешім қабылдау үшін практикалық ұсынымдар әзірлеу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29) алынып тасталды - Қостанай облысы әкімдігінің 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 342</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) Басқарма құзыреті бойынша мемлекеттік ішкі саясатты жүзеге асыруға бағытталған іс-шараларды дайындау және өткізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z80" w:id="70"/>
-[...15 lines deleted...]
-      28) облыстық Қазақстан халқы Ассамблеясы мен этномәдени бірлестіктердің қызметін үйлестіру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-1) облыстық мәслихаттың қарауына "Қостанай облысының Құрметті азаматы" атағын беру туралы мәселені енгізу үшін материалдар жинауды және дайындауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
-[...15 lines deleted...]
-      29) Қостанай облысының аумағында тұратын қандастар мәселелері бойынша қызметті үйлестіру және ұйымдастыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгерістер енгізілді - Қостанай облысы әкімдігінің 24.11.2025                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 342</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
-[...15 lines deleted...]
-      30) Басқарма құзыреті бойынша мемлекеттік ішкі саясатты жүзеге асыруға бағытталған іс-шараларды дайындау және өткізу;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және өз өкілеттіктерін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
-[...15 lines deleted...]
-      31) Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:bookmarkStart w:name="z87" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасарлары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z88" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z89" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Басқарма қызметкерлерін, ведомстволық бағынысты ұйымдардың басшыларын қызметке тағайындайды және қызметтен босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z90" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) құрылымды, құрылымдық бөлімшелер туралы ережелерді және Басқарма қызметкерлерінің лауазымдық нұсқаулықтарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z91" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) міндеттемелер мен төлемдер бойынша қаржыландыру жоспарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z92" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік органдарда, өзге де ұйымдарда Басқарманың атынан өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z93" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бірінші қол қою құқығына ие болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сыбайлас жемқорлыққа қарсы іс-қимыл бойынша шаралар қабылдамағаны үшін дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z95" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Басқарма қызметкерлерінің орындауы үшін міндетті бұйрықтар шығарады, нұсқаулар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z96" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Басқарма қызметкерлеріне және ведомстволық бағынысты ұйымдардың басшыларына көтермелеу, материалдық көмек көрсету шараларын және тәртіптік жаза қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z97" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z98" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z99" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z100" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттіктері</w:t>
-[...259 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z98" w:id="88"/>
-[...15 lines deleted...]
-      Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Басқарманың Қазақстан Республикасының заңнамасында көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z99" w:id="89"/>
-[...15 lines deleted...]
-      20. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
+    <w:bookmarkStart w:name="z102" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z100" w:id="90"/>
+    <w:bookmarkStart w:name="z103" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z104" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, Басқарманың өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z105" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
-[...39 lines deleted...]
-      Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+        <w:t xml:space="preserve"> 5-тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z103" w:id="93"/>
-[...15 lines deleted...]
-      22. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+    <w:bookmarkStart w:name="z106" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z104" w:id="94"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>