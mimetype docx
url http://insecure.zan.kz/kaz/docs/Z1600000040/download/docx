--- v0 (2025-10-05)
+++ v1 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e7087f8" w14:textId="e7087f8">
+    <w:p w14:paraId="6658460" w14:textId="6658460">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -558,304 +558,418 @@
         <w:t>
       12) дактилоскопиялық тіркеу – дактилоскопиялық және (немесе) геномдық тіркеу саласындағы уәкілетті мемлекеттік органдардың дактилоскопиялық ақпаратты жинау, өңдеу, қорғау, адамның жеке басын анықтау немесе растау бойынша жүзеге асыратын қызметі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z131" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1) жеке басты верификациялау – жеке тұлғаның қол саусақтарының және (немесе) алақандарының папиллярлық бедерлерінің оның дактилоскопиялық ақпаратымен сәйкес келуін тексеру арқылы жеке басты растау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z107" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) материалдық жеткізгіштер – дактилоскопиялық немесе геномдық ақпараты бар дактилоскопиялық немесе ақпараттық карталар, магниттік, электрондық немесе өзге де жазба түрлерін жеткізгіштер;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z108" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) танылмаған мәйіт – денесі (сүйектері) табылған кезде жеке басы анықталмаған қайтыс болған адамның денесі (сүйектері).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z108" w:id="16"/>
-[...15 lines deleted...]
-      14) танылмаған мәйіт – денесі (сүйектері) табылған кезде жеке басы анықталмаған қайтыс болған адамның денесі (сүйектері).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгеріс енгізілді - ҚР 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-бап. Осы Заңның қолданылу аясы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заңда көзделген жағдайларда Қазақстан Республикасының азаматтарын, шетелдіктер мен азаматтығы жоқ адамдарды дактилоскопиялық және геномдық тіркеуге байланысты қатынастар осы Заңмен реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-бап. Қазақстан Республикасының дактилоскопиялық және геномдық тіркеу туралы заңнамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының дактилоскопиялық және геномдық тіркеу туралы заңнамасы Қазақстан Республикасының Конституциясына негізделеді және осы Заң мен Қазақстан Республикасының өзге де нормативтiк құқықтық актiлерiнен тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:p>
-[...189 lines deleted...]
-      1. Қазақстан Республикасының дактилоскопиялық және геномдық тіркеу туралы заңнамасы Қазақстан Республикасының Конституциясына негізделеді және осы Заң мен Қазақстан Республикасының өзге де нормативтiк құқықтық актiлерiнен тұрады.</w:t>
+    <w:bookmarkStart w:name="z94" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы ратификациялаған халықаралық шарттар осы Заңнан басым болады. Қазақстан Республикасы қатысушысы болып табылатын халықаралық шарттардың Қазақстан Республикасының аумағында қолданылу тәртібі мен талаптары Қазақстан Республикасының заңнамасында айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z94" w:id="18"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1432,152 +1546,884 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бап. Дактилоскопиялық және (немесе) геномдық тіркеу саласындағы уәкілетті мемлекеттік органдардың құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="19"/>
+    <w:bookmarkStart w:name="z92" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Дактилоскопиялық және (немесе) геномдық тіркеу саласындағы уәкілетті мемлекеттік органдардың өз құзыреті шегінде дактилоскопиялық ақпаратты жинауға, өңдеуге немесе геномдық ақпаратты жинауға, өңдеуге, қорғауға, биологиялық материалды іріктеуге, сақтауға, пайдалануға және жоюға құқығы бар.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z91" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дактилоскопиялық және (немесе) геномдық тіркеу саласындағы уәкілетті мемлекеттік органдар өз құзыреті шегінде:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z91" w:id="20"/>
-[...15 lines deleted...]
-      2. Дактилоскопиялық және (немесе) геномдық тіркеу саласындағы уәкілетті мемлекеттік органдар өз құзыреті шегінде:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасы ратификациялаған халықаралық шарттарға және осы Заңға сәйкес дактилоскопиялық немесе геномдық ақпаратты қорғау үшін қажетті шараларды, оның ішінде құқықтық, ұйымдастырушылық және техникалық шараларды қолдануға және сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Заңда белгіленген жағдайларда дактилоскопиялық немесе геномдық ақпаратты жинау, жинақтау, сақтау, беру, бұғаттау, иесіздендіру, өзгерту, толықтыру, пайдалану, жою жөнінде шаралар қолдануға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгеріс енгізілді - ҚР 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бап. Дактилоскопиялық және (немесе) геномдық тіркеуді жүзеге асыру кезіндегі Қазақстан Республикасы азаматтарының, шетелдіктер мен азаматтығы жоқ адамдардың құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасы азаматтарының, шетелдіктер мен азаматтығы жоқ адамдардың, кәмелетке толмағандардың заңды өкілдерінің, сот шешімі бойынша әрекетке қабілетсіз деп танылған адамдар қорғаншыларының дактилоскопиялық және (немесе) геномдық тіркеуді жүзеге асыру кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Қазақстан Республикасы ратификациялаған халықаралық шарттарға және осы Заңға сәйкес дактилоскопиялық немесе геномдық ақпаратты қорғау үшін қажетті шараларды, оның ішінде құқықтық, ұйымдастырушылық және техникалық шараларды қолдануға және сақтауға;</w:t>
-[...19 lines deleted...]
-    </w:p>
+      1) өзінің дактилоскопиялық және (немесе) геномдық ақпаратымен немесе өздері заңды мүдделерін білдіретін адамның дактилоскопиялық және (немесе) геномдық ақпаратымен танысуға және (немесе) осындай ақпаратты алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өздерінің дактилоскопиялық және (немесе) геномдық ақпаратын немесе өздері заңды мүдделерін білдіретін адамның дактилоскопиялық және (немесе) геномдық ақпаратын жинауға және (немесе) өңдеуге, қорғауға байланысты мемлекеттік органдар мен олардың лауазымды адамдарының әрекеттеріне (әрекетсіздігіне) Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дактилоскопиялық және геномдық ақпаратты жинау, сақтау және пайдалану кезінде оның қорғалуына құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Қазақстан Республикасы азаматтарының осы Заңда белгіленген жағдайларда дактилоскопиялау және (немесе) биологиялық материалды іріктеу рәсімінен өтуіне құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z89" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дактилоскопиялық және (немесе) геномдық тіркеуге жататын Қазақстан Республикасының азаматтары, шетелдіктер мен азаматтығы жоқ адамдар осы Заңда белгіленген жағдайларда дактилоскопиялау және (немесе) биологиялық материалды іріктеу рәсімінен өтуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгеріс енгізілді - ҚР 14.07.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-бапқа өзгеріс енгізілді - ҚР 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бап. Дактилоскопиялық және геномдық ақпаратты жинауға, өңдеуге және қорғауға қойылатын негізгі талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Дактилоскопиялық және геномдық ақпарат қолжетімділігі шектеулі дербес деректерге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дактилоскопиялық және геномдық ақпаратты жинау және өңдеу шарттары оны жоғалту, бұрмалау және оған санкцияланбаған қол жеткізу, сол сияқты дактилоскопиялық немесе геномдық ақпараты бар электрондық ақпараттық ресурстарға құқыққа сыйымсыз және (немесе) әдейі жасалмаған қол жеткізу және (немесе) ықпал ету мүмкіндігін болғызбауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Дактилоскопиялық және геномдық ақпарат мемлекет кепілдік беретін қорғауға жатады. Дактилоскопиялық және геномдық ақпаратты жинау және өңдеу оны қорғау қамтамасыз етілген жағдайларда ғана жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақтың екінші бөлігіне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дактилоскопиялық және геномдық ақпаратты қорғау Қазақстан Республикасының ақпараттандыру туралы, дербес деректер және оларды қорғау, мемлекеттік құпиялар туралы заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Дактилоскопиялық және (немесе) геномдық ақпаратты жинауды және (немесе) өңдеуді жүзеге асыратын мемлекеттік органдар дактилоскопиялық және (немесе) геномдық ақпараттың құпиялылығын сақтауға және оның қорғалуын қамтамасыз етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z84" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Дактилоскопиялық және (немесе) геномдық ақпаратты жинау, өңдеу, қорғау, биологиялық материалды іріктеу, сақтау, пайдалану, жою дактилоскопиялық және геномдық тіркеуді жүргізу қағидаларына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгеріс енгізілді - ҚР 14.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1604,948 +2450,436 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>7-бап. Дактилоскопиялық және (немесе) геномдық тіркеуді жүзеге асыру кезіндегі Қазақстан Республикасы азаматтарының, шетелдіктер мен азаматтығы жоқ адамдардың құқықтары мен міндеттері</w:t>
-[...117 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+        <w:t>9-бап. Дактилоскопиялық немесе геномдық ақпаратты бұғаттау, иесіздендіру, беру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Дактилоскопиялық және (немесе) геномдық тіркеу саласындағы уәкілетті мемлекеттік органдар дактилоскопиялық немесе геномдық ақпаратты иесіздендіруді, сондай-ақ иесіздендіруді алып тастауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z79" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дактилоскопиялық және (немесе) геномдық тіркеу саласындағы уәкілетті мемлекеттік органдар дактилоскопиялық немесе геномдық ақпаратты жинау, өңдеу шарттарының бұзылуы туралы ақпарат болған жағдайда оны бұғаттауды, сондай-ақ тексеру іс-шаралары жүргізілгеннен және бұзушылықтар жойылғаннан кейін бұғаттауды алып тастауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z80" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Дактилоскопиялық және (немесе) геномдық тіркеу саласындағы уәкілетті мемлекеттік органдар дактилоскопиялық және геномдық тіркеу жүргізу қағидаларында айқындалатын тәртіппен дактилоскопиялық немесе геномдық ақпаратты бұғаттауды және (немесе) иесіздендіруді, сондай-ақ бұғаттауды және (немесе) иесіздендіруді алып тастауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z81" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Дактилоскопиялық немесе геномдық ақпаратты соттарға, құқық қорғау органдарына, арнаулы мемлекеттік органдарға, атқарушылық іс жүргізу, анықтау, тергеу органдарына беру дактилоскопиялық және геномдық тіркеуді жүргізу қағидаларына сәйкес Қазақстан Республикасының заңдары негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z82" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Дактилоскопиялық және (немесе) геномдық тіркеу саласындағы уәкілетті мемлекеттік органдар Қазақстан Республикасы ратификациялаған халықаралық шарттарға және Қазақстан Республикасының заңдарына сәйкес дактилоскопиялық немесе геномдық ақпаратты шет мемлекеттерге беруі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-бапқа өзгеріс енгізілді - ҚР 29.06.2020 </w:t>
-[...66 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгеріс енгізілді – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-1-бап. Дактилоскопиялық және геномдық тіркеу түрлері </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заңға сәйкес ерікті немесе міндетті дактилоскопиялық және геномдық тіркеу жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тарау 9-1-баппен толықтырылды – ҚР 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңдарымен.</w:t>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z83" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...203 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. ДАКТИЛОСКОПИЯЛЫҚ ТІРКЕУДІ ЖҮРГІЗУ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>9-бап. Дактилоскопиялық немесе геномдық ақпаратты бұғаттау, иесіздендіру, беру</w:t>
-[...98 lines deleted...]
-      5. Дактилоскопиялық және (немесе) геномдық тіркеу саласындағы уәкілетті мемлекеттік органдар Қазақстан Республикасы ратификациялаған халықаралық шарттарға және Қазақстан Республикасының заңдарына сәйкес дактилоскопиялық немесе геномдық ақпаратты шет мемлекеттерге беруі мүмкін.</w:t>
+        <w:t>10-бап. Дактилоскопиялық тіркеуге жататын адамдар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Бірінші рет Қазақстан Республикасы азаматының жеке куәлігін және (немесе) паспортын алу үшін, сондай-ақ оларды қалпына келтіру не ауыстыру үшін жүгінген Қазақстан Республикасының азаматтары өздерінің келісімімен дактилоскопиялық тіркелуге жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:p>
-[...212 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. ДАКТИЛОСКОПИЯЛЫҚ ТІРКЕУДІ ЖҮРГІЗУ</w:t>
+    <w:bookmarkStart w:name="z127" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Міндетті дактилоскопиялық тіркеуге он алты жасқа толған:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өздеріне қатысты Қазақстан Республикасы теңізшісінің жеке куәлігін беру туралы шешім қабылданған Қазақстан Республикасының азаматтары, шетелдіктер мен азаматтығы жоқ адамдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасында уақытша немесе тұрақты тұруға рұқсатты ресімдеу кезінде шетелдіктер мен азаматтығы жоқ адамдар;</w:t>
@@ -2601,130 +2935,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының шегінен тысқары жерлерге шығарып жіберілуге жататын не Қазақстан Республикасы ратификациялаған реадмиссия туралы халықаралық шарттардың күші қолданылатын шетелдіктер мен азаматтығы жоқ адамдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының шет елдердегі мекемелеріне бармай, электрондық форматта берілетін визаларды қоспағанда, Қазақстан Республикасының визаларын алу кезінде шетелдіктер мен азаматтығы жоқ адамдар жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="38"/>
+    <w:bookmarkStart w:name="z128" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Дактилоскопиялық тіркеуден өткен адамдар осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, 2-тармағының 2), 3), 4) және 6) тармақшаларында көрсетілген мәселелер бойынша қайта жүгінген кезде дактилоскопиялық және геномдық тіркеу жүргізу қағидаларында айқындалатын тәртіппен жеке басты верификациялау рәсімінен өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z129" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z129" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Он екі жастан он алты жасқа дейінгі балалар Қазақстан Республикасы азаматының паспортын алу кезінде осы Заңның 11-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен ерікті негізде дактилоскопиялық тіркелуге жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2743,51 +3077,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2914,539 +3248,539 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-1-бап. Дактилоскопиялық тіркеуге жатпайтын адамдар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="40"/>
+    <w:bookmarkStart w:name="z135" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Он екі жасқа толмаған балалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дактилоскопиялық тіркеуден;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="41"/>
+    <w:bookmarkStart w:name="z136" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Қазақстан Республикасының Мемлекеттік шекарасын кесіп өткен кезде дактилоскопиялық ақпарат бойынша жеке басты растау рәсімдерінен өтуден босатылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z137" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының визаларын ресімдеу кезінде дактилоскопиялық тіркеуден өтуден өзаралық қағидат негізге алына отырып, мыналар босатылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шет мемлекеттердің, үкіметтердің, халықаралық ұйымдардың дипломаттық мәртебеге теңестірілген басшылары және олардың отбасы мүшелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шет мемлекеттер парламенттерінің, үкіметтерінің, халықаралық ұйымдардың дипломаттық мәртебеге теңестірілген мүшелері және олардың отбасы мүшелері – дипломаттық паспорттардың иелері, сондай-ақ ресми шетелдік делегациялардың мүшелері және оларды ертіп жүретін адамдар – дипломаттық паспорттардың иелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының құрметті консулдары және олардың отбасы мүшелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) дипломаттық паспорттардың, сондай-ақ халықаралық ұйымдар паспорттарының Қазақстан Республикасына қызметтік істер бойынша жіберілетін дипломаттық агенттерге теңестірілген мәртебесі бар иелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) дипломатиялық поштаны тасымалдайтын дипломаттық курьерлер – курьерлік парағы болған кезде дипломаттық паспорттардың иелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасы Президенті Әкімшілігінің, Қазақстан Республикасы Парламентінің, Қазақстан Республикасы Жоғарғы Сотының, Қазақстан Республикасы Үкіметі Аппаратының, арнаулы мемлекеттік органдардың, Қазақстан Республикасы Қорғаныс министрлігінің, сыртқы саяси қызмет саласындағы уәкілетті мемлекеттік органның шақыруы бойынша Қазақстан Республикасына келетін шетелдіктер мен азаматтығы жоқ адамдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасының Мемлекеттік шекарасын кесіп өту кезінде мыналар дактилоскопиялық ақпарат бойынша жеке басты растау рәсімінен босатылады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z137" w:id="42"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасының визаларын ресімдеу кезінде дактилоскопиялық тіркеуден өтуден өзаралық қағидат негізге алына отырып, мыналар босатылады:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дипломаттық паспорттардың иелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дипломатиялық және қызметтік визалардың иегерлері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) арнаулы мемлекеттік органдардың, Қазақстан Республикасы Қорғаныс министрлігінің, сыртқы саяси қызмет саласындағы уәкілетті мемлекеттік органның жазбаша жолданымы бойынша шетелдіктер мен азаматтығы жоқ адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) дактилоскопиялық тіркеуден өткен Қазақстан Республикасының азаматтары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Дактилоскопиялауға мүмкіндігі жоқ адамдар жеке басты куәландыратын құжаттарды ресімдеу кезінде дәрігерлік-консультативтік комиссияның қорытындысы негізінде міндетті дактилоскопиялық тіркеуден өтуден босатылады. Дактилоскопиялық тіркеуден өтуден босатуға негіз болатын аурулардың тізбесін денсаулық сақтау саласындағы уәкілетті орган Қазақстан Республикасының Ішкі істер министрлігімен келісу бойынша бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) шет мемлекеттердің, үкіметтердің, халықаралық ұйымдардың дипломаттық мәртебеге теңестірілген басшылары және олардың отбасы мүшелері;</w:t>
-[...108 lines deleted...]
-      3. Қазақстан Республикасының Мемлекеттік шекарасын кесіп өту кезінде мыналар дактилоскопиялық ақпарат бойынша жеке басты растау рәсімінен босатылады:</w:t>
+      Қазақстан Республикасының шегінен тысқары жерге шығарып жіберуге жататын не Қазақстан Республикасы ратификациялаған реадмиссия туралы халықаралық шарттардың күші қолданылатын, екі қолының барлық саусағы жоқ немесе екі қолының барлық саусағының тырнақ фалангаларында папиллярлық бедерлер жоқ шетелдіктер мен азаматтығы жоқ адамдар қолдарының алақандары бойынша дактилоскопиялық тіркелуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер адамның екі қолының барлық саусағы немесе қолбасы болмаса, ол:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) егер осы Заңда өзгеше көзделмесе, дактилоскопиялық тіркеуден өтуден;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының Мемлекеттік шекарасын кесіп өту кезінде дактилоскопиялық ақпарат бойынша жеке басын растау рәсімінен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-1-баппен толықтырылды – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бап. Дактилоскопиялық ақпаратты жинау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Дактилоскопиялық тіркеуді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:p>
-[...281 lines deleted...]
-    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Заңның 10-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3593,550 +3927,666 @@
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы Заңның 10-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6) тармақшасында аталған адамдарға қатысты – өз құзыретіне сәйкес сыртқы саяси қызмет саласындағы уәкілетті мемлекеттік орган, ішкі істер органдары жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="46"/>
+    <w:bookmarkStart w:name="z72" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Он екі жастан он алты жасқа дейінгі балаларға қатысты дактилоскопиялық тіркеу олардың келісімімен баланың заңды өкілінің қатысуымен және жазбаша өтініші негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z73" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сот әрекетке қабілетсіз деп анықтаған Қазақстан Республикасының азаматын, шетелдікті немесе азаматтығы жоқ адамды дактилоскопиялық тіркеу оның қорғаншысының қатысуымен және жазбаша өтініші негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z74" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Дактилоскопиялық ақпаратты жинау дактилоскопиялық және геномдық тіркеуді жүргізу қағидаларына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z73" w:id="47"/>
-[...15 lines deleted...]
-      3. Сот әрекетке қабілетсіз деп анықтаған Қазақстан Республикасының азаматын, шетелдікті немесе азаматтығы жоқ адамды дактилоскопиялық тіркеу оның қорғаншысының қатысуымен және жазбаша өтініші негізінде жүргізіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгеріс енгізілді – ҚР 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-бап. Дактилоскопиялық ақпараты бар материалдық жеткізгіштердегі мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке басты куәландыратын құжаттарды, Қазақстан Республикасының визаларын, Қазақстан Республикасында уақытша немесе тұрақты тұруға рұқсатты ресімдеу кезінде дактилоскопиялық ақпараты бар материалдық жеткізгіштерде қамтылатын мәліметтердің, сондай-ақ Қазақстан Республикасының шегінен тысқары жерлерге шығарып жіберілуге жататын не Қазақстан Республикасы ратификациялаған реадмиссия туралы халықаралық шарттардың күші қолданылатын шетелдіктер мен азаматтығы жоқ адамдардың дактилоскопиялық ақпаратында қамтылатын мәліметтердің тізбесі дактилоскопиялық және геномдық тіркеу жүргізу қағидаларында айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-бап жаңа редакцияда – ҚР 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); өзгеріс енгізілді – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-бап. Дактилоскопиялық ақпаратты өзгерту және (немесе)толықтыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дактилоскопиялық тіркеуден өткен адамдардың дактилоскопиялық ақпаратын өзгерту және (немесе) толықтыру дактилоскопиялық және геномдық тіркеуді жүргізу қағидаларына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-бапқа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-бап. Дактилоскопиялық ақпаратты жинақтау және сақтау</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дактилоскопиялық тіркеуді жүргізу кезінде алынған дактилоскопиялық ақпаратты жинақтауды және сақтауды Қазақстан Республикасының заңнамасына сәйкес электрондық ақпараттық ресурсты қалыптастыру арқылы ішкі істер органдары жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы теңізшісінің жеке куәлігін беру туралы өздеріне қатысты шешім қабылданған адамдардың дактилоскопиялық ақпаратын жинақтауды және сақтауды Қазақстан Республикасының заңнамасына сәйкес электрондық ақпараттық ресурсты қалыптастыру арқылы көлік саласындағы уәкілетті мемлекеттік орган жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-бап. Дактилоскопиялық ақпаратты сақтау мерзімдері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ішкі істер органдары, көлік саласындағы уәкілетті мемлекеттік орган дактилоскопиялық ақпаратты:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z74" w:id="48"/>
-[...382 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы Заңның 10-бабының 1-тармағында аталған адамдар туралы дерекқорда – олардың қайтыс болу фактісі анықталғаннан кейін, сот азаматты хабарсыз кеткен деп таныған немесе азаматты қайтыс болды деп жариялаған, Қазақстан Республикасының азаматтығынан айырылған немесе одан шыққан жағдайларда, олар жүз жасқа толған күнге дейін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы Заңның 10-бабы 2-тармағының 1) – 6) тармақшаларында, 4-тармағында аталған адамдар туралы дерекқорда – тіркелген күнінен бастап он жыл сақтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="50"/>
+    <w:bookmarkStart w:name="z68" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мерзімдер өткеннен кейін ішкі істер органдары, көлік саласындағы уәкілетті мемлекеттік орган осы Заңның 10-бабы 2-тармағының 1) – 6) тармақшалары, 4-тармағы негізінде дактилоскопиялық тіркеуден өткен адамдар туралы дактилоскопиялық ақпаратты архивтерде материалдық жеткізгіштерде қырық жыл сақтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4461,267 +4911,267 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап. Дактилоскопиялық ақпаратты жою</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Дактилоскопиялық ақпаратты оны жинақтауды және сақтауды жүзеге асыратын ішкі істер органдары, көлік саласындағы уәкілетті мемлекеттік орган жояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z65" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Дактилоскопиялық ақпарат осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген оның сақталу мерзімдері өткен соң жойылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z66" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Дактилоскопиялық ақпаратты жою дактилоскопиялық және геномдық тіркеу жүргізу қағидаларында айқындалатын тәртіппен ішкі істер органдары уәкілетті бөлімшелерінің, көлік саласындағы уәкілетті мемлекеттік органның басшылары бекітетін актілер бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-бапқа өзгеріс енгізілді – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. ГЕНОМДЫҚ ТІРКЕУДІ ЖҮРГІЗУ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z66" w:id="53"/>
-[...15 lines deleted...]
-      3. Дактилоскопиялық ақпаратты жою дактилоскопиялық және геномдық тіркеу жүргізу қағидаларында айқындалатын тәртіппен ішкі істер органдары уәкілетті бөлімшелерінің, көлік саласындағы уәкілетті мемлекеттік органның басшылары бекітетін актілер бойынша жүргізіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-бап. Геномдық тіркеуге жататын адамдар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Міндетті геномдық тіркеуге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:p>
-[...135 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ауыр немесе аса ауыр қылмыстарды, сондай-ақ Қазақстан Республикасы Қылмыстық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4932,70 +5382,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген қылмыстар бойынша Қазақстан Республикасының қылмыстық-процестік заңында белгіленген тәртіппен сотқа дейінгі тергеп-тексеру барысында биологиялық материалы алынған анықталмаған адамдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) танылмаған мәйіттер жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Хабарсыз кеткен азаматтардың биологиялық туыстары, бірінші кезекте, ата-аналары (ата-анасы) және (немесе) балалары (баласы), ал олар болмаған кезде туыстық дәрежесіне қарай басқа да биологиялық туыстары осы Заңда көзделген тәртіппен олардың келісімімен геномдық тіркеуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-бап. Геномдық тіркеуді жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5196,305 +5646,305 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бап. Биологиялық материалды іріктеу және пайдалану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="57"/>
+    <w:bookmarkStart w:name="z53" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Геномдық тіркеуді жүргізу үшін биологиялық материалды іріктеуді:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) геномдық тіркеуге жататын сотталғандардан – ішкі істер органдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының қылмыстық-процестік заңында белгіленген тәртіппен сотқа дейінгі тергеп-тексеру барысында биологиялық материалы алынған анықталмаған адамдардан – ішкі істер органдарының уәкілетті бөлімшесінің және (немесе) сот медицина мамандарын тарта отырып және Қазақстан Республикасының Қылмыстық-процестік кодексінің талаптарын сақтай отырып, қылмыстық iстер бойынша іс жүргізуді жүзеге асыратын анықтау, тергеу органдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) хабарсыз кеткен азаматтардың биологиялық туыстарынан – ішкі істер органдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) танылмаған мәйіттерден – сот медицинасы саласындағы дәрігер маманды тарта отырып, ішкі істер органдары жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Хабарсыз кеткен азаматтардың биологиялық туыстарынан геномдық тіркеу үшін биологиялық материалды іріктеу олардың жазбаша өтініші негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарсыз кеткен адамның биологиялық туысы болып табылатын кәмелетке толмаған адамнан биологиялық материалды іріктеу оның келісімімен заңды өкілінің қатысуымен және жазбаша өтініші негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сот шешімі бойынша әрекетке қабілетсіз деп танылған және хабарсыз кеткен адамның биологиялық туысы болып табылатын адамнан биологиялық материалды іріктеу оның қорғаншысының қатысуымен және жазбаша өтініші негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Бастапқыда биологиялық материал геномдық ақпарат алуды болғызбайтындай сапасыз іріктелген жағдайда, геномдық тіркеуді жүзеге асыратын ішкі істер органдарының уәкілетті бөлімшесінің сұрау салуы бойынша геномдық тіркеуге жататын сотталғандардың, хабарсыз кеткен азаматтардың биологиялық туыстарының биологиялық материалын қайта іріктеу жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:p>
-[...87 lines deleted...]
-      2. Хабарсыз кеткен азаматтардың биологиялық туыстарынан геномдық тіркеу үшін биологиялық материалды іріктеу олардың жазбаша өтініші негізінде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Геномдық тіркеуді жүргізу үшін іріктелген биологиялық материал геномдық ақпарат алу үшін пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:p>
-[...51 lines deleted...]
-      3. Бастапқыда биологиялық материал геномдық ақпарат алуды болғызбайтындай сапасыз іріктелген жағдайда, геномдық тіркеуді жүзеге асыратын ішкі істер органдарының уәкілетті бөлімшесінің сұрау салуы бойынша геномдық тіркеуге жататын сотталғандардың, хабарсыз кеткен азаматтардың биологиялық туыстарының биологиялық материалын қайта іріктеу жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Геномдық тіркеу үшін биологиялық материал бұрын одан өткен адам сотталған кезде іріктелмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z56" w:id="60"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5550,207 +6000,207 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-бап. Биологиялық материалды сақтау мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="62"/>
+    <w:bookmarkStart w:name="z51" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Хабарсыз кеткен азаматтардың биологиялық туыстарының, анықталмаған адамдардың, сондай-ақ танылмаған мәйіттердің сотқа дейінгі тергеп-тексеру барысында алынған және қылмыстық іс бойынша заттай дәлелдеме деп танылған биологиялық материалын сақтау мерзімдері Қазақстан Республикасының Қылмыстық-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>118-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z52" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сотталған адамдарды геномдық тіркеуді жүргізу үшін іріктелген биологиялық материал іріктелген күнінен бастап одан геномдық ақпарат алғанға дейін сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-бап. Биологиялық материал мен геномдық ақпаратты жою</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Хабарсыз кеткен азаматтардың биологиялық туыстарының, анықталмаған адамдардың, танылмаған мәйіттердің сотқа дейінгі тергеп-тексеру барысында алынған және қылмыстық іс бойынша заттай дәлелдеме деп танылған биологиялық материалы геномдық ақпарат алынғаннан кейін анықтау, тергеу органдарына қайтарылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z52" w:id="63"/>
-[...15 lines deleted...]
-      2. Сотталған адамдарды геномдық тіркеуді жүргізу үшін іріктелген биологиялық материал іріктелген күнінен бастап одан геномдық ақпарат алғанға дейін сақталады.</w:t>
+    <w:bookmarkStart w:name="z141" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Геномдық тіркеу жүргізу нәтижесінде алынған геномдық ақпаратты сақтауды жүзеге асыратын ішкі істер органдары оны осы Заңда көзделген сақтау мерзімдері өткеннен кейін жояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Хабарсыз кеткен азаматтардың биологиялық туыстарының, анықталмаған адамдардың, танылмаған мәйіттердің сотқа дейінгі тергеп-тексеру барысында алынған және қылмыстық іс бойынша заттай дәлелдеме деп танылған биологиялық материалы геномдық ақпарат алынғаннан кейін анықтау, тергеу органдарына қайтарылады.</w:t>
+    <w:bookmarkStart w:name="z142" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сотталғаннан кейін геномдық тіркеуге ұшыраған ақталған адамның геномдық ақпараты соттың ақтау үкімі заңды күшіне енгеннен кейін бір жылдан ерте жойылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z141" w:id="65"/>
-[...15 lines deleted...]
-      2. Геномдық тіркеу жүргізу нәтижесінде алынған геномдық ақпаратты сақтауды жүзеге асыратын ішкі істер органдары оны осы Заңда көзделген сақтау мерзімдері өткеннен кейін жояды.</w:t>
+    <w:bookmarkStart w:name="z143" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сотталған адамдарға геномдық тіркеу жүргізу кезінде алынған биологиялық материалды осы Заңның 22-бабының 2-тармағында белгіленген сақталу мерзімдері өткеннен кейін, сондай-ақ геномдық тіркеу кезінде алынған геномдық ақпаратты жоюды ішкі істер органдарының уәкілетті бөлімшесі дактилоскопиялық және геномдық тіркеу жүргізу қағидаларында айқындалатын тәртіппен оның басшысы бекітетін актілер бойынша жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z142" w:id="66"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5974,118 +6424,234 @@
         <w:t>26-бап. Геномдық ақпаратты өзгерту және (немесе) толықтыру</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Геномдық тіркеуден өткен адамдардың геномдық ақпаратын өзгерту және (немесе) толықтыру дактилоскопиялық және геномдық тіркеуді жүргізу қағидаларына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      27-бапқа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бап. Геномдық ақпаратты жинақтау және сақтау</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Геномдық тіркеуді жүргізу кезінде алынған геномдық ақпаратты жинақтауды және сақтауды Қазақстан Республикасының заңнамасына сәйкес электрондық ақпараттық ресурстарда ішкі істер органдары жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-бап. Геномдық ақпаратты пайдалану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="68"/>
+    <w:bookmarkStart w:name="z47" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Геномдық тіркеуді жүргізу нәтижесінде алынған геномдық ақпарат:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қылмыстық құқық бұзушылықтардың алдын алу, оларды ашу және тергеп-тексеру, сондай-ақ оларды жасаған адамдарды анықтау және белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6114,187 +6680,187 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) танылмаған мәйіттер бойынша Қазақстан Республикасы азаматтарының, шетелдіктер мен азаматтығы жоқ адамдардың жеке басын анықтау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) іздестіріліп жатқан немесе анықталып жатқан адамдардың туыстық қатынастарын анықтау мақсатында пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="69"/>
+    <w:bookmarkStart w:name="z48" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Хабарсыз кеткен азаматтардың биологиялық туыстарының геномдық ақпараты осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3) тармақшасында көзделген мақсатта пайдаланылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29-бап. Геномдық ақпаратты сақтау мерзімдері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Геномдық тіркеуге жататын сотталған адамның геномдық ақпараты геномдық тіркелген күнінен бастап оның қайтыс болу фактісі анықталғаннан кейін жиырма бес жыл өткенге дейін, ал оның қайтыс болғаны туралы мәліметтер болмаған немесе сот оны қайтыс болды деп жариялаған кезде ол жүз жасқа толған күнге дейін сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z44" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Биологиялық материалы сотқа дейінгі тергеп-тексеру барысында алынған анықталмаған адамдарды геномдық тіркеуді жүргізу кезінде алынған геномдық ақпарат геномдық тіркелген күнінен бастап жиырма бес жыл сақталады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Геномдық тіркеуге жататын сотталған адамның геномдық ақпараты геномдық тіркелген күнінен бастап оның қайтыс болу фактісі анықталғаннан кейін жиырма бес жыл өткенге дейін, ал оның қайтыс болғаны туралы мәліметтер болмаған немесе сот оны қайтыс болды деп жариялаған кезде ол жүз жасқа толған күнге дейін сақталады.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Хабарсыз кеткен азаматтардың биологиялық туыстарын геномдық тіркеуді жүргізу кезінде алынған геномдық ақпарат хабарсыз кеткен адамның жүрген жері анықталғанға немесе оқиғаның немесе қылмыс құрамының болмауына байланысты қылмыстық іс тоқтатылғанға дейін сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z44" w:id="71"/>
-[...15 lines deleted...]
-      2. Биологиялық материалы сотқа дейінгі тергеп-тексеру барысында алынған анықталмаған адамдарды геномдық тіркеуді жүргізу кезінде алынған геномдық ақпарат геномдық тіркелген күнінен бастап жиырма бес жыл сақталады.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Танылмаған мәйіттерді геномдық тіркеуді жүргізу кезінде алынған геномдық ақпарат қайтыс болған адамның жеке басын анықтағанға дейін, бірақ геномдық тіркелген күнінен бастап жиырма бес жылдан аспай сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z45" w:id="72"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-бап. Геномдық ақпаратты жою</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6326,80 +6892,80 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="74"/>
+    <w:bookmarkStart w:name="z112" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. ДАКТИЛОСКОПИЯЛЫҚ ЖӘНЕ ГЕНОМДЫҚ ТІРКЕУ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>САЛАСЫНДАҒЫ МЕМЛЕКЕТТІК РЕТТЕУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бап. Қазақстан Республикасы Үкіметінің дактилоскопиялық және геномдық тіркеу саласындағы құзыреті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7206,68 +7772,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="75"/>
+    <w:bookmarkStart w:name="z113" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-бап. Дактилоскопиялық және (немесе) геномдық тіркеу саласындағы уәкілетті мемлекеттік органдардың әрекеттеріне (әрекетсіздігіне) шағым жасау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7922,55 +8488,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>