--- v0 (2025-11-12)
+++ v1 (2026-03-07)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bbfad87" w14:textId="bbfad87">
+    <w:p w14:paraId="5a171a3" w14:textId="5a171a3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -117,261 +117,283 @@
         </w:rPr>
         <w:t>Қазақстан Республикасының 2000 жылғы 19 қазандағы N 85 Заңы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>МАЗМҰНЫ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...7 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. Бүкіл мәтіні бойынша "жеке кәсіпкерлер", "жеке кәсіпкерлік", "жеке кәсіпкер", "жеке кәсіпкерге", "жеке кәсіпкердің", "жеке кәсіпкерлердің" деген сөздер тиісінше "дара кәсіпкерлер", "дара кәсіпкерлік", "дара кәсіпкер", "дара кәсіпкерге", "дара кәсіпкердің", "дара кәсіпкерлердің" деген сөздермен ауыстырылды - ҚР 04.07.2008 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 53-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      Ескерту. Кіріспе алып тасталды – ҚР 30.06.2025 </w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе алып тасталды – ҚР 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1-бап. Күзет қызметі ұғымы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...56 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Заңды тұлғалардың жеке адамдардың өмiрiн, денсаулығы мен мүлкін, сондай-ақ заңды тұлғалардың мүлкін құқыққа қайшы қол сұғушылықтардан қорғау қызметін көрсету жөніндегі қызметті жүзеге асыруы (күзет қызметін көрсетулері) күзет қызметі деп ұғынылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Осы Заңның күші жеке күзет ұйымдарына, жеке күзетшілерге, дара кәсіпкерлер мен заңды тұлғалардың күзет бөлімшелеріне, мемлекеттік органдардың ведомстволық күзет бөлімшелеріне қолданылады. Осы Заңның күші, егер ішкі істер органдары туралы Қазақстан Республикасының заңдарында, Президенті мен Үкіметінің актілерінде өзгеше көзделмесе, ішкі істер органдарының мамандандырылған күзет бөлімшелеріне қолданылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Осы Заңның күші, егер заңдардан өзгеше туындамаса, азаматтар мен заңды тұлғалардың денсаулық сақтау саласына, санаткерлік меншікке, мемлекеттік құпияларға, коммерциялық құпияларға байланысты өзге де игіліктері мен заңды мүдделерін қорғауға қолданылмайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгеріс енгізілді - ҚР 29.12.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -431,8425 +453,10321 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-1-бап. Мемлекеттік күзетілуге жататын объектілер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Аса маңызды мемлекеттік және стратегиялық объектілер; стратегиялық маңызы бар және жарғылық капиталында акцияларының бақылау пакетін (қатысу үлестерін) мемлекет тікелей немесе жанама түрде иеленетін заңды тұлғаларға тиесілі экономика салаларының объектілері мемлекеттік күзетілуге жатады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттiк күзетiлуге жататын объектiлердi күзетудi Қазақстан Республикасының мемлекеттiк органдары, iшкi iстер органдарының мамандандырылған күзет бөлiмшелерi, Қарулы Күштерi, басқа да әскерлерi мен әскери құралымдары, сондай-ақ арнаулы мемлекеттік органдары жүзеге асырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Мемлекеттік күзетілуге жататын объектілерді айқындау тәртiбiн Қазақстан Республикасының Үкiметi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>белгiлейдi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік күзетілуге жататын объектілердің тізбелерін Қазақстан Республикасының Президенті немесе Қазақстан Республикасының Үкіметі өздерінің өкілеттіктеріне сәйкес бекітеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Мемлекеттік күзетілуге жататын объектілердің бірінші басшылары Қазақстан Республикасының Үкiметi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарға сәйкес олардың инженерлік-техникалық нығайтылуын қамтамасыз етуге міндетті.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Күзет қызметiн көрсету саласында бәсекелестiк ортаны қалыптастыру мақсатында осы баптың екінші бөлігінде көрсетілген тізбеге енгізілмеген объектілерді күзетуді жеке күзет ұйымдары Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жеке және заңды тұлғалармен жасалған шарттардың негiзінде жүзеге асыра алады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Заң 1-1-баппен толықтырылды - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі), өзгеріс енгізілді - ҚР 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-бап. Қазақстан Республикасының күзет қызметі саласындағы заңдары </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Күзет қызметін жүзеге асырудың құқықтық негізін Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституциясы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, осы Заң, Қазақстан Республикасы бекіткен халықаралық шарттар және Қазақстан Республикасының өзге де нормативтiк құқықтық актiлерi құрайды. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Аса маңызды мемлекеттік және стратегиялық объектілер; стратегиялық маңызы бар және жарғылық капиталында акцияларының бақылау пакетін (қатысу үлестерін) мемлекет тікелей немесе жанама түрде иеленетін заңды тұлғаларға тиесілі экономика салаларының объектілері мемлекеттік күзетілуге жатады.</w:t>
+      Қазақстан Республикасы ратификациялаған халықаралық шарттар осы Заңнан басым болады. Қазақстан Республикасы қатысушысы болып табылатын халықаралық шарттардың Қазақстан Республикасының аумағында қолданылу тәртібі мен талаптары Қазақстан Республикасының заңнамасында айқындалады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-бапқа өзгеріс енгізілді – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-бап. Осы Заңның негiзгi мақсаты, мiндеттерi мен қағидаттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Қазақстан Республикасының аумағындағы күзет қызметінің құқықтық негіздерін, күзет қызметін жүзеге асыратын субъектілердің мәртебесі мен өкілеттіктерін айқындау осы Заңның негізгі мақсаты болып табылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Осы Заңның негізгі міндеттері мыналар болып табылады:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) жеке тұлғалардың өмірі мен денсаулығын қылмыстық және өзге де құқыққа қарсы қол сұғушылықтардан қорғау;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) жеке және заңды тұлғалардың мүлкін құқыққа қарсы қол сұғушылықтардан қорғау.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Осы Заңның негізгі қағидаттары мыналар болып табылады:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) заңдылық;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) адамның және азаматтың құқықтарын, бостандықтары мен заңды мүдделерін құрметтеу және сақтау;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) жеке адамның, қоғам мен мемлекеттің өмірлік маңызы бар мүдделерін ескеру;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) күзет қызметін жүзеге асыру кезінде үшінші тұлғалар құқықтарының, бостандықтары мен заңды мүдделерінің бұзылуына жол бермеу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-бап жаңа редакцияда – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-бап. Күзет қызметiнiң принциптерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-бап алып тасталды – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-бап. Күзет қызметiн лицензиялау және оны жүзеге асыруды шектеу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Күзет қызметі "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалатын тәртіппен, осы Заңда көзделген ерекшеліктер ескеріле отырып лицензиялануға жатады. Күзет қызметін жүзеге асыруға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензиясы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоқ заңды тұлғаларға күзет қызметтерін көрсетуге тыйым салынады. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Iшкi iстер органдарының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мамандандырылған күзет бөлiмшелерi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асыратын күзет қызметi лицензиялауға жатпайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Күзет қызметінің субъектілері мемлекеттік құпияларды қорғау саласындағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнаманың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарын сақтай отырып, тәжірибе алмасу, өз мамандарының біліктілігін арттыру, қазіргі заманғы техникалық құралдар мен технологияларды енгізу және пайдалану мақсатында күзет қызметі саласындағы шетелдік компанияларды тартуға құқылы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Қазақстан Республикасының аумағында шет мемлекеттердiң күзет ұйымдары қызметiне тыйым салынады. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Шетелдiк заңды тұлғалардың, шетел қатысатын заңды тұлғалардың, шетелдiктердiң, сондай-ақ азаматтығы жоқ адамдардың: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) күзет қызметiнің барлық түрін жүзеге асыруға; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) жеке күзет ұйымдарын құруға немесе олардың құрылтайшылары (қатысушылары) болуға; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) сенiмгерлiк басқарудағы жеке күзет ұйымын ұстауға; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Заң қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгерістер енгізілді - ҚР 22.02.2002 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 297</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі); 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 405-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-бап. Күзет қызметiн жүзеге асыру кезiнде терiс пиғылды iс-әрекеттерден мемлекеттiк кепiлдiктер және күзет ұйымдарының күзетшi қызметiн атқаратын қызметкерлерiн сақтандыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Күзет қызметi субъектiлерiнiң қызметтi жүзеге асыруы кезiнде мемлекет азаматтар мен заңды тұлғалардың құқықтары мен бостандықтарының сақталуына кепiлдiк бередi және оны қамтамасыз етедi.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Күзет қызметiн құқық тәртiбi мен адамгершiлiк негiздерiне көрiнеу қайшы келетiн мақсаттарға жету үшiн жүзеге асыруға жол берiлмейдi.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Күзет қызметiн жүзеге асырушы адамның iс-әрекеттерi арқылы құқықтары мен заңды мүдделерi бұзылған адам ондай адамнан тиiстi түсiндiрмелер мен ақпарат талап етуге құқылы, сондай-ақ мұндай iс-әрекетке сотқа және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгiленген тәртiппен басқа мемлекеттiк органдарға шағым жасауға құқылы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Күзет қызметiн жүзеге асыратын және үшiншi тұлғалардың құқықтары мен заңды мүдделерiн бұзған адам жәбiрленушiге келтiрiлген материалдық және моральдық зиянды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдарға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес өтеуге мiндеттi.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Күзет қызметін жүзеге асыратын субъектілер қызметкерлерінің, оның iшiнде олардың қоғамдық қауiпсiздiктi қамтамасыз етуге қатысуы кезiнде өмірі мен денсаулығына зиян келтірумен байланысты тәуекелдерді сақтандыру Қазақстан Республикасының сақтандырудың міндетті түрлері туралы заңнамалық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>актілеріне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырылады. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгеріс енгізілді - ҚР 07.05.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Күзет қызметінің субъектілері және олардың сыныптамасы. Мамандандырылған оқу орталықтары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 405-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-бап. Күзет қызметiн жүзеге асыратын субъектiлер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Күзет қызметiн жүзеге асыратын субъектiлерге:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Қазақстан Республикасы iшкi iстер органдарының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мамандандырылған күзет бөлiмшелерi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) жеке күзет ұйымдары;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) - 5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-бапқа өзгеріс енгізілді - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-баптың тақырыбы жаңа редакцияда көзделген – ҚР 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-бап. Күзет қызметiн жүзеге асыратын субъектiлердiң мемлекеттiк органдармен өзара iс-қимылы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Күзет қызметiн жүзеге асыратын субъектiлер мемлекеттiк органдарға заңдармен жүктелген мiндеттердi орындауда осы мемлекеттiк органдарға жәрдемдесуге мiндеттi.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Күзет қызметiн жүзеге асыратын субъектiлер құқық қорғау, арнаулы мемлекеттік органдар және әскери құралымдар Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жедел-iздестiру, қарсы барлау, тергеу немесе күзет іс-шараларын жүргiзген кезде қаруды уақытша тапсыру туралы талапты қоса алғанда, мемлекеттiк органдар қызметкерлерiнiң барлық заңды талаптарын орындауға мiндеттi.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Күзет қызметін жүзеге асыратын субъектілер терроризмге қарсы іс-қимылды жүзеге асыратын мемлекеттік органдар қызметкерлерінің талап етуі бойынша терроризмге қарсы операцияның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқықтық режимі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізілген аймақтағы күзет қызметін тоқтата тұруға міндетті.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Күзет қызметін жүзеге асыратын субъектілер ішкі істер органдарының сұрау салуы бойынша, жүзеге асырып отырған қызметінің Қазақстан Республикасының күзет қызметі саласындағы заңнамасында белгіленген талаптарға сәйкестігі туралы ақпарат береді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақпен толықтыру көзделген – ҚР 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жариялағанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін екі ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-бап. Iшкi iстер органдарының мамандандырылған күзет бөлiмшелерiнiң күзет қызметiн жүзеге асыру ерекшелiктерi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Ішкі істер органдарының мамандандырылған күзет бөлімшелері мемлекеттік мекеме болып табылады және Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-1-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағында көрсетілген объектілерді ғана күзетуді жүзеге асырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Ішкі істер органдарының мамандандырылған күзет бөлімшелері Қазақстан Республикасының Үкіметі айқындайтын Тізбеге енгізілген жеке тұлғаларға шарттық негізде күзет қызметтерін көрсетеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Ішкі істер органдарының мамандандырылған күзет бөлімшелері көрсететін қызметтер үшін бағаларды уәкілетті орган бекітеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-бап жаңа редакцияда - ҚР 15.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 556-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 257-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бап. Жеке күзет ұйымының құқықтық мәртебесi және жеке күзет ұйымының күзетші лауазымын атқаратын жұмыскеріне қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-баптың тақырыбы жаңа редакцияда – ҚР 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 405-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзiнiң кәсiпкерлiк қызметi ретiнде күзет қызметтерiн көрсететiн коммерциялық ұйым жеке күзет ұйымы болып табылады. Жеке күзет ұйымының, хабарлама жасау тәртібінің шарттарын сақтаған жағдайда, күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі жұмыстарды қоспағанда, өзге кәсiпкерлiк қызметтi жүзеге асыруға құқығы жоқ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Жеке күзет ұйымы күзет қызметін жарғының және заңды тұлғалардың күзет қызметін жүзеге асыруына арналған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензияның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде жүзеге асырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Жеке күзет ұйымының күзетшi қызметiн атқаратын қызметкерiнде күзет қызметiн жүзеге асыруға арналған лицензияның болуы талап етiлмейдi.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Жеке күзет ұйымының күзетшiсi қызметiне Қазақстан Республикасының 19 жасқа толған және күзетшiнiң арнайы даярлығынан (күзетшiнi оқытудың арнаулы курсынан) өткен азаматтары қабылдана алады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алып тасталды - ҚР 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Жеке күзет ұйымының күзетшiсi лауазымын: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) психикалық, мінез-құлықтық, оның ішінде психикаға белсенді әсер ететін заттарды тұтынуға байланысты бұзылушылықтары (аурулары) бар, психикалық денсаулық саласында медициналық көмек көрсететін ұйымдарда есепте тұрған;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) қылмыс жасағаны үшiн сотталғандығы бар;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) Қазақстан Республикасы Қылмыстық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ерекше бөлімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бабының тиісті бөлігінде көзделген бас бостандығынан айыру түріндегі жазаның төменгі шегінің мерзімі өткенге дейін қылмыстық жауаптылықтан Қазақстан Республикасы Қылмыстық-процестік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігі 3), 4), 9), 10) және 12) тармақтарының немесе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде босатылған;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-1) күзетші лауазымына қабылданғанға дейін бір жылдың ішінде немесе осы лауазымда болған кезеңде қылмыстық теріс қылық жасағаны үшін соттың айыптау үкімі шығарылған, сондай-ақ күзетші лауазымына қабылданғанға дейін бір жылдың ішінде немесе осы лауазымда болған кезеңде қылмыстық теріс қылық жасағаны үшін қылмыстық жауаптылықтан Қазақстан Республикасы Қылмыстық-процестік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігі 3), 4), 9), 10) және 12) тармақтарының немесе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде босатылған;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) бұрын күзетші болып жұмысқа қабылданғанға дейiн бiр жыл iшiнде немесе осы лауазымда болған кезеңде Қазақстан Республикасы Әкiмшiлiк құқық бұзушылық туралы кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>436</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>438</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>440</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>443</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>453</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>462</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>463</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>469</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>470</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>476</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>477</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>478</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>479</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>482</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>483</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>484</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>485</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>486</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>487</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>488</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>489</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>490</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>494</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>496</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>504</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>506</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>653</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>654</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>658</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>659</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>665</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>667</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>669</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>670</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>673</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>675-баптарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген әкiмшiлiк құқық бұзушылықтар жасағаны үшiн әкiмшiлiк жауаптылыққа тартылған;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) мемлекеттiк, әскери қызметтен, құқық қорғау органдарынан, соттардан және әдiлет органдарынан үш жылдан аз уақыт бұрын теріс себептермен босатылған;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) бұрын осыған ұқсас лауазымды атқарып, үш жылдан аз уақыт бұрын Қазақстан Республикасы Еңбек кодексінің 52-бабы 1-тармағының 9), 10), 11), 12), 15), 16) және 17) тармақшаларында көзделген негіздер бойынша еңбек шарты бұзылған адам атқара алмайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-тармақ жаңа редакцияда көзделген – ҚР 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жеке күзет ұйымының басшысы үшiн оның жеке күзет ұйымының күзетшi қызметiн атқаратын қызметкерлерiне қойылатын талаптарға сәйкес болуы мiндеттi талап болып табылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Жекеше күзет ұйымы күзетшiнi ол қызметтiк мiндеттерiн атқаруы кезiнде оның жеке басын және жекеше күзет ұйымының күзетшiсi екендiгiн куәландыратын белгiленген үлгiдегi құжатпен қамтамасыз етуге мiндеттi. Жекеше күзет ұйымы күзетшiсi құжатының нысаны мен үлгiсiн уәкілетті орган </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айқындайды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгерістер енгізілді - ҚР 22.02.2002 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 297</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 04.07.2008 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 53-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі), 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 24.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 60-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 180-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 07.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 405-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-1-бап. Мамандандырылған оқу орталықтары мен олардың филиалдарына қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Жеке күзет ұйымында басшы және күзетші лауазымдарын атқаратын жұмыскерлерді даярлау және олардың бiлiктiлiгiн арттыру уәкілетті орган </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, заңды тұлғалар болып табылатын мамандандырылған оқу орталықтарында жүргізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-1. Мамандандырылған оқу орталықтары мен олардың филиалдарына қойылатын талаптар мыналардың:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сабақтар жүргізу үшін санитариялық нормаларға сәйкес келетін үй-жайлардың;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) меншік құқығында не жалға алу шартымен атыс даярлығы бойынша сабақтар жүргізу үшін атыс тирінің;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оқу бағдарламалары мен оқу жоспарларында көзделген арнаулы және техникалық құралдардың;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тиісті теориялық, практикалық білімдері және өзінің кәсіптік құзыреті саласында практикалық дағдылары бар және күзет қызметі саласында кәсіптік жұмыс тәжірибесін жинақтаған, мамандарды оқыту процесіне тартылып жүрген оқытушылардың болуын көздейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жекеше күзет ұйымында басшы және күзетші лауазымдарын атқаратын жұмыскерлерді даярлау және олардың біліктілігін арттыру жөніндегі үлгілік оқу бағдарламалары мен үлгілік оқу жоспарларын уәкілетті орган </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекітеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Мыналар:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осы Заңның 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген адамдар;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шетелдік заңды тұлғалар, шетел қатысатын заңды тұлғалар, шетелдіктер, сондай-ақ азаматтығы жоқ адамдар мамандандырылған оқу орталықтары мен олардың филиалдарының құрылтайшылары (қатысушылары), басшылары бола алмайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Мамандандырылған оқу орталықтарының қызметі:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) таратылған, қайта ұйымдастырылған жағдайларда;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сот шешімі бойынша тоқтатылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 10-1-баппен толықтырылды - ҚР 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 405-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-бап. Жеке күзетшiнiң құқықтық мәртебесi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-бап алып тасталды - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12-бап. Күзет бөлiмшесiнiң құқықтық мәртебесi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-бап алып тасталды - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13-бап. Мемлекеттiк органдардың ведомстволық күзет бөлiмшелерiнiң құқықтық мәртебесi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-бап алып тасталды - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-1-бап. Жеке күзет ұйымында күзетшi лауазымын атқаратын жұмыскердiң құқықтары мен мiндеттерi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Жеке күзет ұйымында күзетші лауазымын атқаратын жұмыскердiң құқықтары мен міндеттері Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Еңбек кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, еңбек шартына және осы Заңға сәйкес айқындалады. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Жеке күзет ұйымында күзетшi лауазымын атқаратын жұмыскер:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) қоғамдық тәртiптi қамтамасыз ету жөнiндегi iс-шараларды жүзеге асыруда, оның iшiнде ойын-сауық мәдени-бұқаралық және спорттық-бұқаралық iс-шараларды өткiзу кезiнде Қазақстан Республикасының iшкi iстер органдарына жәрдем көрсетуге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) қылмыстық және әкiмшiлiк құқық бұзушылықтардың алдын алуға және жолын кесуге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) құқық бұзушылықтардың жолын кесу және құқық бұзушыларды ұстау мақсатында, егер аталған мақсаттарға өзгеше тәсілдермен қол жеткiзу мүмкiн болмаса, дене күшiн және басқа да құралдарды қолдануға құқылы. Бұл ретте осы үшiн қажеттi шараларды шектен асыруға жол берiлмеуге тиiс;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жағдайларда қылмыстық немесе әкiмшiлiк құқық бұзушылық жасаған адамдарды ұстап алуға және Қазақстан Республикасының құқық қорғау органдарына жеткiзуге құқылы. Қажет болған кезде, ұстап алынған адамда қару, сондай-ақ өзге де қауiптi және (немесе) айналымына тыйым салынған заттар бар деп ұйғаруға негiздер болса, Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ұстап алынған адамның киiмiн қарап-тексеруге және аталған заттарды Қазақстан Республикасының құқық қорғау органдарына немесе өзге де мемлекеттiк билiк органына беру үшiн алып қоюға;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) құқыққа қарсы қол сұғушылықтардан, жол-көлiк оқиғаларынан, дүлей зiлзаладан және өзге де төтенше жағдайлардан зардап шеккен жеке тұлғаларға медициналық және өзге де көмек көрсетуде жәрдемдесуге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) жеке тұлғалардан қоғамдық тәртiптi сақтауды талап етуге құқылы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Жеке күзет ұйымында күзетшi лауазымын атқаратын жұмыскер: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) азаматтардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конституциялық құқықтары мен бостандықтарын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сақтауға;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) өзіне белгілі болған дайындалып жатқан не жасалған құқық бұзушылық фактiлерi туралы Қазақстан Республикасының iшкi iстер органдарына дереу хабарлауға;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) аумағында қару, оқ-дәрілер және жарылғыш заттар бар күзетілетін объектілерден күзет дабылының қосылғаны туралы Қазақстан Республикасының ішкі істер органдарына дереу хабарлауға;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) заңнамада көрсетiлген жағдайларда жеке тұлғалардың талап етуi бойынша өзінің күзет қызметi субъектiсiнің күзетшісі екенін растайтын куәлiгiн көрсетуге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) құқық бұзушылық профилактикасы субъектiлерiне жәрдем көрсетуге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) қылмыстық немесе әкiмшiлiк құқық бұзушылық жасағаны үшiн ұстап алынған жеке тұлғаларға мәжбүрлеу шараларын қолданылу негiздерiн түсiндiруге мiндеттi.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Заң 13-1-баппен толықтырылды - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі); жаңа редакцияда – ҚР 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 405-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  3-тарау. Күзет қызметінің түрлері және күзет қызметін құқықтық ресімдеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-бап. Күзет қызметтерiн көрсету түрлерi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Лицензиялануға тиiстi күзет қызметiн күзет қызметiнiң субъектiлерi мынадай қызметтер көрсету:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) жеке адамдардың өмiрi мен денсаулығын қорғау;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) жеке және заңды тұлғалардың объектісін және (немесе) мүлкiн, оның iшiнде оны тасымалдау кезiнде күзету;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) күзету тәсiлдерi мен құқыққа қарсы қол сұғушылықтардан заңды қорғану бойынша кеңестер беру және ұсынымдар дайындау нысанында жүзеге асырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке күзет ұйымында күзетшi қызметiн атқаратын қызметкерлер ерiктi түрде қоғамдық тәртiптi сақтауға тартылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-бап жаңа редакцияда - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі) Заңымен; өзгеріс енгізілді - ҚР 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15-бап. Күзет қызметiн жүзеге асыру тәртiбi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Күзет қызметтерiн көрсету шарт (күзет қызметiн көрсету жөнiндегi шарт) негiзiнде жүзеге асырылады. Күзет қызметтерiн көрсету шартын жасасу, орындау, тоқтату тәртiбi, шарт бойынша тараптардың жауапкершiлiгi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азаматтық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдарға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, осы Заңда көзделген ерекшелiктер ескерiле отырып анықталады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алып тасталды - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Iшкi iстер органдарының мамандандырылған күзет қызметi бөлiмшелерiнiң күзет қызметiн жүзеге асыру тәртiбiнiң ерекшелiктерi Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдарымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгiленедi.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Жеке күзет ұйымдарында күзетшi қызметiн атқаратын қызметкерлер күзет қызметiн өздерiнiң күзет қызметi субъектiсiнің күзетшісі екенін бiлдiретiн нысанды киiм киіп жүзеге асырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Нысанды киім үлгілерін және оны киіп жүру тәртібін уәкілетті орган </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекітеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеке тұлғалардың өмірі мен денсаулығын қылмыстық және өзге де құқыққа қарсы қол сұғушылықтардан қорғау жөніндегі қызметтер көрсету күзет қызметі субъектісіне тиесілілігін білдіретін нысанды киімсіз жүзеге асырылуы мүмкін. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақпен толықтыру көзделген – ҚР 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгерістер енгізілді - ҚР 04.07.2008 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 53-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 405-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-1-бап. Күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызметті жүзеге асыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызмет хабарлама жасау тәртібін сақтаған жағдайда жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Хабарлама жасау тәртібі "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету қызметін жүзеге асыратын субъектілер осы Заңның 15-2-бабында белгіленген талаптарға сай келуге тиіс.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызметке мемлекеттік бақылауды жүзеге асыратын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уәкілетті орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы қызмет түрімен айналысу үшін хабарлама берген субъектілердің тізілімін жүргізеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 15-1-баппен толықтырылды - ҚР 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-2-бап. Күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызметті жүзеге асыратын субъектілерге қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызметті жүзеге асыратын заңды тұлғаларға қойылатын талаптар:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) заңды тұлға маманының жұмыс саласына сай келетін жоғары немесе орта техникалық білімінің;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) күзет дабылы құралдарын баптауды, оларға техникалық қызмет көрсетуді және монтаждалатын жабдықтың техникалық жай-күйін тексеруді жүзеге асыру үшін жабдығы бар үй-жайлардың (немесе оларды жалға алу шартының) болуын көздейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызметті жүзеге асыратын жеке тұлғаларға қойылатын талаптар:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) жұмыс саласына сай келетін жоғары немесе орта техникалық білімінің;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) күзет дабылы құралдарын баптауды, оларға техникалық қызмет көрсетуді және монтаждалатын жабдықтың техникалық жай-күйін тескеруді жүзеге асыру үшін жабдығы бар үй-жайлардың (немесе оларды жалға алу шартының) болуын көздейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Күзет дабылы құралдарын монтаждау, баптау және оған техникалық қызмет көрсету жөніндегі қызметті жүзеге асыратын заңды тұлғалардың басшылары, жұмыскерлері, жеке тұлғалар психикалық ауруына байланысты денсаулық сақтау ұйымдарында есепте тұрмайтын, заңда белгіленген тәртіппен жойылмаған немесе алынбаған сотталғандығы жоқ не қылмыс жасағаны үшін қылмыстық жауаптылықтан Қазақстан Республикасы Қылмыстық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ерекше бөлігі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бабының тиісті бөлігінде көзделген бас бостандығынан айыру түріндегі жазаның төменгі шегінің мерзімі өткенге дейін Қазақстан Республикасы Қылмыстық-процестік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігі 3), 4), 9), 10) және 12) тармақтарының немесе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде босатылған Қазақстан Республикасының азаматтары болуға тиіс.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 15-2-баппен толықтырылды - ҚР 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16-бап. Күзет қызметiн көрсету туралы шарт </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Күзет қызметтерiн көрсету туралы шарт бойынша орындаушы тапсырыс берушіге тараптардың келісiмімен айқындалған күзет қызметтерiн осы шартта белгiленген тәртiпте, көлемде және ақыға көрсетуге мiндеттенедi.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Күзет қызметтерiн көрсету туралы шарт бойынша орындаушы ретінде мынадай күзет қызметі субъектілері (осы Заңда қойылатын талаптарды ескере отырып) әрекет етуге құқылы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) iшкi iстер органдарының мамандандырылған күзет бөлiмшелерi;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) жеке күзет ұйымдары;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Күзет қызметтерiн көрсету туралы шарт бойынша тапсырыс беруші ретiнде жеке және заңды тұлғалар әрекет етуге құқылы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Күзет қызметтерін көрсету туралы шартта көрсетілетін күзет қызметтерінің түрлері, сондай-ақ орындаушының күзет қызметтерін көрсетуге арналған лицензиясының нөмірі мен берілген күні туралы мәліметтер қамтылуға тиіс.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Күзет қызметтерiн көрсету туралы шарт жазбаша нысанда жасалуға тиiс. Күзет қызметтерiн көрсету туралы шарттың жазбаша нысанда жасалуын сақтамау оның жарамсыз болуына әкеп соғады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-бапқа өзгеріс енгізілді - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 405-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17-бап. Күзет бөлiмшелерi қызметiнiң негiзi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-бап алып тасталды - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17-1-бап. Күзет қызметiн жүзеге асырумен байланысты шектеулер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасының заңды тұлғалары мен азаматтарының күзет қызметiмен айналысатын бiрнеше ұйымның бiр мезгiлде құрылтайшысы, қатысушысы және (немесе) меншiк иесi болуға құқығы жоқ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Жеке күзет ұйымы қызметкерлерiнiң санын өз мiндеттерiн орындауға қажеттi адам саны нормативiнен асыруға болмайды. Адам саны нормативiн уәкілетті орган </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>белгiлейдi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Адам санын нормативтен асыру лицензияның қолданылуын тоқтата тұруға әкеп соғады. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уәкiлеттi орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (лицензиар) жеке күзет ұйымы қызметкерлерiнiң саны лицензияның қолданылуы тоқтатыла тұрған күннен бастап күнтiзбелiк қырық күн iшiнде адам саны нормативiнің талаптарына сәйкес келтiрiлмеген жағдайда лицензиатты лицензиясынан айыру туралы арызбен сотқа жүгiнедi.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Жеке күзет ұйымы күзеттен басқа өзге де қызметтi жүзеге асыратын ұйымның еншiлес кәсiпорны бола алмайды. Жеке күзет ұйымының құрылтайшысы (қатысушысы) үшiн қызметтiң осы түрi негiзгi болуға тиiс.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мыналар:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) құрылатын ұйым өздеріне қатысты күзет қызметтерiн көрсететiн ұйымдардың құрылтайшылары не лауазымды адамдары;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - ҚР 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) қылмыс жасағаны үшiн соттылығы бар азаматтар, сондай-ақ құрылтайшылардың (қатысушылардың) құрамында көрсетiлген адамдар бар заңды тұлғалар;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) құрылатын ұйым өздеріне қатысты күзет қызметтерiн көрсететiн заңды тұлғалар және солармен аффилиирленген заңды тұлғалар;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) қоғамдық бiрлестiктер жеке күзет ұйымының құрылтайшылары (қатысушылары) бола алмайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы тармақтың бірінші бөлігінде және екінші бөлігінің 1) және 4) тармақшаларында белгіленген тыйым салулар күзет ұйымдарын құру құқығы уәкілетті орган </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айқындаған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртіппен берілетін ұлттық компаниялардың жеке күзет ұйымдарын құру жағдайларына қолданылмайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ұлттық компаниялар құрған күзет ұйымдарының үшінші тұлғаларға күзет қызметін көрсетуге құқығы жоқ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақты бесінші бөлікпен толықтыру көзделген – ҚР 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Жеке күзет ұйымдарының басшыларына және олардың күзетшi қызметiн атқаратын қызметкерлерiне:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес құқық қорғау органдары мен басқа да мемлекеттiк органдардың айрықша құзыретiне жатқызылған процессуалдық және өзге қызметтi жүзеге асыруға;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) құқық қорғау органдары қызметкерлерiнiң өкiлеттiктерiн иемденуге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) құқық қорғау органдары қызметкерлерiнiң заңды қызметiне кедергi келтiруге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) адам мен азаматтың ар-намысын және абыройын түсiретiн не құқықтары мен бостандықтарын заңсыз шектейтiн әрекеттер жасауға тыйым салынады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жалпы негіздерден басқа, күзет қызметін жүзеге асыруға арналған лицензияның қолданысы мынадай:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жалғыз құрылтайшы осы Заңда белгіленген талаптарға сәйкес келмеген;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жалғыз құрылтайшының және (немесе) заңды тұлғаның орналасқан жерін анықтау мүмкін болмаған;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жалғыз құрылтайшыға іздеу жарияланған жағдайларда, тоқтатыла тұрады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лицензияны тоқтата тұруға негіз болған себептер жойылған кезде оның қолданысы "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген мерзімдерде қайта басталады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күзет қызметін жүзеге асыруға арналған лицензиядан айыру (қайтарып алу) сот тәртібімен жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жалпы негіздерден басқа, күзет қызметін жүзеге асыруға арналған лицензияның қолданысын тоқтату алдын ала тоқтатыла тұрмай мынадай:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жалғыз құрылтайшы соттың заңды күшіне енген шешімі бойынша әрекетке қабілетсіз немесе әрекет қабілеті шектеулі, қайтыс болған не хабарсыз кеткен деп танылған;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жалғыз құрылтайшының Қазақстан Республикасының азаматтығы тоқтатылған;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жалғыз құрылтайшыға медициналық сипаттағы мәжбүрлеу шараларын қолдану туралы сот шешімі заңды күшіне енген;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жалғыз құрылтайшыға қатысты соттың айыптау үкімі заңды күшіне енген жағдайларда, жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-1-бап жаңа редакцияда көзделген - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі); өзгерістер енгізілді - ҚР 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  4-тарау. Күзет қызметі субъектілерінің қару және арнаулы құралдар пайдалануы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тараудың тақырыбына өзгеріс енгізілді - ҚР 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттiк күзетiлуге жататын объектiлердi күзетудi Қазақстан Республикасының мемлекеттiк органдары, iшкi iстер органдарының мамандандырылған күзет бөлiмшелерi, Қарулы Күштерi, басқа да әскерлерi мен әскери құралымдары, сондай-ақ арнаулы мемлекеттік органдары жүзеге асырады.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18-бап. Жекеше күзет ұйымдарын қарумен және арнаулы құралдармен жарақтандыру шарттары </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-баптың тақырыбына өзгеріс енгізілді – ҚР 24.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Жекеше күзет ұйымдары өздерiнiң күзетшi қызметiн атқаратын жұмыскерлерін олар өздерінің қызметтiк мiндеттерiн жүзеге асыруы кезiнде Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгiленген тәртiппен қаруландыруға құқылы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Тиiстi лицензия алғаннан кейiн жекеше күзет ұйымдарының өнiм берушi заңды тұлғалардан Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қызметтiк тегiс ұзын ұңғылы және қысқа ұңғылы қару, сондай-ақ жарақат салатын патрондармен ату мүмкіндігі бар ұңғысыз атыс қаруын, газды қару мен электрлi қару, арнаулы құралдар сатып алуға құқығы бар. Жекеше күзет ұйымдары жұмыскерлерiнiң пайдалануына арналған қарудың түрлерiн, үлгiлерiн, модельдерi мен санын, сондай-ақ арнаулы құралдар тiзбесiн уәкілетті орган </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекітеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Мемлекеттік күзетілуге жататын объектілерді айқындау тәртiбiн Қазақстан Республикасының Үкiметi белгiлейдi.</w:t>
+      Өз қызметін магистральды теміржол желілері, магистральды құбыр тораптары мұнай өңдеу өндірісі және атом энергиясы саласында жүзеге асыратын ұлттық компаниялар құрған күзет ұйымдарын қоспағанда, жекеше күзет ұйымдарына қызметтік ойық ұзын ұңғылы және қысқа ұңғылы қаруды сатып алуға және пайдалануға тыйым салынады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Сатып алынған қару тиiстi iшкi iстер органында оның сатып алынған күнiнен бастап бiр апта мерзiмде тiркелуге жатады. Қаруды тiркеу кезiнде қаруды сатып алудың заңдылығын растайтын құжаттар негiзiнде бұл қаруды сақтауға, сақтау мен алып жүруге бес жыл мерзiмге рұқсат берiледi.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақтың екінші бөлігіне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рұқсаттың нысанын рұқсаттар және хабарламалар саласындағы уәкілетті органмен және ақпараттандыру саласындағы уәкілетті органмен келісу бойынша қару айналымын бақылау саласындағы уәкілетті орган </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекітеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармаққа өзгеріс енгізу көзделген – ҚР 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Жеке күзет ұйымының күзетшісі Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен қаруды және арнаулы құралдарды сақтау мен алып жүру құқығына рұқсат алуға тиіс.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Объектiлердi күзету және патрульдеу үшiн қызметтiк иттер пайдаланылуы мүмкiн.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Күзет ұйымдарының басшылары заңдарда белгiленген тәртiппен қаруды күзетшi қызметiн атқаратын штаттағы қызметкерлерге олардың қызметтiк мiндеттерiн атқаруы кезеңiне бередi. Қару қызметкерлер тиiстi даярлықтан өткен соң берiледi. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгерістер енгізілді - ҚР 22.02.2002 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 297</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі); 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19-бап. Күзет қызметi субъектiлерiнiң қаруды және арнаулы құралдарды қолдануының шарттары, негiздерi мен тәртiбi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Күзет қызметiн жүзеге асыру барысында арнаулы құралдар мен қызметтiк қаруды осы Заңда және Қазақстан Республикасының өзге де </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>актiлерiнде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жағдайлар мен тәртiп бойынша ғана қолдануға рұқсат етiледi.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Жеке күзет ұйымдары күзетшiлерiнiң қару мен арнаулы құралдарды Қазақстан Республикасының заңнамасында белгіленген шекте:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) күзетiлетiн объектiге немесе оның қызметкерлерiне шабуылдарды тойтару үшiн;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) күзетiлетiн адамға шабуылды тойтару үшiн;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) құқық бұзушыларды ұстап алу үшін, оның ішінде егер олар қарсылық көрсетсе, оларды iшкi iстер органдарына апару үшiн, егер олар қашып кетуi немесе айналасындағыларға немесе өзiне зиян келтiруi мүмкiн деп пайымдауға жеткіліктi негiздер болса;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жануарлардың шабуылынан қорғану үшiн;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) дабыл сигналдарын беру немесе көмекке шақыру үшiн;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қажеттi қорғаныс және аса қажеттiлiк жағдайларында қолдануға құқығы бар.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арнаулы құралдар мен қаруды осы Заңда және Қазақстан Республикасының өзге де заңнамалық актiлерінде көзделмеген мақсаттарда қолдануға тыйым салынады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Арнаулы құралдарды немесе қаруды өзге мақсаттарда, сондай-ақ өз өкiлеттiктерiнен, қажеттi қорғаныс шегiнен асыра пайдалануға жол берген адам Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жауаптылықта болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арнаулы құралдарды немесе қаруды өз өкiлеттiгiнен, қажеттi қорғаныс шегiнен асыра қолдану жеке күзет ұйымы күзетшiсi құжаттарының күшiн жоюға әкеп соғады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Арнаулы құралдар мен қызметтiк қаруды қолдану алдында олар қарсы қолданылуы мүмкiн адамдарға бұл туралы анық ескертiлуге тиiс.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Қарулы не топтасып шабуыл (зорлық-зомбылық) жасаған жағдайларды қоспағанда, әйелдерге, мүгедектiк белгiлерi анық адамдарға, жасы белгiлi немесе айқын болған жағдайда кәмелетке толмағандарға қатысты қызметтiк қару мен арнаулы құралдарды қолдануға тыйым салынады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Қызметтiк қару қолданылатын барлық жағдайларда айналадағы азаматтардың қауiпсiздiгiн қамтамасыз ету, зардап шеккендерге шұғыл медициналық көмек көрсету үшiн шаралар қолданылуы, iшкi iстер органдары мен прокуратураға жиырма төрт сағат iшiнде хабарлануы қажет.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Жеке күзет ұйымдарының күзетшiлерi арнаулы құралдар мен қызметтiк қаруды қолдануға байланысты жағдайлардағы өз мiндеттерiн орындауға жарамдылығы жөнiнде мерзiмдi тексеруден өтiп тұруға мiндеттi.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Күзет қызметiнiң субъектiлерi өздерiнiң қызметтiк мiндеттерiн орындауы кезiнде келтiрген зияны үшiн Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес толық жауапты болады. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-бапқа өзгерістер енгізілді - ҚР 09.08.2002 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлген күннен бастап бiр жыл өткен соң қолданысқа енгiзiледі); 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  5-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Мемлекеттік күзетілуге жататын объектілердің тізбелерін Қазақстан Республикасының Президенті немесе Қазақстан Республикасының Үкіметі өздерінің өкілеттіктеріне сәйкес бекітеді.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бап. Мемлекеттік бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="5"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Қазақстан Республикасының аумағында күзет қызметін, мамандандырылған оқу орталықтарының қызметін, сондай-ақ күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызметті мемлекеттік бақылауды уәкілетті орган мен оның аумақтық құрылымдық бөлімшелері Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кәсіпкерлік кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тексеру және бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау нысанында жүзеге асырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кәсіпкерлік кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және осы Заңға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылауды уәкілетті орган мен оның аумақтық құрылымдық бөлімшелері күзет қызметінің субъектілеріне (объектілеріне), мамандандырылған оқу орталықтарына және күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызметпен айналысатын субъектілерге бармай, олардың қызметі туралы әртүрлі ақпарат көздерінен алынған мәліметтерді салыстыру арқылы жүргізеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Бұзушылықтардың уақтылы жолын кесу және оларға жол бермеу, күзет қызметінің субъектілеріне, мамандандырылған оқу орталықтарына және күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызметпен айналысатын субъектілерге бақылау субъектісіне (объектісіне) бармай профилактикалық бақылаудың нәтижелері бойынша уәкілетті орган немесе оның аумақтық құрылымдық бөлімшелері анықтаған бұзушылықтарды өз бетінше жою құқығын беру және оларға әкімшілік жүктемені азайту бақылау субъектісіне (объектісіне) бармай профилактикалық бақылаудың мақсаттары болып табылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау уәкілетті органда, уәкілетті органның ведомствосы мен оның аумақтық құрылымдық бөлімшелерінде бар деректерді:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Заңның 8-бабының 4-тармағына сәйкес ағымдағы және сұрау салынатын ақпаратты;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сұрау салу арқылы уәкілетті ұйымдар мен мемлекеттік органдардан алынған мәліметтерді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әртүрлі ақпарат көздерінен алынған мәліметтерді өзара салыстыру арқылы жүргізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылаудың нәтижелері бойынша бұзушылықтар анықталған жағдайда, күзет қызметінің субъектісіне, мамандандырылған оқу орталығына, күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызметпен айналысатын субъектіге бұзушылықтар анықталған күннен бастап бес жұмыс күнінен кешіктірілмейтін мерзімде ұсыным жіберіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Ұсыным күзет қызметінің субъектісіне, мамандандырылған оқу орталығына және күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызметпен айналысатын субъектіге жеке өзіне қолын қойғызып немесе оны жөнелту және алу фактілерін растайтын өзге де тәсілмен табыс етілуге тиіс.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Төменде санамаланған тәсілдердің бірімен жіберілген ұсыным мынадай жағдайларда: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қолма-қол – ұсынымда алғаны туралы белгі қойылған күннен бастап;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) поштамен – тапсырысты хатпен пошта жөнелтілімін алғаны туралы хабардар етілген күннен бастап;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) электрондық тәсілмен – уәкілетті орган немесе оның аумақтық құрылымдық бөлімшелері сұрау салған кезде күзет қызметі субъектісінің, мамандандырылған оқу орталығының, күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызметпен айналысатын субъектінің хатта көрсетілген электрондық мекенжайына уәкілетті орган немесе оның аумақтық құрылымдық бөлімшелері жөнелткен күннен бастап табыс етілген болып саналады. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылаудың нәтижелері бойынша анықталған бұзушылықтарды жою туралы ұсыным табыс етілген күнінен кейінгі күннен бастап он жұмыс күні ішінде орындалуға тиіс.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Күзет қызметінің субъектісі, мамандандырылған оқу орталығы, күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызметпен айналысатын субъект ұсынымда көрсетілген бұзушылықтармен келіспеген жағдайда, ұсынымды жіберген уәкілетті органға және оның аумақтық құрылымдық бөлімшесіне ұсыным табыс етілген күннен кейінгі күннен бастап бес жұмыс күні ішінде қарсылық жіберуге құқылы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылаудың нәтижелері бойынша анықталған бұзушылықтарды жою туралы ұсынымды белгіленген мерзімде орындамау бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізудің жартыжылдық тізіміне қосу арқылы бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау тағайындауға алып келеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Күзет қызметінің субъектілеріне, мамандандырылған оқу орталықтарына, күзет дабылы құралдарын монтаждау, баптау және оларға техникалық қызмет көрсету жөніндегі қызметпен айналысатын субъектілерге бармай профилактикалық бақылау жылына кемінде бір рет жүргізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Заң 1-1-баппен толықтырылды - ҚР 29.12.2010 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 20-бап жаңа редакцияда - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2-бап. Қазақстан Республикасының күзет қызметі саласындағы заңдары </w:t>
+        <w:t>21-бап. Күзет қызметiнiң субъектiлерiн, мамандандырылған оқу орталықтарын есепке алу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уәкiлеттi орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен оның аумақтық құрылымдық бөлiмшелерi күзет қызметiнiң барлық субъектiлерiн, мамандандырылған оқу орталықтарын, сондай-ақ лицензиялардың қолданылуын тоқтата тұру немесе олардан айыру туралы деректердi бiрыңғай есепке алуды жүзеге асырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-бап жаңа редакцияда - ҚР 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Күзет қызметін жүзеге асырудың құқықтық негізін Қазақстан Республикасының Конституциясы, осы Заң, Қазақстан Республикасы бекіткен халықаралық шарттар және Қазақстан Республикасының өзге де нормативтiк құқықтық актiлерi құрайды. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-бап. Күзет қызметi саласындағы заңдылықтың сақталуын қадағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қазақстан Республикасының аумағында күзет қызметi саласындағы заңдылықтың сақталуына жоғары қадағалауды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген шекте және нысандарда Қазақстан Республикасының прокуратурасы және оның аумақтық органдары жүзеге асырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-бап жаңа редакцияда - ҚР 11.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 405-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Қазақстан Республикасы ратификациялаған халықаралық шарттар осы Заңнан басым болады. Қазақстан Республикасы қатысушысы болып табылатын халықаралық шарттардың Қазақстан Республикасының аумағында қолданылу тәртібі мен талаптары Қазақстан Республикасының заңнамасында айқындалады.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23-бап. Күзет қызметімен, мамандандырылған оқу орталықтарының қызметімен, сондай-ақ күзет дабылы құралдарын монтаждаумен, баптаумен және оларға техникалық қызмет көрсетумен айналысатын субъектілердің жауаптылығы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...8098 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Осы Заңда көзделмеген күзет ұйымдарын, мамандандырылған оқу орталықтарын, күзет дабылы құралдарын монтаждауды, баптауды және оларға техникалық қызмет көрсетуді жүзеге асыратын ұйымдарды құру немесе олардың қызметі, сондай-ақ осы қызмет түрлерін тиісті рұқсаттарды алмай немесе осы Заңда белгіленген тәртіпті бұза отырып жүзеге асыру Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 23-бап жаңа редакцияда - ҚР 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9004,94 +10922,115 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>