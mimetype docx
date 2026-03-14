--- v0 (2025-11-06)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5035021" w14:textId="5035021">
+    <w:p w14:paraId="63e674a" w14:textId="63e674a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1827,131 +1827,131 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) спутниктік қабылдау құрылғысын өткізудің бөлшек сауда бағасын растайтын коммерциялық ұсынысты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) байланыс ақпаратын (тегі, аты, әкесінің аты (бар болған кезде), толық тұратын мекенжайын (облыс, қала (аудан), ауыл, көше, үй, пәтер), мобильдік телефон нөмірін) және өткізілген спутниктік қабылдау құрылғылары туралы деректерін (сериялық нөмірлері, моделі және сату күні) көрсете отырып, сатып алушылардың тізімін;</w:t>
+      3) алфавиттік тәртіпке сәйкес байланыс ақпараты көрсетілген (тегі, аты, әкесінің аты (бар болған жағдайда), толық тұратын мекенжайын (облыс, қала (аудан), ауыл, көше, үй, пәтер), мобильдік телефон нөмірін) және өткізілген спутниктік қабылдау құрылғылары туралы деректерін (сериялық нөмірлері, моделі және сату күні), сатып алушылардың тізімін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тарату аумағында абоненттерге өткізілген спутниктік қабылдау құрылғылардың кассалық чектерін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) сатып алу-сату шарттарының түпнұсқаларын;</w:t>
+      5) с абоненттердің тегі бойынша алфавиттік тәртіппен орналасқан сатып алу-сату шарттарының түпнұсқаларын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қабылдап алу-беру актілерінің түпнұсқаларын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) абоненттердің сатып алынған спутниктік қабылдау құрылғылары үшін төлемді растайтын түбіртектің түпнұсқаларын;</w:t>
+      7) абоненттердің қолма-қол ақшаны пайдаланбай төлегенін қоспағанда, сатып алынған спутниктік қабылдау құрылғылары үшін абоненттердің төлегенін растайтын түбіртектің түпнұсқалары (қолма-қол ақшасыз төлемдер);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) бақылау тетіктерін сипаттай отырып, субсидиялауға қатысатын тарату аумағы шеңберінде спутниктік қабылдау құрылғыларының өткізілуін бақылау жүйесін ұйымдастыру туралы мәліметтерді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
@@ -1971,90 +1971,142 @@
         <w:t>
       9) өткізілген спутниктік қабылдау құрылғыларының телерадио хабарларын тарату сапасының техникалық параметрлеріне сәйкестігін растау туралы кепілхатты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) өткізілген спутниктік қабылдау құрылғыларына кепілдіктің бар екені туралы кепілхатты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
-[...15 lines deleted...]
-      11) абоненттерде спутниктік қабылдау құрылғыларының бар екенін растайтын фотосуреттерді (кемінде 1080p ажыратымдылықта, түсірілім күні мен уақыты көрсетіле отырып);</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) алып тасталды - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 673-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) өткізілген спутниктік қабылдау құрылғыларының саны және субсидиялау сұралатын сомалар бойынша жинақталған деректерді қоса береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2064,51 +2116,133 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес абонент дербес деректерді жинауға, өңдеуге жазбаша, мемлекеттік сервис, мемлекеттік емес сервис арқылы не келісімді алғанын растауға мүмкіндік беретін өзге де тәсілмен келісім береді (оны кері қайтарып алады).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоғарыда санамаланған құжаттар тігіледі, нөмірленеді, спутниктік телерадио хабарларын тарату операторы басшысының (немесе оны алмастыратын адамның) мөрімен және қолтаңбасымен куәландырылады.</w:t>
+      Жоғарыда айтылған құжаттар тігіледі, нөмірленеді, спутниктік телерадио хабарларын тарату операторы басшысының немесе оны алмастыратын адамның, немесе Қазақстан Республикасы Азаматтық кодексіне сәйкес ресімделген сенімхат бойынша уәкілдің мөрімен және қолтаңбасымен куәландырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) спутниктік телерадио хабарларын тарату операторының есепті кезеңде өткізілген спутниктік қабылдау құрылғыларын абоненттер бастапқы қосу үшін сатып алғаны және бұрын орнатылған, жарамды жабдықты ауыстыруға арналмағаны туралы еркін нысандағы өтініші.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармаққа өзгеріс енгізілді - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 673-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z47" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Келіп түскен өтінімдер мен оларға қоса берілетін осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2332,155 +2466,157 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген құжаттар топтамасын ұсынбаған кезде, Комиссия өтінімді қараудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z49" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкестігін қарайды және мынадай:</w:t>
+        <w:t>
+      15. Комиссия толық құжаттар топтамасы келіп түскен күннен бастап 5 (бес) жұмыс күні ішінде олардың осы Қағидаларға сәйкестігін қарайды және мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес келген кезде спутниктік телерадио хабарларын тарату операторларының спутниктік қабылдау құрылғыларын өткізуге арналған шығындарының бір бөлігін субсидиялау туралы;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Қағидаларға сәйкес келген кезде спутниктік телерадио хабарларын тарату операторларының спутниктік қабылдау құрылғыларын өткізуге арналған шығындарының бір бөлігін субсидиялау туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес келмеген кезде спутниктік телерадио хабарларын тарату операторларының спутниктік қабылдау құрылғыларын өткізуге арналған шығындарының бір бөлігін субсидиялаудан бас тарту туралы шешімдердің бірін қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z88" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Қағидаларға сәйкес келмеген кезде спутниктік телерадио хабарларын тарату операторларының спутниктік қабылдау құрылғыларын өткізуге арналған шығындарының бір бөлігін субсидиялаудан бас тарту туралы шешімдердің бірін қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 673-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z52" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Комиссия осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -2533,54 +2669,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Комиссия шешімі қабылданған күннен бастап 2 (екі) жұмыс күні ішінде хаттамадан үзінді-көшірме уәкілетті органның интернет-ресурсында орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z55" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Комиссия шешімінің негізінде уәкілетті орган мен спутниктік телерадио хабарларын тарату операторы арасында шарт жасалады.</w:t>
+      19. Комиссия шешімінің негізінде, шешім қабылданған күннен кейін 5 (бес) жұмыс күні ішінде уәкілетті орган мен спутниктік телерадио хабарларын тарату операторы арасында шарт жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 673-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z56" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Комиссияның спутниктік телерадио хабарларын тарату операторына субсидия төлеу туралы шешімі және жасалған шарт негізінде уәкілетті орган абонентке спутниктік қабылдау құрылғыларын өткізуге спутниктік телерадио хабарларын тарату операторы ұсынған жеңілдіктің 100 %, бірақ сатылған бір спутниктік қабылдау құрылғысы үшін 20 000 (жиырма мың) теңгеден аспайтын мөлшерде оның өтінімде көрсетілген екінші деңгейдегі банкте ашылған есеп айырысу шотына аударуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z57" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2597,746 +2795,646 @@
         <w:t xml:space="preserve">
       21. Комиссияның шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>91-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған тәртіппен шағым жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:p>
-[...162 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Уәкілетті орган субсидиялау бойынша шығыстарды Қазақстан Республикасы Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>168-бабына</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="56"/>
+        <w:t>75-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тиісті қаржы жылына арналған бюджеттік сұранымына енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің 03.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Спутниктік телерадио хабарларын тарату операторы кемінде 12 (он екі) айға өтеусіз негізде абонентке қызмет көрсету кезінде спутниктік телерадио хабарларын тарату операторында қолжетімді арналар мен қосымша контенттің барынша көп санын қамтитын теле-, радиоарналардың ақылы топтамасын көру құқығын ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Абонентке спутниктік қабылдау құрылғысына меншік құқығы беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Спутниктік қабылдау құрылғыларын өткізу біржолғы болып табылады және оларды алған абоненттерге, олардың отбасы мүшелеріне және олармен үнемі бірге тұратын басқа адамдарға қайта берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Субсидиялар жылына 50 (елу) мыңнан аспайтын спутниктік қабылдау құрылғыларын өткізуге бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Спутниктік телерадио хабарларын тарату операторы дұрыс және негізделген есептеулер мен құжаттарды беруді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Субсидиялаудан бас тартуды алған кезде абонентке жеңілдікті шарттар беру бойынша шеккен барлық шығыстарды спутниктік телерадио хабарларын тарату операторлары көтереді және абоненттен өндіріп алынбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Спутниктік телерадио хабарларын тарату операторлары шығындарының бір бөлігін субсидиялауды бақылау, мониторингтеу және оның тиімділігін бағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z66" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Қазақстан Республикасының аумағында субсидияларды алған спутниктік телерадио хабарларын тарату операторларына қатысты бақылау осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уәкілетті орган мен спутниктік телерадио хабарларын тарату операторы арасында жасалған шарт шеңберінде алынған міндеттемелерді орындау тұрғысынан жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z67" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Спутниктік телерадио хабарларын тарату операторлары шығындарының бір бөлігін субсидиялауды мониторингтеуді уәкілетті орган тоқсан сайын есепті тоқсаннан кейінгі айдың 20 (жиырмасыншы) күнінен кешіктірмей жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z68" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Спутниктік телерадио хабарларын тарату операторлары шығындарының бір бөлігін субсидиялауды мониторингтеу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z69" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) спутниктік телерадио хабарларын тарату операторларының спутниктік қабылдау құрылғыларын өткізу барысы туралы ақпаратты жинауын, өңдеуiн және оны уәкілетті органға беруін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z70" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) спутниктік телерадио хабарларын тарату операторларының абоненттердің спутниктік қабылдау құрылғыларын пайдалануы туралы жиынтық ақпаратты әзірлеуін және оны уәкілетті органға беруін қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z71" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Спутниктік телерадио хабарларын тарату операторлары тоқсан сайын, есепті күннен кейінгі 25-ші күннен кешіктірмей уәкілетті органға мыналарды қамтитын ақпаратты ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z72" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z72" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер бөлінісінде спутниктік қабылдау құрылғыларын өткізудің ағымдағы жай-күйі туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z73" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z73" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орналасқан жерін көрсете отырып, меншік немесе пайдалану құқығында меншікті сату желісінің болуы туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z74" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) абоненттер үшін спутниктік телерадио хабарларын тарату операторы тарататын теле-, радиоарналар туралы мәліметтер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z75" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Субсидиялар алған спутниктік телерадио хабарларын тарату операторлары жыл сайын күнтізбелік жылдың 1 қарашасына дейін субсидияларды іске асырудың тиімділігіне талдау жүргізеді және оны уәкілетті органға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті орган жыл сайын күнтізбелік жылдың 1 желтоқсанына дейін субсидияларды өткізу тиімділігін талдау негізінде оны жетілдіру жөнінде ұсыныстар әзірлеу мақсатында спутниктік телерадио хабарларын тарату операторлары шығындарының бір бөлігін субсидиялау тиімділігін бағалауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті орган спутниктік телерадио хабарларын тарату операторлары ұсынатын ақпаратты растау үшін спутниктік қабылдау құрылғыларын өткізу орны бойынша уәкілетті тұлғаларды жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="73"/>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Спутниктік телерадио хабарларын тарату операторлары шығындарының бір бөлігін субсидиялау тиімділігін бағалауды уәкілетті орган мыналарды негізге ала отырып жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z77" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) спутниктік телерадио хабарларын тарату операторлары мәлімдеген шығыстардың негізділігін ескере отырып, спутниктік қабылдау құрылғыларын іске асыруға спутниктік телерадио хабарларын тарату операторларының нақты шығындары мен алынған субсидиялар көлемі арасындағы арақатынас;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z78" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) субсидиялау шеңберінде спутниктік телерадио хабарларын тарату операторларының қызметтерімен қамтылған халықтың үлесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z79" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) субсидиялау шеңберінде спутниктік телерадио хабарларын тарату операторлары қызметтерінің қолжетімділігінің өсу серпіні;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z80" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) спутниктік телерадио хабарларын тарату операторлары ұсынатын қызметтердің сапасына халықтың қанағаттану деңгейі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3532,68 +3630,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="78"/>
+    <w:bookmarkStart w:name="z82" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Спутниктік телерадио хабарларын тарату операторларының спутниктік қабылдау құрылғыларын өткізуге арналған шығындарының бір бөлігін субсидиялауға өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3640,70 +3738,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (заңды тұлғаның толық атауы/жеке тұлғаның тегі, аты, әкесінің аты (бар болған кезде)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Спутниктік телерадио хабарларын тарату операторларының спутниктік қабылдау құрылғыларын өткізуге арналған шығындарының бір бөлігін субсидиялауға өтінімді қарауды сұраймын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="79"/>
+    <w:bookmarkStart w:name="z83" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Өтініш беруші туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды тұлға үшін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3966,108 +4064,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұялы телефон нөмірі ______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрондық мекенжайы ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="80"/>
+    <w:bookmarkStart w:name="z84" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Екінші деңгейдегі банкте ашылған есеп айырысу шотының деректемелері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="81"/>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қоса беріліп отырған құжаттар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. _______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4237,55 +4335,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>