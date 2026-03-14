--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="60dda6e" w14:textId="60dda6e">
+    <w:p w14:paraId="5ea9308" w14:textId="5ea9308">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,203 +85,339 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Екінші деңгейдегі банктердің, Қазақстан Республикасы бейрезидент-банктері филиалдарының, "Қазақстанның Даму Банкі" акционерлік қоғамының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың қарыздар мен шартты міндеттемелер жөніндегі есептілігінің тізбесін, нысандарын, табыс ету мерзімдерін және оларды ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 28 желтоқсандағы № 313 қаулысына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2022 жылғы 20 қазандағы № 91 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 28 қазанда № 30340 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2022 жылғы 20 қазандағы № 91 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 28 қазанда № 30340 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 24 желтоқсандағы № 103 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Екінші деңгейдегі банктердің, Қазақстан Республикасы бейрезидент-банктері филиалдарының, "Қазақстанның Даму Банкі" акционерлік қоғамының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың қарыздар мен шартты міндеттемелер жөніндегі есептілігінің тізбесін, нысандарын, табыс ету мерзімдерін және оларды ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 28 желтоқсандағы № 313 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18220 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Екінші деңгейдегі банктердің, Қазақстан Республикасы бейрезидент-банктері филиалдарының, "Қазақстанның Даму Банкі" акционерлік қоғамының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың қарыздар мен шартты міндеттемелер жөніндегі есептілігінің тізбесін, нысандарын, табыс ету мерзімдерін және оларды ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 28 желтоқсандағы № 313 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18220 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-қосымша</w:t>
+        <w:t>4-қосымша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-қосымшаға</w:t>
+        <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -291,71 +429,71 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-қосымша</w:t>
+        <w:t>5-қосымша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-қосымшаға</w:t>
+        <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -367,315 +505,223 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-қосымша</w:t>
+        <w:t>6-қосымша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-қосымшаға</w:t>
-[...74 lines deleted...]
-        </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қаржы нарығының статистикасы департаменті (А.М. Боранбаева) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Заң департаментімен (А.С. Касенов) бірлесіп осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы қаулыны ресми жарияланғаннан кейін Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсына орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы қаулы мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Заң департаментіне осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шараның орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулының орындалуын бақылау Қазақстан Республикасының Ұлттық Банкі Төрағасының орынбасары А.М. Баймағамбетовке жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1198,122 +1244,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 313 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректердің нысаны www.nationalbank.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қарыз (шартты міндеттеме) шарты туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының индексі: CR_CC1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1378,70 +1424,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанын ұсыну мерзімі: қарыз (шартты міндеттеме) шарты туралы деректер өзгерген немесе алынған күннен бастап он жұмыс күні ішінде</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кесте. Қарыз (шартты міндеттеме) шарты туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8076,70 +8122,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кесте. Қарызды өтеу кестесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10140,298 +10186,282 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарты туралы есеп нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректер нысанын толтыру бойынша түсіндірме Қарыз (шартты міндеттеме) шарты туралы есеп (индексі – CR_CC1, кезеңділігі - қарыз (шартты міндеттеме) шарты туралы деректердің өзгеруіне немесе алынуына қарай)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z21" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z22" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме (бұдан әрі - Түсіндірме) "Қарыз (шартты міндеттеме) шарты туралы есеп" әкімшілік деректер нысанын (бұдан әрі - Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінің 65-2) тармақшасына сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанға кредитордың басшы қызметкерлері арасынан басшы немесе есепке қол қою функциясы жүктелген өзге лауазымды адам қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Егер көрсеткіштің атауы басқа валютада құнын көрсетуді көздемесе, Нысандағы құндық көрсеткіштер үтірден кейін екі таңбалы сан форматында, теңгемен (теңгемен баламада) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициенттер мен пайыздар үтірден кейін көп дегенде төрт таңбаны көрсете отырып, сан форматында көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысанды толтыру кезінде кодтар Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсында орналастырылған және Нысан ұсынылатын қарыздар мен шартты міндеттемелер жөніндегі есептілікті жинауға арналған Қазақстан Республикасы Ұлттық Банкінің ақпараттық жүйесінде пайдаланылатын анықтамалықтардың кодтарына сәйкес көрсетіледі. Нысандағы күндер "КК.АА.ЖЖЖЖ", мұнда "КК" - күні, "АА" - айы, "ЖЖЖЖ" - жылы форматында көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Түсіндірмеде көрсетілген, көрсеткіш ұсынылмайтын немесе толтыру үшін міндетті болып табылмайтын жағдайларды қоспағанда, Нысан көрсеткіштері толтыру үшін міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Нысанды толтыру кезінде қарыздар мен шартты міндеттемелер жөніндегі есептілікті жинауға арналған Қазақстан Республикасы Ұлттық Банкінің ақпараттық жүйесінде орналастырылған мынадай анықтамалықтар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кредиттік тарих субъектісінің түрлері (рөлдері);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10640,70 +10670,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Міндеттемені тоқтату негіздері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кредитордың уәкілетті органдары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Нысанда кредитордың кредиттік тарих субъектісімен кредиттік тарих субъектісі және кредитор арасында жасалған шартқа және Қазақстан Республикасының заңнамасына сәйкес өзге де қарым-қатынастарға байланысты қалыптасқан барлық өзара қарым-қатынастар туралы мәліметтер беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәліметтер есепті кезеңде жасалған және (немесе) қолданыстағы немесе есепті кезеңде қолданылуы тоқтатылған барлық қарыз (шартты міндеттеме) шарттары бойынша, оның ішінде баланстан шығарылған және (немесе) сенімгерлік басқаруға берілген, есепті кезеңде өтелген, кешірілген немесе сатылған және барлық шартты міндеттемелер бойынша ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10750,166 +10780,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарыздың (шартты міндеттеменің) кредиттік тарих субъектісімен байланысы қарыздар және шартты міндеттемелер бойынша есептілікті жинауға арналған Қазақстан Республикасы Ұлттық Банкінің ақпараттық жүйесінде субъектіні сәйкестендіргіш бойынша белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Белгілі бір көрсеткіш бойынша деректер өзгерген жағдайда, тиісті ақпарат өзгеріс болған есепті күнгі жағдай бойынша жаңартылуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 1-кестенің 1.1, 1.2.1, 2.1, 2.7, 2.9, 2.11.1, 2.11.2, 2.14.1, 2.14.2, 2.15.1, 3.1, 3.2, 3.4.1, 4.1.1, 4.2.1, 5.1 және 5.2-жолдарында және 2-кестенің 3.1 және 3.2-жолдарында мәндер анықтамалықтардан таңдалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. 1-кестенің 1-жолының көрсеткіштерінде бір қарыз (шартты міндеттеме) шартына түрі 1-кестенің 1.1-жолында көрсетілетін әртүрлі рөлдері бар бірнеше кредиттік тарих субъектісі сәйкес келуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кестенің 1.2-жолында кредиттік тарихтың бір субъектісі бойынша бірнеше жаңартылған мәндерді бір мезгілде көрсетуге жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кестенің 1.3-жолында "1" мәні егер қарыз (шартты міндеттеме) кәсіпкерлік қызметті жүзеге асыру мақсатында жеке кәсіпкерлік түрінде қызметін жүзеге асыратын дара кәсіпкерге берілсе көрсетіледі. Кредиттік тарихтың бір субъектісіне және бір қарыз шартына 1-кестенің 1.3-жолындағы көрсеткіштің бірден аспайтын өзекті мәні сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. 1-кестенің 2.1, 2.2, 2.3, 2.4, 2.5, 2,6, 2,7, 2.8, 2.9, 2.10, 2.11, 2.12, 2.13 және 2.16-жолдарында бір шартқа біреуден аспайтын жаңартылған мән сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. 1-кестенің 2.2 және 2.3-жолдарында кредитор кредиттік тарих субъектісі мен кредитор арасында жасалған шартты бірдей сәйкестендіретін көрсеткіштердің көрсетілуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Шарттың нөмірі", "шарттың күні" көрсеткіштері қарыздар және шартты міндеттемелер бойынша есептілікті жинауға арналған Қазақстан Республикасы Ұлттық Банкінің ақпараттық жүйесінде қарыз (шартты міндеттеме) шартының сәйкестендіргіштері қызметін атқарады және шарт туралы мәліметтерді ұсынған кредитор үшін бірегей және шарттың қолданылу кезеңі ішінде өзгермейтін болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10974,184 +11004,184 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Автоматты тәсілмен жасалған керi репо операцияларының мәмілелері бойынша мәміле сәйкестендіргіші көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шарттың күні нақты беру күнінен, шарттың талаптары бойынша өтеу күнінен, міндеттемені нақты тоқтату күнінен кеш болуы немесе есепті күннен кеш болуы мүмкін емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. 1-кестенің 2.4-жолы қарыз берілетін кредиттік желіні сәйкестендіруге арналған және кредиттік желі шеңберінде берілген барлық қарыздар үшін толтыруға міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кредитор көрсеткіш мәндерінің тиісті кредиттік желінің нөмірі мен күніне сәйкес келуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. 1-кестенің 2.7-жолында қарызға (шартты міндеттемеге) қызмет көрсетілетін кредитордың өңірлік бөлімшесінің (филиалының) бизнес-сәйкестендіру нөмірі көрсетіледі. Егер қарызға (шартты міндеттемеге) қызмет көрсету кредитордың бас ұйымының орналасқан жері бойынша немесе Қазақстан Республикасы бейрезидент банкінің филиалы жүзеге асыратын болса, кредитордың бизнес-сәйкестендіру нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Ұлттық Банкі филиалдарының анықтамалығын кредитор ұсынған, жаңартылуы қажеттілігіне қарай жүзеге асырылатын өз филиалдары туралы мәліметтері негізінде қарыздар мен шартты міндеттемелер бойынша есептілікті жинауға арналған ақпараттық жүйеде жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. 1-кестенің 2.8-жолы қосымша келісімдер ескеріле отырып, шартта көрсетілген қарыз (шартты міндеттеме) мерзімінің аяқталу күнін көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер шартта оның қолданылуының аяқталу мерзімі болмаса, көрсеткіш берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. 1-кестенің 2.10-жолы қосымша келісімдер ескеріле отырып, шартта белгіленген валютамен қарыз (шартты міндеттеме) сомасын көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем карточкаларын, кредиттік желіні, овердрафтты ұстаушыларға берілген қарыздар үшін қарыз (шартты міндеттеме) сомасы ретінде таңдап алынған валютада шарт бойынша кредиттік лимит көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11162,146 +11192,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шарт валютасымен қарыз (шартты міндеттеме) сомасы немесе шарт бойынша валюта түрі өзгерген жағдайда, тиісті ақпарат жаңартылуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шарт валютасындағы қарыз сомасы төлем карточкасын шығару шартында белгіленген тұрақты кредиттік лимиті бар төлем карточкаларын ұстаушыларға берілген қарыздарды қоспағанда, шарт валютасындағы негізгі борыш қалдығының сомасынан аз болуы мүмкін емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. 1-кестенің 2.11-жолындағы көрсеткіштерде өзгермелі мөлшерлеменің белгіленген спрэдына және өзгермелі индекске бөле отырып, мөлшерлемені көрсету 2019 жылғы 1 шілдеден кейін жасалған немесе өзгерістер енгізілетін, сыйақының өзгермелі мөлшерлемесі белгіленген барлық қарыз шарттары үшін міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өзгермелі индекстер анықтамалығын кредиторлар жүргізеді, кредиторлар анықтамалықтағы тиісті ақпаратты қажеттілігіне қарай дербес жаңартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. 1-кестенің 2.13-жолында қарыз (шартты міндеттеме) бойынша қамтамасыз ету болмаған кезде "1" мәні көрсетіледі, өзге жағдайда "0" көрсетіледі немесе көрсеткіш берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсеткіш қамтамасыз етуі жоқ барлық қарыздар (шартты міндеттемелер) үшін толтыруға міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. 1-кестенің 2.14-жолы қарыздың нысаналы мақсатын көрсетуге және қарыз сомасын кредиттеу мақсаты бойынша бөлуге арналған. "Кредиттеу мақсаты", "кредиттеу объектісі" және "қарыз сомасынан үлесі" көрсеткіштері қосымша келісімдер ескеріле отырып, шартқа сәйкес көрсетіледі және жаңартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарыздың нысаналы мақсаты "кредиттеу мақсаты" және "кредиттеу объектісі" көрсеткіштерінің мәндерін аралас қолдану арқылы айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11312,202 +11342,202 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарыз сомасын мақсаттар бойынша бөлуді көрсететін бір қарыз бойынша үлестердің жиынтық сомасы 100 (бір жүз пайызға) тең болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кестенің 2.14-жолының көрсеткіштері кері репо операциялары мен кредиттік желілер болып табылмайтын шартты міндеттемелер үшін берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. 1-кестенің 2.15-жолы қарыз қаржыландырылатын немесе қарыз бойынша талап ету құқықтарын иеленген қаражат көздерін көрсетуге және қарыз сомасын қаржыландыру көздері бойынша бөлуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарыз сомасын қаржыландыру көздері бойынша бөлуді көрсететін бір шарт бойынша үлестердің жиынтық сомасы 100 (бір жүз пайызға) тең болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсеткіштер барлық қарыздар бойынша толтыруға міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. 1-кестенің 2.16-жолында кредиттік тарих субъектісінде валюталық түсім және (немесе) хеджирлеу құралдары болған жағдайда "1" мәні көрсетіледі, өзге жағдайда "0" көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсеткіш шарт валютасы теңге болып табылатын қарыздар (шартты міндеттемелер) үшін және кері репо операциялары үшін берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. 1-кестенің 3-жолының көрсеткіштері талап ету құқықтары үшінші тұлғаға берілген (сатылған) немесе үшінші тұлғадан қабылданған (сатып алынған) қарыздарды сәйкестендіруге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсеткіштер талап ету құқықтары берілген (сатылған) немесе қабылданған (сатып алынған) барлық қарыздар үшін толтыруға міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. 1-кестенің 4-жолының көрсеткіштері жаңа қарыз шарты шеңберінде берілген қаражат есебінен қайта қаржыландырылған қарыз шартын сәйкестендіруге арналған және қайта қаржыландырылған қарыз бойынша міндеттемелері орындалған алдыңғы қарыз алушының және алдыңғы кредитордың сәйкестендіргіштерін көрсетуді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кредитор 1-кестенің 4-жолы бойынша берілген мәліметтердің қайта қаржыландыру операциялары жүзеге асырылғанға дейін берілген қайта қаржыландыру объектісі болып табылатын қарыз туралы сәйкестендіру мәліметтерімен сәйкес келуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11518,70 +11548,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бір қарыз шартына 4-жол бойынша бірнеше өзекті мән сәйкес келуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кестенің 4.1 және 4.2-жолдары басқа қарызды қайта қаржыландыру мақсаты үшін берілген барлық қарыздар үшін толтыруға міндетті болып табылады. 1-кестенің 4.3 және 4.4-жолдары кредитор ішкі қайта қаржыландыру мақсаты үшін берген қарыздар үшін толтыруға міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. 1-кестенің 5-жолының көрсеткіштері шарт бойынша талап ету құқықтарын беруді (сатуды) қоспағанда, қарыз (шартты міндеттеме) шарты бойынша тараптардың міндеттемелері толық тоқтатылуын көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кестенің 5.3-жолында шарт бойынша міндеттеме тоқтатылған күн көрсетіледі. Міндеттеменің нақты тоқтатылған күні шарт күнінен ерте және есепті күннен кеш болуы мүмкін емес.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11592,186 +11622,186 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер міндеттемені тоқтату негізі кредитордың ішкі құжаттарында регламенттелген болса, "кредитордың шешім қабылдаған уәкілетті органы" көрсеткіші көрсетіледі, бұл ретте тиісті ішкі құжатты бекіткен кредитордың органы көрсетіледі. Кредитордың борышты кешіруіне байланысты міндеттеме толығымен тоқтатылған барлық қарыздар үшін бұл көрсеткіш міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кестенің 5.1 және 5.3-жолдарындағы көрсеткіштер міндеттеме толығымен тоқтатылған барлық қарыздар (шартты міндеттемелер) бойынша толтыру үшін міндетті болып табылады және талап ету құқығы кері сатып алу талабымен берілген (сатылған) қарыздар үшін көрсетілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. 1-кестенің 6-жолында және 2-кестенің 5-жолында қарыз (шартты міндеттеме) шарты туралы және қарызды өтеу кестесі туралы тиісті мәліметтер ескерілген жағдай бойынша күндер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. 2-кестенің көрсеткіштері тиісті төлемдері бар қосымша келісімдерді ескере отырып, шартта белгіленген қарызды өтеу кестесі бойынша мәліметтерді беруге арналған және тиісті шарттарда өтеу кестесі белгіленген барлық қарыздарға толтыру үшін міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтеу мерзімділігі өзгеруіне немесе өтеу кестесі бойынша өзге де өзгерістерге әкеп соғатын шарттың талаптары өзгерген кезде жаңа талаптар ескеріле отырып, жаңа өтеу кестесі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жасалған күні бірдей белгілі бір шарт бойынша бірнеше өтеу кестесін көрсетуге рұқсат етілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. 2-кестенің 1-жолы өтеу кестесі берілетін қарыз шартын сәйкестендіруге арналған. "Шарттың нөмірі" және "шарттың күні" көрсеткіштері өтеу кестесінің ол бөлігі болып табылатын қарыз шартымен байланысын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. 2-кестенің 2-жолында шарт бойынша өтеу кестесін жасау күні көрсетіледі, өтеу кестесі өзгертілген кезде жаңа кестенің жасалған күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. 2-кестенің 4-жолында төлем күндері бойынша жасау күніне өтеу кестесі бойынша алдағы барлық төлемдер көрсетіледі. Бір өтеу кестесі бойынша бірнеше төлемдерді көрсетуге рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кестенің 4.2.1 және 4.2.2-жолдарында кесте бойынша төлем сомасын құрайтын негізгі борыш пен сыйақы сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12034,86 +12064,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 313 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне Әкімшілік деректердің нысаны www.nationalbank.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қамтамасыз ету туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының индексі: CR_P1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12178,70 +12208,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанын ұсыну мерзімі: қамтамасыз ету туралы деректер өзгерген немесе алынған күннен бастап он жұмыс күні ішінде</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кесте. Қамтамасыз ету туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14843,70 +14873,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кесте. Қамтамасыз етілген қарыздар мен шартты міндеттемелерді сәйкестендіру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16471,280 +16501,264 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>есеп нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректер нысанын толтыру бойынша түсіндірме Қамтамасыз ету туралы есеп (индексі – CR_P1, кезеңділігі – қамтамасыз ету туралы деректердің өзгеруіне немесе алынуына қарай )</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме (бұдан әрі - Түсіндірме) "Қамтамасыз ету туралы есеп" әкімшілік деректер нысанын (бұдан әрі - Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінің 65-2) тармақшасына сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанға кредитордың басшы қызметкерлері арасынан басшы немесе есепке қол қою функциясы жүктелген өзге лауазымды адам қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z64" w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Егер көрсеткіштің атауы басқа валютада құнын көрсетуді көздемесе, Нысандағы құндық көрсеткіштер үтірден кейін екі таңбалы сан форматында, теңгемен (теңгемен баламада) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z65" w:id="50"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысанды толтыру кезінде кодтар Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсында орналастырылған және Нысан ұсынылатын қарыздар мен шартты міндеттемелер жөніндегі есептілікті жинауға арналған Қазақстан Республикасы Ұлттық Банкінің ақпараттық жүйесінде пайдаланылатын анықтамалықтардың кодтарына сәйкес көрсетіледі. Нысандағы күндер "КК.АА.ЖЖЖЖ", мұнда "КК" - күні, "АА" - айы, "ЖЖЖЖ" - жылы форматында көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z66" w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Түсіндірмеде көрсетілген, көрсеткіш ұсынылмайтын немесе толтыру үшін міндетті болып табылмайтын жағдайларды қоспағанда, Нысан көрсеткіштері толтыру үшін міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z67" w:id="52"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z68" w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Нысанды толтыру кезінде қарыздар мен шартты міндеттемелер жөніндегі есептілікті жинауға арналған Қазақстан Республикасы Ұлттық Банкінің ақпараттық жүйесінде орналастырылған мынадай анықтамалықтар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кепілді тоқтату негіздері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16791,70 +16805,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Валюта түрлері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шот нөмірлері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="54"/>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Нысанда келешекте түсетін ақша түріндегі қамтамасыз етуді қоса алғанда, кепіл, кепілдік және кепілгерлік туралы шарт, сақтандыру шарты негізінде кредитор қабылдаған қарыздар (шартты міндеттемелер) бойынша қамтамасыз ету немесе өзге қамтамасыз ету туралы мәліметтер беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер қарыз (шартты міндеттеме) кепілмен, кепілдікпен немесе кепілгерлікпен және анықтамалықта көзделген қамтамасыз етудің өзге де түрлерімен қамтамасыз етілмесе, онда Нысан бойынша мәліметтер берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16955,90 +16969,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кестеде бір қарыз (шартты міндеттеме) шартына кепіл туралы бірнеше шарттың сәйкес келуіне, бір кепіл туралы шартқа бірнеше қарыз (шартты міндеттеме) шартының сәйкес келуіне жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Белгілі бір көрсеткіш бойынша деректер өзгерген кезде тиісті ақпарат есепке алу күні өзгеріс болған жағдай бойынша жаңартылуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="55"/>
+    <w:bookmarkStart w:name="z70" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 1-кестенің 2.2, 3.3.1, 4.1, 4.2, 4.5 және 4.6-жолдарында мәндер анықтамалықтардан таңдап алынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z71" w:id="56"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z71" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. 1-кестенің 1.1 және 1.2-жолдарында кепіл, кепілдік және кепілгерлік немесе өзге де қамтамасыз ету туралы шарттың нөмірі мен күні көрсетіледі, оның негізінде кредитордың (кепіл ұстаушының) кредиттік тарих субъектісі (борышкер болып табылатын) қарыз (шартты міндеттеме) бойынша кепілмен қамтамасыз етілген міндеттемені орындамаған кезде кепіл мүлкінің құнынан қанағаттану, кепілгерге немесе кепілдеме берушіге немесе шартқа сәйкес өзге тұлғаға орындалмаған міндеттеме бойынша талап қоюға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Шарттың нөмірі", "шарттың күні" көрсеткіштері қарыздар мен шартты міндеттемелер бойынша есептілікті жинауға арналған Қазақстан Республикасы Ұлттық Банкінің ақпараттық жүйесінде кепіл шартының немесе өзге де қамтамасыз етудің сәйкестендірушісі болып табылады және шарт туралы мәліметтерді ұсынған кредитор үшін бірегей және шарттың қолданылу кезеңі ішінде өзгеріссіз болады. Кредитор өзi жасаған кепiл шартының немесе өзге де қамтамасыз етудiң нөмiрi мен күнiне ұқсас көрсеткiштердi көрсетудi қамтамасыз етедi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17049,128 +17063,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер бір кепіл туралы шарттың шеңберінде қамтамасыз етудің бірнеше түрі көзделсе, осы қамтамасыз ету түрлерінің әрқайсысы осы шарттың нөмірімен және күнімен көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірегейлікті қамтамасыз ету мақсатында, егер кредитордың ішкі құжаттарында кепіл туралы шартқа автоматтандырылған жүйелердегі өзге сәйкестендіру нөмірін беру көзделсе, онда кепіл туралы шарттың нөмірі ретінде шарттың қолданылу кезеңі ішінде өзгермейтін осы сәйкестендіру нөмірін беруге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:bookmarkStart w:name="z72" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. 1-кестенің 2-жолында кепіл туралы шарттың қолданылу мерзімінің нақты аяқталу күні және кепілді тоқтату негіздемесі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кепіл туралы шартты нақты тоқтату күні кепіл туралы шарттың күнінен ерте болмайды және есепті күннен кеш болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="58"/>
+    <w:bookmarkStart w:name="z73" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. 1-кестенің 4.1-жолы "Қамтамасыз ету түрі" анықтамалығына сәйкес түрлері бойынша шартта көзделген қамтамасыз етуді жіктеуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z74" w:id="59"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z74" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. 1-кестенің 4.3-жолы кредитордың кепіл саясатына сәйкес есептелген қамтамасыз ету құнын көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кестенің 4.4-жолы есепті күнгі соңғы бағалау (қайта бағалау) негізінде басқа түзетулердің дисконттарын қолданғанға дейін қамтамасыз етудің нарықтық құнын көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17181,186 +17195,186 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кестенің 4.5-жолы қамтамасыз ету құны ескерілетін шоттың нөмірін көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кепіл құны және нарықтық құн кепіл туралы шарт шеңберінде әрбір қамтамасыз ету бойынша жеке көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="60"/>
+    <w:bookmarkStart w:name="z75" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. 1-кестенің 4.6-жолы кепіл туралы шартқа сәйкес қамтамасыз етуге қабылданған жылжымалы мүлікті тіркеу орнын және жылжымайтын мүліктің орналасқан жерін көрсетуге арналған және жылжымалы және жылжымайтын мүлік болып табылатын қамтамасыз етудің барлық түрлері үшін толтыру міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z76" w:id="61"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z76" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. 1-кестенің 4.7-жолында жылжымайтын мүлік объектісі үшін кадастрлық нөмір, көлік құралдары үшін – көлік құралының бірегей коды (бар болса), жеке негізде бағаланатын кепіл мүлкінің басқа объектілері үшін – объектіні дәл сәйкестендіретін бірегей нөмір көрсетіледі, қамтамасыз етудің өзге түрлері үшін көрсеткіш берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z77" w:id="62"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z77" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. 1-кестенің 5-жолы және 2-кестенің 4-жолы жағдай бойынша қамтамасыз ету туралы мәліметтер ескерілген күнді көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z78" w:id="63"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z78" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. 2-кестенің 1-жолында тиісті кепіл туралы шарт қамтамасыз ету болып табылатын қарыз (шартты міндеттеме) шартының нөмірі мен күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кестенің 2-жолында тиісті қарыз (шартты міндеттеме) шарты бойынша қамтамасыз ету болатын кепіл туралы шарттың нөмірі мен күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кредитор Нысанда қарыз (шартты міндеттеме) шартының нөмірі мен күнінің қарыз (шартты міндеттеме) шарты туралы есепте көрсетілген шарттың нөмірі мен күніне сәйкестігін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="64"/>
+    <w:bookmarkStart w:name="z79" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. 2-кестенің 3.1-жолы тиісті қарызды (шартты міндеттемені) қамтамасыз етуге келетін тиісті кепілдің бір бөлігі құнының осы қарыз бойынша берешекке (шартты міндеттеменің қалдығына) қатынасы ретінде айқындалған қарызды (шартты міндеттемені) кепілмен өтеу үлесін көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кестенің 3.2-жолы тиісті қарызды (шартты міндеттемені) қамтамасыз етуге келетін тиісті кепіл құнының бір бөлігінің осы кепілдің жиынтық құнына қатынасы ретінде айқындалған қарызды (шартты міндеттемені) өтеуге келетін кепіл үлесін көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17659,86 +17673,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 313 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="65"/>
+    <w:bookmarkStart w:name="z82" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне Әкімшілік деректердің нысаны www.nationalbank.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z83" w:id="66"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қарызға (шартты міндеттемеге) қызмет көрсету туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының индексі: CR_CS1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17821,70 +17835,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпаратты ұсынатын тұлғалар тобы: екінші деңгейдегі банктер, Қазақстан Республикасының бейрезидент-банктерінің филиалдары, "Қазақстанның Даму Банкі" акционерлік қоғамы, Ұлттық басқарушы холдингтің еншілес ұйымдары және ипотекалық ұйымдар болып табылатын, банктік қарыз операцияларын жүзеге асыруға уәкілетті органның лицензиясы бар банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар (бұдан әрі - кредитор)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанын ұсыну мерзімі: есепті кезеңнен кейінгі айдың оныншы жұмыс күніне дейін (қоса алғанда)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="67"/>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -24040,354 +24054,338 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>есеп нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректер нысанын толтыру бойынша түсіндірме Қарызға (шартты міндеттемеге) қызмет көрсету туралы есеп (индексі - CR_CS1, кезеңділігі - ай сайын немесе тоқсан сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z87" w:id="69"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z87" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z88" w:id="70"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме (бұдан әрі - Түсіндірме) "Қарызға (шартты міндеттемеге) қызмет көрсету туралы есеп" әкімшілік деректер жинау нысанын (бұдан әрі - Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінің 65-2) тармақшасына сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="71"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z90" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанға кредитордың басшы қызметкерлері арасынан басшы немесе есепке қол қою функциясы жүктелген өзге лауазымды адам қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z91" w:id="72"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z91" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Егер көрсеткіштің атауы басқа валютада құнын көрсетуді көздемесе, Нысандағы құндық көрсеткіштер үтірден кейін екі таңбалы сан форматында, теңгемен (теңгемен баламада) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициенттер мен пайыздар үтірден кейін көп дегенде төрт таңбаны көрсете отырып, сан форматында көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шетел валютасындағы қарыздар (шартты міндеттемелер) бойынша беру, есептеу сомасы, есепті күндегі берешек қалдығы шетел валютасымен және теңгемен баламада көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="73"/>
+    <w:bookmarkStart w:name="z92" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысанды толтыру кезінде кодтар Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсында орналастырылған және Нысан ұсынылатын қарыздар мен шартты міндеттемелер жөніндегі есептілікті жинауға арналған Қазақстан Республикасы Ұлттық Банкінің ақпараттық жүйесінде пайдаланылатын анықтамалықтардың кодтарына сәйкес көрсетіледі. Нысандағы күндер "КК.АА.ЖЖЖЖ", мұнда "КК" - күні, "АА" - айы, "ЖЖЖЖ" - жылы форматында көрсетіледі. Уақытсыз күнін көрсету көзделген жағдайларда уақыты көрсетілген күннің 0 сағаты 00 минуты 00 секунды ретінде қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z93" w:id="74"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z93" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Түсіндірмеде көрсетілген, көрсеткіш ұсынылмайтын немесе толтыру үшін міндетті болып табылмайтын жағдайларды қоспағанда, Нысан көрсеткіштері толтыру үшін міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z94" w:id="75"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z94" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z95" w:id="76"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z95" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Нысанды толтыру кезінде қарыздар мен шартты міндеттемелер жөніндегі есептілікті жинауға арналған Қазақстан Республикасы Ұлттық Банкінің ақпараттық жүйесінде орналастырылған мынадай анықтамалықтар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттар нөмірлері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="77"/>
+    <w:bookmarkStart w:name="z96" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Нысанда есепті кезеңдегі қаражат қозғалысы туралы, қарыздар шарттары бойынша міндеттемелер мен шартты міндеттемелердің өзгерістері және ағымдағы жай-күйі туралы мәліметтер беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бейрезидент филиалы үшін баланс деп активтер мен міндеттемелер туралы есеп түсініледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24398,90 +24396,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанның көрсеткіштері бойынша мәліметтер тиісті қарыз (шартты міндеттеме) шарттарына байланысты болады және есепті күні жаңартылуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кредитор Нысандағы қарыз (шартты міндеттеме) шартының нөмірі мен күні қарыз (шартты міндеттеме) шарты туралы есепте көрсетілген шарттың нөмірі мен күніне сәйкес келуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="78"/>
+    <w:bookmarkStart w:name="z97" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 2.6, 2.8, 2.10, 2.13 және 2.15-жолдарда мәндер анықтамалықтардан таңдалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z98" w:id="79"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z98" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. 2.2 және 2.3-жолдар есепті кезеңде берілген қарыздың немесе шартты міндеттеме бойынша пайдаланылған лимиттің сомасын және оны беру (пайдалану) күнін көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер есепті кезеңде қарыз бөліп-бөліп берілген болса, қарыз бөліктері сомасының және қарыздың тиісті бөлігін нақты беру күнінің массиві көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24492,108 +24490,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нақты беру күні есепті кезеңнің басталу күнінен ертерек және міндеттеме тоқтатылуының нақты күнінен немесе есепті кезеңнің аяқталу күнінен кеш болуына жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарыз беру кредитордың бөлімшесіне бармай жүзеге асырылатын, берілген кредиттік лимиті бар төлем карточкалары және овердрафт бойынша 2.2-жолда берілген қарыз сомасы бөліктерге бөлінбей бір сомамен көрсетіледі, 2.3-жол толтырылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="80"/>
+    <w:bookmarkStart w:name="z99" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. 2.4-жолда қарыз алушының осы қарыз бойынша негізгі борыш, сыйақы, айыппұлдар мен өсімпұлдар, қарыз бойынша комиссиялар кіретін барлық міндеттемелерін өтеу есебіне қарыз алушы есепті кезең ішінде нақты енгізген ақшалай қаражатының сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген кредиттік лимиті бар төлем карточкалары және овердрафт бойынша есепті кезеңдегі түсімдердің жалпы сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="81"/>
+    <w:bookmarkStart w:name="z100" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. 2.5 және 2.6-жолдар қарыз бойынша мерзімі өтпеген, мерзімі өткен негізгі борыш қалдықтарының сомаcын және сома есепке алынатын шот нөмірін, есепті күнгі жағдай бойынша қарыз бойынша негізгі борыштың есептен шығарылған немесе кешірілген қалдықтарының сомаcын көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кешірілген берешек шарттың бүкіл қолданылу кезеңі үшін негізгі борыш бойынша кредитордың қарыз бойынша берешекті кешіруінің жинақталған сомасын білдіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24622,70 +24620,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Негізгі борыш қалдығы (теңгемен, шарт валютасымен)" көрсеткіші бойынша теріс мәнді көрсетуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсеткіштер барлық қарыздар үшін толтыруға міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="82"/>
+    <w:bookmarkStart w:name="z101" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. 2.7 және 2.8-жолдар қарыз бойынша есептелген сыйақының өтелмеген, мерзімі өткен қалдықтарының сомасын, есепті күнгі жағдай бойынша қарыз бойынша есептелген сыйақының есептен шығарылған немесе кешірілген қалдықтарының сомасын және сома есепке алынатын шот нөмірін көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кешірілген берешек шарттың бүкіл қолданылу кезеңі үшін есептелген сыйақы бойынша кредитордың қарыз бойынша берешекті кешіруінің жинақталған сомасын бiлдiредi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24696,70 +24694,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есептелген сыйақының қалдығы бойынша теріс мәнді көрсетуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсеткіштер барлық қарыздар үшін толтыруға міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="83"/>
+    <w:bookmarkStart w:name="z102" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. 2.9 және 2.10-жолдар есепті күнгі жағдай бойынша шартты міндеттеме сомасын және сома есепке алынатын шот нөмірін көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Екі шотта қалдық болған жағдайда, екінші қалдық шотының тиісті нөмірімен қосымша жолдарда көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24770,70 +24768,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шартты міндеттеме қалдығы бойынша теріс мәнді көрсетуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсеткіштер барлық шартты міндеттемелер үшін толтыруға міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="84"/>
+    <w:bookmarkStart w:name="z103" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. 2.11-жол өтелмеген қалдық сомасын, есепті күнгі жағдай бойынша қарыз бойынша есептелген тұрақсыздық айыбының (айыппұл, өсімпұл) есептен шығарылған немесе кешірілген қалдықтарының сомасын көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кешірілген берешек шарттың бүкіл қолданылу кезеңі үшін есептелген тұрақсыздық айыбы бойынша кредитордың қарыз бойынша берешекті кешіруінің жинақталған сомасын білдіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24844,108 +24842,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Есептелген тұрақсыздық айыбының (айыппұлдың, өсімпұлдың) қалдығы" көрсеткіші бойынша теріс мәнді көрсетуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсеткіштер барлық қарыздар үшін толтыруға міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="85"/>
+    <w:bookmarkStart w:name="z104" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. 2.12, 2.13, 2.14 және 2.15-жолдар оң (теріс) түзету, есепті күнгі жағдай бойынша қарыз (шартты міндеттеме) бойынша дисконт (сыйлықақы) сомасын және сома есепке алынатын шот нөмірін көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Екі әр түрлі шот нөмірлерінде бір қарыз (шартты міндеттеме) бойынша дисконт (сыйлықақы) сомасы болған жағдайда, екінші қалдық шотының тиісті нөмірімен қосымша жолдарда көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="86"/>
+    <w:bookmarkStart w:name="z105" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. 2.16-жолда негізгі борыш және сыйақы бойынша мерзімі өткен берешекті шотқа шығару күндері "Мерзімі өткен берешекті шотқа шығару күні: негізгі қарыз бойынша" және "Мерзімі өткен берешекті шотқа шығару күні: сыйақы бойынша" деген жолдарда бөлек көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мерзімі өткен берешекті шотқа шығару күні ретінде шартта белгіленген негізгі қарыз және (немесе) сыйақы бойынша кезекті өтелмеген төлемді өтеу мерзімі бұзылған күн көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24956,110 +24954,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Негізгі борыш және (немесе) сыйақы бойынша баланста есепте тұрған немесе баланстан есептен шығарылған мерзімі өткен берешек қалдығы болмаған жағдайда, негізгі борыш және (немесе) сыйақы бойынша мерзімі өткен берешекті шотқа шығару күні көрсетілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсеткіш есепті күнге негізгі борыш және (немесе) сыйақы бойынша баланста есепте тұрған немесе баланстан есептен шығарылған мерзімі өткен берешектің қалдығы бар барлық қарыздар үшін толтыру міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="87"/>
+    <w:bookmarkStart w:name="z106" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. 2.17-жолда негізгі борыш және (немесе) сыйақы бойынша есепті кезең ішінде жүргізілген мерзімі өткен берешекті толығымен немесе ішінара өтеу күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z107" w:id="88"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z107" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. 2.19-жолда есепті кезең ішінде жүргізілген негізгі борыш және (немесе) сыйақы бойынша берешекті толығымен немесе ішінара кешіру күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z108" w:id="89"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z108" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. 3-жол жүргізілген күнін көрсете отырып, есепті кезеңде қайта құрылымдау жүргізілген қарыздарды сәйкестендіруге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қайта құрылымдау Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16502 болып тіркелген "Халықаралық қаржылық есептілік стандарттарына және Қазақстан Республикасының бухгалтерлік есеп және қаржылық есептілік туралы заңнамасының талаптарына сәйкес провизиялар (резервтер) құру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 22 желтоқсандағы № 269 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25108,70 +25106,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер есепті кезеңде қайта құрылымдау жүргізілген болса, онда 2.23.1-жолда "1" мәні көрсетіледі, олай болмаған жағдайда "0" көрсетіледі немесе көрсеткіш берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсеткіш есепті кезеңде қайта құрылымдау жүргізілген барлық қарыздар үшін толтыруға міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="90"/>
+    <w:bookmarkStart w:name="z109" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. 4-жол қарызға (шартты міндеттемеге) қызмет көрсету туралы мәліметтер ескерілген күнді көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25380,86 +25378,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 313 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="91"/>
+    <w:bookmarkStart w:name="z112" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне Әкімшілік деректердің нысаны www.nationalbank.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z113" w:id="92"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z113" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Провизиялар және тәуекелдерді бағалау туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының индексі: CR_PRA1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25560,70 +25558,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанын ұсыну мерзімі: есепті кезеңнен кейінгі айдың оныншы жұмыс күніне дейін (қоса алғанда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="93"/>
+    <w:bookmarkStart w:name="z114" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кесте. Қарыздар мен шартты міндеттемелер бойынша провизиялар және тәуекелдерді бағалау туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -28988,70 +28986,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="94"/>
+    <w:bookmarkStart w:name="z115" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кесте. Қамтамасыз ету бойынша тәуекелдерді бағалу туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -31719,298 +31717,282 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">есеп нысанына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z117" w:id="95"/>
+    <w:bookmarkStart w:name="z117" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректер нысанын толтыру бойынша түсіндірме Провизиялар және тәуекелдерді бағалау туралы есеп (индексі – CR_PRA1, кезеңділігі – ай сайын немесе тоқсан сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z118" w:id="96"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z118" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z119" w:id="97"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z119" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме (бұдан әрі - Түсіндірме) "Провизиялар және тәуекелдерді бағалау туралы есеп" әкімшілік деректер жинау нысанын (бұдан әрі - Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z120" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінің 65-2) тармақшасына сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="98"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z121" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанға кредитордың басшы қызметкерлері арасынан басшы немесе есепке қол қою функциясы жүктелген өзге лауазымды адам қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z122" w:id="99"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z122" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Егер көрсеткіштің атауы басқа валютада құнын көрсетуді көздемесе, Нысандағы құндық көрсеткіштер үтірден кейін екі таңбалы сан форматында, теңгемен (теңгемен баламада) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициенттер мен пайыздар үтірден кейін көп дегенде төрт таңбаны көрсете отырып, сан форматында көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="100"/>
+    <w:bookmarkStart w:name="z123" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысанды толтыру кезінде кодтар Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсында орналастырылған және Нысан ұсынылатын қарыздар мен шартты міндеттемелер жөніндегі есептілікті жинауға арналған Қазақстан Республикасы Ұлттық Банкінің ақпараттық жүйесінде пайдаланылатын анықтамалықтардың кодтарына сәйкес көрсетіледі. Нысандағы күндер "КК.АА.ЖЖЖЖ", мұнда "КК" - күні, "АА" - айы, "ЖЖЖЖ" - жылы форматында көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z124" w:id="101"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z124" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Түсіндірмеде көрсетілген, көрсеткіш ұсынылмайтын немесе толтыру үшін міндетті болып табылмайтын жағдайларды қоспағанда, Нысан көрсеткіштері толтыру үшін міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z125" w:id="102"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z125" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z126" w:id="103"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z126" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Нысанды толтыру кезінде қарыздар мен шартты міндеттемелер жөніндегі есептілікті жинауға арналған Қазақстан Республикасы Ұлттық Банкінің ақпараттық жүйесінде орналастырылған мынадай анықтамалықтар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттар нөмірлері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32147,316 +32129,300 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалаушылар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәйкестендіргіштер түрлері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="104"/>
+    <w:bookmarkStart w:name="z127" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Нысанда кредитор жеке, біртекті немесе құнсыздану белгілері жоқ жеке активтер ретінде сыныптаған қарыздар (шартты міндеттемелер) шарттары бойынша бөле отырып, халықаралық қаржылық есептілік стандарттарының талаптары бойынша қалыптастырылған резервтер (провизиялар) туралы, қарыздар мен шартты міндеттемелер бойынша тәуекелдерді бағалау үшін, қамтамасыз ету бойынша тәуекелдерді бағалау үшін қажетті өлшемдер мен сипаттамалар туралы мәліметтер беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1 және 2-кестелердің көрсеткіштері бойынша мәліметтер тиісті қарыз (шартты міндеттеме) шарттарына және кепіл туралы шарттарға байланысты болады және есепті күні жаңартуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кредитор 1-кестедегі қарыз (шартты міндеттеме) шартының нөмірі мен күні қарыз (шартты міндеттеме) шарты туралы есепте көрсетілген шарттың нөмірі мен күніне сәйкес келуін, 2-кестедегі кепіл туралы шарттың нөмірі мен күнінің, қамтамасыз ету түрінің және кепіл мүлкі объектісінің сәйкестендіру нөмірінің қамтамасыз ету туралы есепте көрсетілген кепіл туралы шарттың нөмірі мен күніне, қамтамасыз ету түрі мен кепіл мүлкі объектісінің сәйкестендіру нөміріне сәйкес келуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="105"/>
+    <w:bookmarkStart w:name="z128" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 1-кестенің 2.2, 2.4, 2.6, 2.7, 2.8, 2.12 және 2.13-жолдарындағы және 2-кестенің 1.3, 2.4.3 және 2.4.3.1-жолдарындағы мәндер анықтамалықтардан таңдалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z129" w:id="106"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z129" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. 1-кестенің 2.1 және 2.2-жолдары есепті күнгі жағдай бойынша халықаралық қаржылық есептілік стандарттарының талаптары бойынша қалыптастырылған қарыз (шартты міндеттеме) бойынша резервтер (провизиялар) сомасын және сомасы ескерілетін шот нөмірін, уәкілетті органның талаптары бойынша резервтердің (провизиялардың) сомасын көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем карточкасын шығару шартында белгіленген тұрақты кредиттік лимиті бар төлем карточкалары бойынша кредиттік лимиттің игерілген және игерілмеген бөліктері бойынша резервтердің (провизиялардың) сомаларын көрсету үшін жеке жолдар көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="107"/>
+    <w:bookmarkStart w:name="z130" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. 1-кестенің 2.3-жолында резервтеу мөлшерлемесінің мәні оң болып табылады және 100 (бір жүз) пайыздан аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z131" w:id="108"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z131" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. 1-кестенің 2.4-жолы портфельдік активтерге жатқызылған қарыздар (шартты міндеттемелер) шарттары үшін толтырылады. 1-кестенің 2.4.1-жолы шартты біртекті активтер портфеліне жатқызған кезде, 1-кестенің 2.4.2-жолы шартты құнсыздану белгілері жоқ жеке активтерге жатқызған кезде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Портфельдер анықтамалығын кредиторлар жүргізеді, анықтамалықтағы тиісті ақпаратты кредиторлар қажеттілігіне қарай дербес жаңартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="109"/>
+    <w:bookmarkStart w:name="z132" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. 1-кестенің 2.5-жолы барлық сценарийлерді ескере отырып, қаржы активі бойынша бастапқы тиімді пайыздық мөлшерлемесін пайдалана отырып дисконтталған болашақ ақша ағынының келтірілген құнын көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсеткіш құнсыздану белгілері анықталған жеке ретінде сыныпталған барлық қарыздар үшін толтыруға міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. 1-кестенің 2.6, 2.7, 2.8, 2.9, 2.10, 2.11 және 2.12-жолдарында көрсеткіштердің мәндері № 269 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулыға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кестенің 2.6 және 2.7-жолдарында бірнеше мән көрсетуге рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32467,202 +32433,170 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кестенің 2.9 және 2.10-жоларында мәндер оң болып табылады және 100 (бір жүз) пайыздан аспайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құнсыздану белгілері, кредиттік тәуекелдің ұлғаю белгілері, қарыз алушының ішкі рейтингтері анықтамалықтарын кредиторлар жүргізеді, анықтамалықтардағы тиісті ақпаратты кредиторлар қажеттілігіне қарай дербес жаңартады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. 1-кестенің 2.13, 2.14 және 2.15-жолдарында мәндер Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15886 болып тіркелген "Банктің пруденциялық нормативтерінің және сақталуы міндетті өзге де нормалары мен лимиттерінің нормативтік мәндері мен оларды есептеу әдістемелерін, капиталының мөлшерін және Ашық валюталық позицияны есептеу қағидалары мен оның лимиттерін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 13 қыркүйектегі № 170 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="110"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z135" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. 1-кестенің 3-жолы және 2-кестенің 3-жолы провизиялар және тәуекелдерді бағалау туралы мәліметтер ескерілген жағдай бойыша күндерді көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z136" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. 2-кестенің 2.1, 2.2 және 2.3-жолдарында көрсеткіштердің мәндері № 269 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулыға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="111"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z137" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. 2-кестенің 2.3-жолы дисконттар мен өзге де түзетулерді қолданғанға дейін резервтер (провизиялар) есебіне енгізілетін қамтамасыз ету құнын көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кестенің 2.4.1 және 2.5.1-жолдары бағалауды (қайта бағалауды) есепке алу күніне соңғысын негізге ала отырып, дисконттарды және өзге де түзетулерді қолданғанға дейін қамтамасыз етудің нарықтық құнын көрсетуге арналған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32714,63 +32648,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -33092,35 +33048,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>