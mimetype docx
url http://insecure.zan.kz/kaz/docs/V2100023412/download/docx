--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a00f803" w14:textId="a00f803">
+    <w:p w14:paraId="bef8738" w14:textId="bef8738">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4512,1485 +4512,1429 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудитор аттестатының қолданысын ұзарту үшін, аттестаттарынан айырылған сарапшы-аудиторларды және мерзімі тоқтатылған немесе өткен сарапшы-аудиторларды қоспағанда, аттестат мерзімі аяқталғанға дейін күнтізбелік 30 (отыз) күннен ерте емес мерзімде көрсетілетін қызметті берушіге портал арқылы мынадай құжаттарды жолдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудитор аттестатының қолданысын ұзартуға беретін жеке тұлғаның мәліметтер нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес электрондық құжат нысанындағы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қызметкердің еңбек қызметін растайтын құжаттың электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сараптама актілерінің көшірмелерін қоса бере отырып, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудитордың қызметі туралы есептің электрондық көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      7-тармақтың бірінші абзацы жаңа редакцияда көзделген - ҚР Сауда және интеграция министрінің 13.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 23.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 111-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 241-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудитор аттестатының қолданысын ұзарту үшін, аттестаттарынан айырылған сарапшы-аудиторларды және мерзімі тоқтатылған немесе өткен сарапшы-аудиторларды қоспағанда, аттестат мерзімі аяқталғанға дейін кемінде күнтізбелік 30 (отыз) күнде көрсетілетін қызметті берушіге портал арқылы мынадай құжаттарды жолдайды:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      8. Атын немесе тегін ауыстыруға байланысты тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудитор аттестатына өзгерістер енгізу үшін көрсетілетін қызметті алушы көрсетілетін қызметті берушіге портал арқылы еркін нысанда редакциялауға өтініш жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші редакциялауға өтінішті ол тіркелген күннен бастап 2 (екі) жұмыс күні ішінде қарастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттары туралы мәліметтер көрсетілетін қызметті берушіге "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      осы Қағидаларға </w:t>
-[...135 lines deleted...]
-    </w:p>
+      10. Мемлекеттік қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баяндалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 23.02.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 23.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 111-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Атын немесе тегін ауыстыруға байланысты тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудитор аттестатына өзгерістер енгізу үшін көрсетілетін қызметті алушы көрсетілетін қызметті берушіге портал арқылы еркін нысанда редакциялауға өтініш жібереді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+      11. Мемлекеттік қызметті көрсету үшін құжаттарды және (немесе) мәліметтерді қабылданғаны туралы мәртебе көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік көрсетілетін қызмет нәтижесін алу күнін көрсете отырып көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті беруші редакциялауға өтінішті ол тіркелген күннен бастап 2 (екі) жұмыс күні ішінде қарастырады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+      12. Көрсетілетін қызметті беруші құжаттар түскен күні оны қабылдайды және тіркеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде Қазақстан Республикасы Еңбек кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>84-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес құжаттарды қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттары туралы мәліметтер көрсетілетін қызметті берушіге "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден ұсынылады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+      13. Көрсетілетін қызметті беруші тіркелген сәттен бастап ұсынылған құжаттардың және (немесе) мәліметтердің толықтығын және қолданылу мерзімін тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Мемлекеттік қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
+      Көрсетілетін қызметті алушы осы Қағидалардың 6 және 7-тармақтарында көрсетілген құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес 1 (бір) жұмыс күні ішінде өтінішті қабылдаудан бас тартады және көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудитор аттестатын беру не аттестаттың қолданылу мерзімін 5 (бес) жылға ұзарту не осы Қағидалардың 17-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап мемлекеттік қызмет көрсету нәтижесі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Аттестат беру, аттестаттың қолданысын ұзарту не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап үшін комиссия шешімі негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету нәтижесі аттестаттау өткізілген күні беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 23.02.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 23.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 111-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Мемлекеттік қызметті көрсету үшін құжаттарды және (немесе) мәліметтерді қабылданғаны туралы мәртебе көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік көрсетілетін қызмет нәтижесін алу күнін көрсете отырып көрсетіледі.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+      16. Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында жіберіледі және сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Заңның 19-1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуден бас тартуға негіздеме:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Көрсетілетін қызметті беруші құжаттар түскен күні оны қабылдайды және тіркеуді жүзеге асырады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+      1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттарының және (немесе) олардағы деректердің (мәліметтердің) дәйексіздігін анықтау;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде Қазақстан Республикасы Еңбек кодексінің </w:t>
-[...42 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+      2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Сауда қызметін реттеу туралы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-5-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, осы Қағидаларда белгіленген талаптарға, сондай-ақ осы бұйрыққа 1-қосымшаға сәйкес бекітілген тауарлардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудиторларға қойылатын рұқсат беру талаптарына сәйкес келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік көрсетілетін қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімінің (үкімінің) болуы; </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Көрсетілетін қызметті беруші тіркелген сәттен бастап ұсынылған құжаттардың және (немесе) мәліметтердің толықтығын және қолданылу мерзімін тексереді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+      4) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген шешімі бар, оның негізінде көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқығынан айырылуы;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті алушы осы Қағидалардың 6 және 7-тармақтарында көрсетілген құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші Заңның </w:t>
-[...97 lines deleted...]
-      Мемлекеттік қызмет көрсету нәтижесі аттестаттау өткізілген күні беріледі.</w:t>
+      5) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге көрсетілетін қызметті алушының келісімінің болмауы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 23.02.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 23.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 111-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:bookmarkStart w:name="z62" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      17. Заңның 19-1-бабының </w:t>
-[...152 lines deleted...]
-    </w:p>
+      17-1. Мемлекеттік қызметті көрсетуден бас тартылған жағдайда көрсетілетін қызметті алушы осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармақтарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен қайта жүгіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 23.02.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 17-1-тармақпен толықтырылды - ҚР Сауда және интеграция министрінің 23.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 111-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="29"/>
-[...121 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызметті көрсетуден бас тарту туралы шешім қабылданғанға дейін көрсетілетін қызметті беруші мемлекеттік қызметті қарау мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірмей көрсетілетін қызметті алушыға алдын ала шешім жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы оны алған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмейтін мерзімде көрсетілетін қызметті берушінің алдын ала шешіміне қарсылығын ұсынады немесе айтады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудиторды аттестаттау бес жылда бір рет жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудитор аттестатынан айыру және (немесе) оның қолданысын тоқтата тұру Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>417-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген жағдайларда жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудиторды аттестаттау тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудитор аттестатынан айырылған күннен бастап екі жыл өткен соң жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Бұрын аттестатталған, тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудиторлар Техникалық реттеу саласындағы мамандарды даярлауды (қайта даярлауды) және олардың біліктілігін арттыруды жүзеге асыратын ұйымдардың тізіліміне енгізілген ұйымда мәлімделген аттестаттау бағытында кемінде 40 (қырық) академиялық сағат көлемінде біліктілікті арттыру курстарынан өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қазақстан Республикасында төтенше жағдай жарияланған жағдайда уәкілетті орган қолданылу мерзімі төтенше жағдай кезеңінде аяқталатын тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудиторлар аттестаттарының қолданысын төтенше жағдай қолданылатын кезеңге және оның күші жойылған күннен бастап күнтізбелік 30 (отыз) күнге ұзартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Көрсетілетін қызметті беруші Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызмет көрсету кезінде оны көрсету сатысы туралы деректер мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне автоматты режимде түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Ақпараттық жүйе істен шыққан жағдайда, көрсетілетін қызметті беруші техникалық ақаулардың туындауын анықтаған сәттен бастап дереу sd@nitec.kz электрондық поштасы бойынша бірыңғай қолдау қызметіне сұрау салу жіберу арқылы, мемлекеттік қызметтің атауы, өтініштің әкімшілік құжатының нөмірі мен коды немесе өтініштің бірегей сәйкестендіру нөмірі, әкімшілік құжаттың нөмірі мен коды немесе рұқсат беру құжатының бірегей сәйкестендіру нөмірі бойынша ақпарат міндетті түрде ұсыныла отырып, көрсетілетін қызметті алушының жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі, авторизация сәтінен бастап қатенің нақты уақытын көрсете отырып, қате туындаған сәтке дейінгі қадамдық скриншоттарды қоса бере отырып "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылымы операторын хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Көрсетілетін қызметті берушінің мемлекеттік қызметтер көрсету мәселелері жөніндегі шешіміне, әрекетіне (әрекетсіздігіне) шағым Қазақстан Республикасының заңнамасына сәйкес көрсетілетін қызметті беруші басшысының атына және (немесе) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6003,90 +5947,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Көрсетілетін қызметті беруші шешімінің нәтижелерімен келіспеген жағдайда өтініш беруші Заңның 4-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6) тармақшасына сәйкес шешім нәтижелеріне сот тәртібімен шағымдана алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8589,68 +8533,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметін көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудитор аттестатының қолданысын ұзартуға беретін жеке тұлғаның мәліметтер нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Толтырылған күні _______________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10387,68 +10331,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудитордың қызметі туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - ҚР Сауда және интеграция министрінің 23.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11128,146 +11072,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) есепті кезеңде орындалған жұмыстардың нәтижелерінде аттестатты ұзартуға беретін сарапшы-аудитор қол қойған тауардың шығу тегі туралы сараптама актісінің нөмірі мен берілген күні көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) есепті кезеңнің әрбір жылы үшін мәлімделген аттестаттау бағытында кемінде екі орындалған жұмыс туралы мәліметтер көрсетіледі. Бұл ретте, соңғы жылға аттестаттаудың мәлімделген бағытында кемінде бес орындалған жұмыс туралы мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11537,51 +11385,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда - ҚР Сауда және интеграция министрінің 23.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 111-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12555,149 +12423,89 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде Қазақстан Республикасы Еңбек кодексінің (бұдан әрі – Кодекс) </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының (бұдан әрі – мерекелер туралы Заң) </w:t>
+1) Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде Қазақстан Республикасы Еңбек кодексінің (бұдан әрі – Кодекс) 84-бабына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Мерекелер туралы заң) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес электрондық құжаттарды және (немесе) мәліметтерді қабылдау және Мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады);</w:t>
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен сағат 9:00-ден 18:30-ға дейін.</w:t>
+              <w:t xml:space="preserve"> сәйкес электрондық құжаттарды және (немесе) мәліметтерді қабылдау және мемлекеттік көрсетілетін қызмет нәтижелерін беру келесі жұмыс күні жүзеге асырылады);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті беруші – Кодекстің 84-бабына және Мерекелер туралы заңның 5-бабына сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 12:00-дан 13:30-ға дейінгі түскі үзіліспен сағат 08:30-ден 17:30-ға дейін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13965,268 +13773,268 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 440-НҚ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылған кейбір нормативтік құқықтық актілердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Техникалық реттеу саласындағы сарапшы-аудиторларды аттестаттаудың кейбір мәселелері туралы" Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушысының 2015 жылғы 6 ақпандағы № 116 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 10513 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Техникалық реттеу саласындағы сарапшы-аудиторларды аттестаттаудың кейбір мәселелері туралы" Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2015 жылғы 6 ақпандағы № 116 бұйрығына өзгерiстер енгiзу туралы" Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушысының 2015 жылғы 4 желтоқсандағы № 1173 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12884 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Техникалық реттеу саласындағы сарапшы-аудиторларды аттестаттаудың кейбір мәселелері туралы" Қазақстан Республикасының Инвестициялар және даму министрінің міндетін атқарушының 2015 жылғы 6 ақпандағы № 116 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушысының 2016 жылғы 28 қарашадағы № 822 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14579 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Техникалық реттеу саласындағы сарапшы аудиторларды сертификаттаудың кейбір мәселелері туралы" Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2015 жылғы 6 ақпандағы № 116 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Сауда және интеграция министрінің 2020 жылғы 26 мамырдағы № 122-НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 20749 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Инвестициялар және даму министрлігінің кейбір бұйрықтарына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Сауда және интеграция министрінің 2020 жылғы 14 қыркүйектегі № 197-НҚ бұйрығымен бекітілген Қазақстан Республикасы Инвестициялар және даму министрлігінің өзгерістер мен толықтырулар енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 21219 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>