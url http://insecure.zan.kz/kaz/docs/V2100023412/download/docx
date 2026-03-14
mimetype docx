--- v1 (2025-11-15)
+++ v2 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bef8738" w14:textId="bef8738">
+    <w:p w14:paraId="c33a550" w14:textId="c33a550">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,124 +85,134 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудиторларға қойылатын рұқсат беру талаптарын, оларға сәйкестікті растайтын құжаттардың тізбесін, сондай-ақ Тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудиторларды аттестаттау, олардың қолданысын ұзарту және "Тауардың шығарылған елін, Еуразиялық экономикалық одақ тауарының немесе шетел тауарының мәртебесін айқындау жөніндегі сарапшы-аудиторды аттестаттау" мемлекеттік қызметін көрсету қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасы Сауда және интеграция министрінің 2021 жылғы 1 шілдедегі № 440-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 9 шілдеде № 23412 болып тіркелді.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Сауда және интеграция министрінің 2021 жылғы 1 шілдедегі № 440-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 9 шілдеде № 23412 болып тіркелді. Күші жойылды - Қазақстан Республикасы Сауда және интеграция министрінің 2025 жылғы 15 шiлдедегi № 210-НҚ бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...34 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың күші жойылды - ҚР Сауда және интеграция министрінің 15.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 210-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -14032,63 +14044,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -14410,35 +14444,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>