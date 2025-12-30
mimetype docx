--- v0 (2025-11-13)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9410cf2" w14:textId="9410cf2">
+    <w:p w14:paraId="3d658a1" w14:textId="3d658a1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,96 +76,96 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Дерекқорды ғылыми және ғылыми-техникалық қызметте сәйкестендірілмеген түрінде пайдалану үшін ұсыну қағидалары</w:t>
+        <w:t>Дерекқорды ғылыми және ғылыми-техникалық қызметте сәйкестендірілмеген түрінде пайдалану үшін ұсыну қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Статистика агенттігі Төрағасының 2010 жылғы 2 шілдедегі № 168 Бұйрығы. Қазақстан Республикасы Әділет министрлігінде 2010 жылғы 13 тамызда Нормативтік құқықтық кесімдерді мемлекеттік тіркеудің тізіліміне N 6388 болып енгізілді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 30.09.2024 </w:t>
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33</w:t>
+        <w:t>№ 29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -932,94 +932,156 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік статистика саласындағы уәкілетті органның ведомствосы (бұдан әрі – уәкілетті органның ведомствосы) – құзыреті шегінде мемлекеттік статистика саласында үйлестіруді, басшылықты және іске асыру функцияларын жүзеге асыратын мемлекеттік орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) ақпараттық технологияларды (бұдан әрі – АТ қызметті) басқару жүйесі – өтінімдерді ішкі келісу үшін уәкілетті органы ведомствосының бағдарламалық қамтамасыз етуі; </w:t>
+      2) пайдаланушы кабинеті – уәкілетті орган ведомствосының www.stat.gov.kz интернет-ресурсындағы тіркелген пайдаланушыларға уәкілетті орган ведомствосының сервистеріне қолжетімділік ұсынатын интерфейс; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) зерттеуші кабинеті – уәкілетті органы ведомствосының Астана және Алматы қалаларының аумақтық бөлімшелеріндегі сәйкестендірілмеген түрінде дерекқормен жұмыс істеуге арналған арнайы жабдықталған үй-жай; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сәйкестендірмеу – бөлек сақталатын және қорғалатын қосымша деректерді пайдаланбай, нақты деректер субъектісін сәйкестендіру үшін пайдаланылмайтындай етіп өңделетін дербес деректерді өңдеу процесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Дерекқорды ғылыми және ғылыми-техникалық қызметте сәйкестендірілмеген түрінде пайдалану үшін ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1070,1474 +1132,2160 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасындағы ғылыми және ғылыми-техникалық қызмет ұйымдарының;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ғылыми және ғылыми-техникалық қызметті жүргізу мақсатында халықаралық ұйымдардың біржолғы өтінімі негізінде жүзеге асырылады.</w:t>
+      3) ғылыми және ғылыми-техникалық қызметті жүргізу мақсатында, сондай-ақ жоғары және жоғары оқу орнынан кейінгі білім беру бағдарламасын іске асыратын халықаралық ұйымдардың біржолғы өтінімі негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген ұйымдарға сәйкестендірілмеген түрінде дерекқор электрондық жеткізгіште (CD диск) беріледі немесе Зерттеушінің кабинетінде сәйкестендірілмеген түрінде дерекқормен жұмыс істеу мүмкіндігі беріледі.</w:t>
+        <w:t>
+      4. Осы Қағидалардың 3-тармағында көрсетілген ұйымдарға сәйкестендірілмеген түрінде дерекқорларды жүктеуге арналған сілтеме орналастырылған Пайдаланушы кабинеті арқылы сәйкестендірілмеген түрінде дерекқор беріледі немесе сәйкестендірілмеген түріндегі дерекқор электрондық жеткізгіштен (CD диск) дербес компьютерге жүктелетін Зерттеушінің кабинетінде сәйкестендірілмеген түрінде дерекқормен жұмыс істеу мүмкіндігі беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Халықаралық ұйымдарға сәйкестендірілмеген түрінде дерекқорлармен тек Зерттеушінің кабинетінде жұмыс істеу мүмкіндігі беріледі. </w:t>
+        <w:t>
+      Бұл ретте сәйкестендірілмеген түрінде дерекқорларды жүктеуге арналған сілтеме орналастырылған Пайдаланушы кабинеті арқылы сәйкестендірілмеген түрінде дерекқор және сәйкестендірілмеген түріндегі дерекқор электрондық жеткізгіштен (CD диск) дербес компьютерге жүктелетін Зерттеушінің кабинетінде сәйкестендірілмеген түрінде дерекқорлармен жұмыс істеу мүмкіндігі ұйымның тікелей өкіліне (бұдан әрі – зерттеуші) ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте электрондық жеткізгіштегі (CD диск) сәйкестендірілмеген түрінде дерекқор және Зерттеушінің кабинетінде сәйкестендірілмеген түрінде дерекқорлармен жұмыс істеу мүмкіндігі ұйымның тікелей өкіліне (бұдан әрі – зерттеуші) ұсынылады.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5. Өтінім уәкілетті орган ведомствосының www.stat.gov.kz интернет-ресурсында жеке кабинет арқылы қалыптастырылып жіберіледі және келесі құжаттарды қоса бере отырып, электрондық цифрлық қолтаңбамен куәландырылады:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Өтінім Пайдаланушы кабинеті арқылы қалыптастырылып жіберіледі және келесі құжаттарды қоса бере отырып, ол заңды тұлғаның Қазақстан Республикасының Ұлттық куәландырушы орталығы электрондық цифрлық қолтаңбасымен куәландырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkStart w:name="z80" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) зерттеушінің деректемелерін (зерттеушінің тегі, аты, әкесінің аты (бар болған жағдайда), жеке куәлігінің нөмірі) көрсете отырып, ұйымның ресми хаты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkStart w:name="z81" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) зерттеушінің жеке басын куәландыратын құжаттың көшірмесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkStart w:name="z82" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінім; </w:t>
+        <w:t>
+      3) осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтінім;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkStart w:name="z83" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша міндеттеме;</w:t>
+        <w:t>
+      4) осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша міндеттеме;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkStart w:name="z84" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) ұйымда ғылыми және ғылыми-техникалық қызметті жүзеге асыруға рұқсаттың болуын растайтын құжаттың көшірмесі (мемлекеттік лицензияның және білім беру қызметін жүргізу құқығына лицензияға қосымшалардың көшірмелері немесе аккредиттеу туралы куәліктің көшірмесі; қазақстандық ғалымдардың ұсыныс хаты және халықаралық дерекқордағы сәйкестендіру туралы анықтама).</w:t>
+      5) ұйымда ғылыми және ғылыми-техникалық қызметті жүзеге асыруға рұқсаттың болуын растайтын құжаттың көшірмесі (Қазақстан Республикасының ұйымдары үшін білім беру қызметін жүргізу құқығына мемлекеттік лицензияның және лицензияға қосымшалардың немесе аккредиттеу туралы куәлік, және халықаралық ұйымдар үшін жарғы).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z85" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Өтінімді қалыптастыру және беру кезінде зерттеуші құпиялылық саясатымен танысып, жеке деректерді өңдеуге және өтінім туралы (өтінім берілген күні, ұйымның атауы, зерттеушінің тегі, аты, әкесінің аты (бар болған жағдайда), сұралған дерекқор сипаттамасы, ғылыми-зерттеу жұмысының мақсаты мен нәтижесі) ақпаратты жариялауға келісімін береді. </w:t>
+        <w:t>
+      Өтінімді қалыптастыру және беру кезінде зерттеуші құпиялылық саясатымен танысып, жеке деректерді өңдеуге және өтінім туралы (өтінім берілген күні, ұйымның атауы, зерттеушінің тегі, аты, әкесінің аты (бар болған жағдайда), сұралған дерекқор сипаттамасы, ғылыми-зерттеу жұмысының мақсаты мен нәтижесі) ақпаратты жариялауға келісімін береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес қосымшаларды ресімдеудің толықтығына түскен сәттен бастап бір жұмыс күні ішінде қарайды. </w:t>
+        <w:t>
+      6. Дерекқорларды сәйкестендірілмеген түрінде ұсынуға жауапты уәкілетті орган ведомствосының құрылымдық бөлімшесі (бұдан әрі – жауапты ҚБ) келіп түскен өтінімді барлық құжаттардың болуын және осы Қағидалардың 5-тармағына сәйкес қосымшаларды ресімдеудің толықтығына түскен сәттен бастап бір жұмыс күні ішінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      7. ҚБ барлық құжаттар болған жағдайда өтінімді құжаттамалық қамтамасыз ету қызметіне тіркеу үшін жібереді. </w:t>
+        <w:t>
+      7. Жауапты ҚБ барлық құжаттар болған жағдайда өтінімді уәкілетті орган ведомствосының құжаттамалық қамтамасыз ету қызметіне тіркеу үшін жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Құжаттамалық қамтамасыз ету қызметі өтінімді алған күні оны "Электрондық жолданымдар" АТЖ-ға тіркеп, уәкілетті орган ведомствосының басшылығына қарауға жібереді. Өтінішті қарау мерзімі – 15 жұмыс күні.</w:t>
+      8. Уәкілетті орган ведомствосының құжаттамалық қамтамасыз ету қызметі өтінімді алған күні тіркеп, уәкілетті орган ведомствосының басшылығына қарауға жібереді. Өтінішті қарау мерзімі – 15 жұмыс күні.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Уәкілетті орган ведомствосының басшылығы өтінімді құзыреті бойынша тиісті уәкілетті орган ведомствосының құрылымдық бөлімшелерінің қарауына жібереді.</w:t>
+      9. Уәкілетті орган ведомствосының басшылығы өтінімді құзыреті бойынша тиісті уәкілетті орган ведомствосының құрылымдық бөлімшелерінің (бұдан әрі – ҚБ) қарауына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Тиісті құрылымдық бөлімшелер өтінімді ұсыну, қалыптастыру және сәйкестендірмеу мүмкіндігіне түскен сәттен бастап үш жұмыс күні ішінде қарайды және ҚБ-ға хабарлайды.</w:t>
+      10. Тиісті ҚБ өтінімді ұсыну, қалыптастыру және сәйкестендірмеу мүмкіндігіне түскен сәттен бастап үш жұмыс күні ішінде қарайды және жауапты ҚБ-ға хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      11. ҚБ өтінімнің оң қаралуын алған кезде "Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросының "Ақпараттық-есептеу орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны ведомстволық бағынысты ұйымға (бұдан әрі – ведомстволық бағынысты ұйым) сәйкестендірілмеген түрінде дерекқорларды қалыптастыру үшін жолдайды. </w:t>
+        <w:t>
+      11. Жауапты ҚБ өтінімнің оң қаралуын алған кезде "Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросының "Ақпараттық-есептеу орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны ведомстволық бағынысты ұйымға (бұдан әрі – ведомстволық бағынысты ұйым) сәйкестендірілмеген түрінде дерекқорларды қалыптастыру үшін жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Ведомстволық бағынысты ұйымның сәйкестендірілмеген түрінде дерекқорларды қалыптастыру тәртібі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алынған өтінімге сәйкес бастапқы статистикалық деректердің қоры қалыптастырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) сәйкестендірмеуге жататын бастапқы статистикалық деректердің тізбесі айқындалады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бастапқы статистикалық деректердің құпиялылығын және қорғалуын қамтамасыз ету мақсатында: респондент туралы сәйкестендіруші ақпаратты (тегі, аты, әкесінің аты (бар болған жағдайда), кәсіпорынның/ұйымның атауы, сәйкестендіру нөмірі, тіркеу күні, орналасқан жерінің мекенжайы, байланыс деректері, электрондық пошта мекенжайы) жою жолымен дерекқорларды сәйкестендірмеу жүзеге асырылады, орнына сәйкестендіру үшін пайдалану мүмкін емес нөмірлеу қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сәйкестендірмеу процесі аяқталғаннан кейін, сәйкестендірілмеген түрінде дерекқор АТ-қызметті басқару жүйесі арқылы ҚБ жібереледі.</w:t>
+      4) сәйкестендірмеу процесі аяқталғаннан кейін, сәйкестендірілмеген түрінде дерекқор уәкілетті орган ведомствосының бұлтты сақтау қоймасында орналастырылады, оған тек жауапты ҚБ қолжетімділігі бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Ведомстволық бағынысты ұйым сәйкестендірілмеген түрінде дерекқорды түскен сәттен бастап жеті жұмыс күні ішінде қалыптастырады. </w:t>
+        <w:t>
+      Ведомстволық бағынысты ұйым сәйкестендірілмеген түрінде дерекқорды түскен сәттен бастап жеті жұмыс күні ішінде қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармаққа өзгеріс енгізілді - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. ҚБ қалыптастырылған сәйкестендірілмеген түрінде дерекқорды түскен сәттен бастап бір жұмыс күні ішінде оның өтінімге сәйкестігін тексеруді жүзеге асырады және АТ-қызметті басқару жүйесі арқылы ақпараттық қауіпсіздікке жауапты құрылымдық бөлімшеге жібереді.</w:t>
+      13. Жауапты ҚБ қалыптастырылған сәйкестендірілмеген түрінде дерекқорды түскен сәттен бастап бір жұмыс күні ішінде оның өтінімге сәйкестігін тексеруді жүзеге асырады және Пайдаланушы кабинетінің әкімшілік интерфейсі арқылы ақпараттық қауіпсіздікке жауапты ҚБ жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Ақпараттық қауіпсіздікке жауапты құрылымдық бөлімше бастапқы статистикалық деректердің ақпараттық қауіпсіздігін қамтамасыз ету үшін түскен сәттен бастап бір жұмыс күні ішінде сәйкестендірілмеген түрінде дерекқорды тексереді.</w:t>
+      14. Ақпараттық қауіпсіздікке жауапты ҚБ бастапқы статистикалық деректердің ақпараттық қауіпсіздігін қамтамасыз ету үшін түскен сәттен бастап бір жұмыс күні ішінде сәйкестендірілмеген түрінде дерекқорды тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Ақпараттық қауіпсіздікке жауапты құрылымдық бөлімше бастапқы статистикалық деректердің ақпараттық қауіпсіздігін қамтамасыз етпегені анықталған кезде ведомстволық бағынысты ұйымның пысықтауы үшін бастапқы статистикалық деректердің ақпараттық қауіпсіздігін қамтамасыз етпеуінің нақты себептерін көрсете отырып, сәйкестендірілмеген түрінде дерекқорды ҚБ қайтарады.</w:t>
+      15. Ақпараттық қауіпсіздікке жауапты ҚБ бастапқы статистикалық деректердің ақпараттық қауіпсіздігі қамтамасыз етілмегені анықталған кезде ведомстволық бағынысты ұйымның пысықтауы үшін бастапқы статистикалық деректердің ақпараттық қауіпсіздігін қамтамасыз етпеуінің нақты себептерін көрсете отырып, сәйкестендірілмеген түрінде дерекқорды жауапты ҚБ қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес дерекқорды сәйкестендірілмеген түрінде беруге дайын екендігі туралы жауап жібереді. </w:t>
+        <w:t>
+      16. Бастапқы статистикалық деректердің ақпараттық қауіпсіздігін қамтамасыз ету кезінде жауапты ҚБ тиісті ҚБ-мен жауапты келіседі және зерттеушінің электрондық поштасына өтінімнің оң қаралғаны және осы Қағидалардың 4-тармағына сәйкес дерекқорды сәйкестендірілмеген түрінде беруге дайын екендігі туралы жауап жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Сұралатын дерекқорларды қалыптастыру және ақпаратты сәйкестендіру мүмкіндігін айқындау кезінде, уәкілетті орган ведомствосының басшылығы қарастыру мерзімін екі айдан аспайтын мерзімге дейін ұзартады, бұл туралы зерттеушіге мерзімді ұзартқан күннен бастап үш жұмыс күн ішінде хабарланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Зерттеуші жұмыс аяқталғаннан кейін уәкілетті орган ведомствосынының www.stat.gov.kz интернет-ресурсында орналастыру үшін зерттеу нәтижесін уәкілетті органның ведомствосына ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Қазақстан Республикасындағы жоғары және жоғары оқу орнынан кейінгі білім беру бағдарламасын іске асыратын ұйымдардың және Қазақстан Республикасындағы ғылыми және ғылыми-техникалық қызмет ұйымдарының өкілдері сәйкестендірілмеген түріндегі дерекқоры бар электрондық жеткізгішті (CD диск) жою тәртібі</w:t>
-      </w:r>
-[...18 lines deleted...]
-      19. Қазақстан Республикасындағы жоғары және жоғары оқу орнынан кейінгі білім беру бағдарламасын іске асыратын ұйымдардың және Қазақстан Республикасындағы ғылыми және ғылыми-техникалық қызмет ұйымдарының өкілдері зерттеу аяқталғаннан кейін оларға электрондық жеткізгішті (CD диск) ұсынылған сәйкестендірілмеген түріндегі дерекқорды жоюды өз бетінше жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      Электрондық жеткізгішті (CD диск) жою оны қайта пайдалануды болдырмайтын күйге дейін деформациялау арқылы жүргізіледі.</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-тарау алып тасталды - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Зерттеушінің кабинетінде жұмыс істеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес екі данада Акт жасалады, оның бір данасы уәкілетті органның ведомствосына ұсынылады.</w:t>
+        <w:t>
+      21. Зерттеушінің кабинетіне кіру графигі уәкілетті орган ведомствосының тиісті аумақтық бөлімшелерінің жұмыс кестесін ескере отырып, қаралған өтінімдерге сәйкес қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      22. Зерттеушінің кабинеті сыртқы құрылғыларды қосу мүмкін емес дербес компьютермен, сондай-ақ бейнебақылау жүйелерімен жабдықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Уәкілетті орган ведомствосының аумақтық бөлімшесінің басшысы Зерттеуші кабинетінің жұмысына жауапты қызметкерді (бұдан әрі – жауапты қызметкер) тағайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Жауапты қызметкер зерттеушінің одан әрі жұмыс істеуі үшін электрондық жеткізгіштен (CD диск) Дерекқорды дербес компьютерге жүктейді және оны қайта пайдалануды болдырмайтын күйге дейін деформациялау арқылы электрондық жеткізгішті (CD диск) жояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      20. ҚБ осы Қағидаларға </w:t>
+      Электрондық жеткізгіш (CD диск) жойылғаннан кейін жауапты қызметкер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Акт жасайды және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша сәйкестендірілмеген түріндегі дерекқоры бар электрондық жеткізгішті (CD диск) жою туралы журналға белгі қояды.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша сәйкестендірілмеген түріндегі дерекқоры бар электрондық жеткізгішті (CD диск) жою туралы журналға белгі қояды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Зерттеушінің қозғалысы жауапты қызметкердің сүйемелдеуімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Зерттеушіге Зерттеушінің кабинетіне фото- және бейнеаппаратураны, жазу құрылғыларын, ақпарат жеткізгіштерді, байқаудың визуалды құралдарын, есептеу техникасын, радиотехникалық және басқа да қосарлы мақсаттағы аппаратураны, техникалық құрылғыларды, оның ішінде деректерді беру мүмкіндігі бар сымсыз құрылғыларды, интернет модульдермен жарақтандырылған жеке байланыстың мобильді құралдарын және мобильді құрылғыларды, фото және бейнекамералармен, сондай-ақ басқа да электрондық жеткізгіштерді кіргізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26-тармақтарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген шектеулерді сақтамаған жағдайда жауапты қызметкер Зерттеушінің кабинетіндегі дерекқорға қол жеткізуді бұғаттайды және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес шектеулерді сақтамағаны туралы Акт жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28. Жауапты қызметкер зерттеушіге Зерттеушінің кабинетінде оның жұмысының нәтижесін электрондық жеткізгішке (CD диск) жүктейді және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес журналда қолтаңбалармен расталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z58" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Зерттеушінің кабинетінде жұмыс істеу тәртібі</w:t>
+        <w:t xml:space="preserve"> 5-тарау. Дерекқорларды ғылыми және ғылыми-техникалық қызметте сәйкестендірілмеген түрінде пайдалану үшін ұсынудан бас тарту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z59" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Зерттеушінің кабинетіне кіру графигі уәкілетті орган ведомствосының тиісті аумақтық бөлімшелерінің жұмыс кестесін ескере отырып, қаралған өтінімдерге сәйкес қалыптастырылады.</w:t>
+      29. Дерекқорларды ғылыми және ғылыми-техникалық қызметте сәйкестендірілмеген түрінде пайдалану үшін ұсынудан бас тарту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z60" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Зерттеушінің кабинеті сыртқы құрылғыларды қосу мүмкін емес дербес компьютермен, сондай-ақ бейнебақылау жүйелерімен жабдықталады.</w:t>
+      1) дерекқорларды иесіздендіру үшiн техникалық мүмкiндiк болмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z61" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Уәкілетті орган ведомствосының аумақтық бөлімшесінің басшысы Зерттеуші кабинетінің жұмысына жауапты қызметкерді (бұдан әрі – жауапты қызметкер) тағайындайды.</w:t>
+      2) егер сұратылған ақпарат мемлекеттік статистика органдары қалыптастыратын мәліметтерді есептеу негізінде жиналмаған және алынуы мүмкін болмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z62" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Жауапты қызметкер зерттеушінің одан әрі жұмыс істеуі үшін электрондық жеткізгіштен (CD диск) Дерекқорды дербес компьютерге жүктейді және оны қайта пайдалануды болдырмайтын күйге дейін деформациялау арқылы электрондық жеткізгішті (CD диск) жояды.</w:t>
+      3) егер өтінім сұратылған ақпараттың мазмұнын бір мәнде анықтауға мүмкіндік бермеген (статистикалық байқаудың атауы, көрсеткіштер тізбесі, кезеңділігі, динамикалық қатары, аумақтық бөлініс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z63" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Электрондық жеткізгіш (CD диск) жойылғаннан кейін жауапты қызметкер осы Қағидаларға </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша сәйкестендірілмеген түріндегі дерекқоры бар электрондық жеткізгішті (CD диск) жою туралы журналға белгі қояды. </w:t>
+      4) осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген құжаттарды ұсынбаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z64" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Зерттеушінің қозғалысы жауапты қызметкердің сүйемелдеуімен жүзеге асырылады.</w:t>
+      5) егер бұрын қаралған өтінімдерде осы Қағидалардың 18-тармағының талаптары орындалмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z65" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      26. Зерттеушіге Зерттеушінің кабинетіне фото- және бейнеаппаратураны, жазу құрылғыларын, ақпарат жеткізгіштерді, байқаудың визуалды құралдарын, есептеу техникасын, радиотехникалық және басқа да қосарлы мақсаттағы аппаратураны, техникалық құрылғыларды, оның ішінде деректерді беру мүмкіндігі бар сымсыз құрылғыларды, интернет модульдермен жарақтандырылған жеке байланыстың мобильді құралдарын және мобильді құрылғыларды, фото және бейнекамералармен, сондай-ақ басқа да электрондық жеткізгіштерді кіргізуге жол берілмейді.</w:t>
+        <w:t xml:space="preserve">
+      6) зерттеуші осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26-тармақтарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген шектеулерді сақтамаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z66" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      27. </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес шектеулерді сақтамағаны туралы Акт жасайды.</w:t>
+      7) зерттеуші осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген міндеттемелерді сақтамаған жағдайларда көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="55"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 5-тарау. Дерекқорларды ғылыми және ғылыми-техникалық қызметте сәйкестендірілмеген түрінде пайдалану үшін ұсынудан бас тарту</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-тармаққа өзгеріс енгізілді - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...279 lines deleted...]
-    <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2660,68 +3408,106 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="64"/>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дерекқорларды ғылыми және ғылыми-техникалық қызметте сәйкестендірілмеген түрінде пайдалану үшін алуға өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаға өзгеріс енгізілді - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3206,51 +3992,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дерекқорларды сәйкестендірілмеген түрінде пайдалану мақсаты (кемінде 200 сөз)</w:t>
+Дерекқорларды сәйкестендірілмеген түрінде пайдалану мақсаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3641,52 +4427,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Дерекқорларды сәйкестендірілмеген түрінде алу тәсілі (электрондық жеткізгіште (CD диск) немесе Зерттеушінің кабинетінде дерекқормен сәйкестендірілмеген түрінде жұмыс істеу мүмкіндігі) </w:t>
+              <w:t>
+Дерекқорларды сәйкестендірілмеген түрінде алу тәсілі (сәйкестендірілмеген түрінде дерекқорларды жүктеуге арналған сілтеме орналастырылған Пайдаланушы кабинеті арқылы немесе сәйкестендірілмеген түріндегі дерекқор электрондық жеткізгіштен (CD диск) дербес компьютерге жүктелетін Зерттеушінің кабинетінде дерекқормен сәйкестендірілмеген түрінде жұмыс істеу мүмкіндігі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4074,354 +4860,392 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="65"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Алушының дерекқорларды сәйкестендірілмеген түрінде жария етпеу және оны үшінші тұлғаларға беруді шектеу туралы міндеттемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мен ______________________________________________________________________ </w:t>
+      Ескерту. 2-қосымшаға өзгеріс енгізілді - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (зерттеушінің тегі, аты, әкесінің аты (бар болған жағдайда), жеке куәлігінің нөмірі) </w:t>
+      Мен ______________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      __________________________________________________________________________ </w:t>
+      (зерттеушінің тегі, аты, әкесінің аты (бар болған жағдайда), жеке куәлігінің нөмірі) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (заңды тұлға атауы) </w:t>
+      __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      __________________________________________________________________________ </w:t>
+      (заңды тұлға атауы) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (зерттеушінің лауазымы) </w:t>
+      __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ___________________________ лауазымы бойынша лауазымдық міндеттерді атқарушы</w:t>
+        <w:t xml:space="preserve">
+      (зерттеушінің лауазымы) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      __________________________________________________________________________ </w:t>
+        <w:t>
+      ___________________________ лауазымы бойынша лауазымдық міндеттерді атқарушы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-                              (жұмыстың сипатын көрсетіңіз)</w:t>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      тақырыбындағы ғылыми жұмыс жүргізу кезеңіне маған дерекқордың сәйкестендірілмеген түрінде (бұдан әрі – дерекқор) ұсынылатыны туралы хабардармын. </w:t>
+        <w:t>
+                              (жұмыстың сипатын көрсетіңіз)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осымен: </w:t>
+      тақырыбындағы ғылыми жұмыс жүргізу кезеңіне маған дерекқордың сәйкестендірілмеген түрінде (бұдан әрі – дерекқор) ұсынылатыны туралы хабардармын. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Маған жұмысты орындаумен байланысты сеніп берілген (берілетін) немесе белгілі болған (болатын) дерекқордан алынатын ақпаратты жария етпеу және үшінші тұлғаларға бермеу. </w:t>
+      Осымен: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Дерекқорды көшірмеу. </w:t>
+      1. Маған жұмысты орындаумен байланысты сеніп берілген (берілетін) немесе белгілі болған (болатын) дерекқордан алынатын ақпаратты жария етпеу және үшінші тұлғаларға бермеу. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Үшінші тұлғалар менен дерекқордағы ақпаратты алуға әрекет еткен жағдайда, бұл жөнінде дереу мемлекеттік статистика саласындағы уәкілетті органның ведомствосына (бұдан әрі – уәкілетті органның ведомствосы) хабарлау. </w:t>
+      2. Дерекқорды көшірмеу. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Жұмыс аяқталғаннан кейін маған ұсынылған электронды жеткізгіштегі дерекқорларды Актімен (екі данада) жою және осы Актінің екінші данасын уәкілетті орган ведомствосының мекенжайына жолдау. </w:t>
+      3. Үшінші тұлғалар менен дерекқордағы ақпаратты алуға әрекет еткен жағдайда, бұл жөнінде дереу мемлекеттік статистика саласындағы уәкілетті органның ведомствосына (бұдан әрі – уәкілетті органның ведомствосы) хабарлау. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Жұмыс аяқталғаннан кейін маған сәйкестендірілмеген түрінде дерекқорларды жүктеуге арналған сілтеме орналастырылған Пайдаланушы кабинеті арқылы ұсынылған дерекқорды жою. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Дерекқорлардан алынатын ақпаратты коммерциялық мақсатында пайдаланбау міндеттемелерін өзіме аламын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4683,68 +5507,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сәйкестендірілмеген түрінде дерекқоры бар электрондық жеткізгішті (CD диск) жою актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5470,68 +6294,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электрондық жеткізгіштердегі (CD диск) сәйкестендірілмеген түрінде дерекқорды жою журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -10101,68 +10925,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Зерттеушінің шектеулерді сақтамауы туралы акт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________________________________________________________________, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10548,68 +11372,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:bookmarkStart w:name="z78" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Зерттеушінің кабинетіндегі жұмыс нәтижесін зерттеушіге беру журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -15036,55 +15860,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>