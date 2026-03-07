--- v0 (2025-10-12)
+++ v1 (2026-03-07)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8a41a82" w14:textId="8a41a82">
+    <w:p w14:paraId="7dacf94" w14:textId="7dacf94">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Қазақстан Республикасы Атом энергиясы жөніндегі агенттігінің Атомдық қадағалау мен бақылау комитеті" республикалық мемлекеттік мекемесі туралы ережені бекіту туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>"Қазақстан Республикасы Атом энергиясы жөніндегі агенттігінің Атомдық қадағалау және бақылау комитеті" республикалық мемлекеттік мекемесі туралы және оның аумақтық бөлімшесі туралы ережелерді бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Атом энергиясы жөніндегі агенттігі төрағасының 2025 жылғы 9 маусымдағы № 05-н/қ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда – ҚР Атом энергиясы жөніндегі агенттігі төрағасының м.а. 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Құқықтық актілер туралы" Қазақстан Республикасы Заңының 35-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -191,75 +229,193 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5) және 6) тармақшаларына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      1. Мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған "Қазақстан Республикасы Атом энергиясы жөніндегі агенттігінің Атомдық қадағалау мен бақылау комитеті" республикалық мемлекеттік мекемесі туралы </w:t>
+      1) осы бұйрыққа 1-қосымшаға сәйкес "Қазақстан Республикасы Атом энергиясы жөніндегі агенттігінің Атомдық қадағалау және бақылау комитеті" республикалық мемлекеттік мекемесі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осы бұйрыққа 2-қосымшаға сәйкес "Қазақстан Республикасы Атом энергиясы жөніндегі агенттігі Атомдық қадағалау және бақылау комитетінің Оңтүстік өңіраралық инспекциясы" республикалық мемлекеттік мекемесі туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ереже</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Атом энергиясы жөніндегі агенттігі төрағасының м.а. 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Атом энергиясы жөніндегі агенттігінің Атомдық қадағалау мен бақылау комитеті (бұдан әрі – Комитет) Қазақстан Республикасы заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -591,3695 +747,5614 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Атом энергиясы жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>агенттігі төрағасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 9 маусымдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 05-н/қ бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Ереженің оң жақ жоғарғы бұрышы жаңа редакцияда – ҚР Атом энергиясы жөніндегі агенттігі төрағасының м.а. 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Атом энергиясы жөніндегі агенттігінің Атомдық қадағалау және бақылау комитеті" республикалық мемлекеттік мекемесі туралы ереже</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Ереженің тақырыбы жаңа редакцияда – ҚР Атом энергиясы жөніндегі агенттігі төрағасының м.а. 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қазақстан Республикасы Атом энергиясы жөніндегі агенттігінің Атомдық қадағалау және бақылау комитеті" республикалық мемлекеттік мекемесі (бұдан әрі – Комитет) Қазақстан Республикасының Атом энергиясы жөніндегі агенттігінің (бұдан әрі – Агенттік) атом энергиясын пайдалану саласындағы басшылықты жүзеге асыратын ведомствосы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Атом энергиясы жөніндегі агенттігі төрағасының м.а. 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Комитет өз қызметiн Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституциясына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының заңдарына, Қазақстан Республикасының Президентi мен Үкiметiнiң актiлерiне, өзге де нормативтiк құқықтық актiлерге, сондай-ақ Агенттігінің Ережесіне және осы Ережеге сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Комитет ядролық, радиациялық және ядролық физикалық қауіпсіздік мәселелері бойынша өз бетінше шешім қабылдайды, өз қызметінде Қазақстан Республикасының заңнамасын, Қазақстан Республикасының халықаралық шарттық және өзге де міндеттемелерінің нормаларын, оның ішінде Атом энергиясы жөніндегі халықаралық агенттікпен келісімдер шеңберіндегі нормаларды басшылыққа алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Комитет республикалық мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, қазақ және орыс тілдерінде өз атауы бар мөрі мен мөртабандары, Қазақстан Республикасының заңнамасына сәйкес белгіленген үлгідегі бланкілері болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Комитет азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Комитеттің, егер оған Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген болса, мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Комитет өз құзыретінің мәселелері бойынша Қазақстан Республикасының заңнамасында белгіленген тәртіппен Комитет басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Комитеттің құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, 010000, Астана қаласы, Есіл ауданы, Мәңгілік Ел даңғылы, 57а.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Атом энергиясы жөніндегі агенттігі төрағасының м.а. 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Мемлекеттік органның толық атауы – "Қазақстан Республикасы Атом энергиясы жөніндегі агенттігінің Атомдық қадағалау және бақылау комитеті" республикалық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Атом энергиясы жөніндегі агенттігі төрағасының м.а. 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Осы Ереже Комитеттің құрылтай құжаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Комитет қызметiн қаржыландыру Қазақстан Республикасының заңнамасына сәйкес республикалық бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Комитетке кәсiпкерлiк субъектiлерiмен Комитеттің өкілеттілігі болып табылатын мiндеттердi орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Комитетке Қазақстан Республикасының заңнамалық актiлерімен кiрiстер әкелетiн қызметтi жүзеге асыру құқығы берiлсе, онда алынған кірістер, егер Қазақстан Республикасының заңнамасынада өзгеше белгіленбесе, мемлекеттік бюджетке жiберiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Комитеттің міндеттері мен өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) атом энергиясын пайдалану саласындағы мемлекеттiк саясатты іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өз құзыретi шегiнде Комитетке жүктелген өзге де мiндеттердi жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқықтары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құзыреті шегінде консультативтік-кеңесші органдар (жұмыс топтары, комиссиялар, кеңестер) құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік органдардан, өзге де ұйымдардың лауазымды адамдарынан және жеке тұлғалардан Қазақстан Республикасының заңнамалық актілерінде белгіленген коммерциялық және заңмен қорғалатын өзге де құпияны құрайтын мәліметтерді жария етуге қойылатын талаптарды сақтай отырып, Комитетке жүктелген функцияларды жүзеге асыруға қажетті ақпаратты сұрату және алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативтік құқықтық актілерді әзірлеу жөнінде ұсыныстар енгізу немесе осындай актілердің бастамашылық жобаларын уәкілетті органдардың қарауына беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орталық және жергілікті атқарушы органдарға өздері қабылдаған актілердің күшін жою немесе оларды өзгерту туралы ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитетке жүктелген функцияларды жүзеге асыру кезінде мемлекеттік органдар мен өзге де ұйымдардың мамандарын, сондай-ақ шетелдік және жергілікті сарапшылар мен мамандарды жұмысқа тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      халықаралық шарттар (келісімдер) жасасу жөнінде ұсыныстар енгізу, шет елдердің тиісті ведомстволарымен, халықаралық ұйымдармен және шетелдік заңды тұлғалармен келіссөздер жүргізу, шарттар (келісімдер) жасасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексерілетін субъектілерді тексеру санын, сондай-ақ тексеру парақтарына сәйкес анықталған бұзушылықтарды және оларға қолданылған әкімшілік ықпал ету шараларын ведомстволық есепке алуды жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орталық және жергілікті атқарушы органдардың, сондай-ақ заңды тұлғалардың басшыларымен меморандумдар (келісімдер) жасасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитеттің және оның аумақтық органдарының қызметіне қатысты мәселелер бойынша құқықтық актілерді әзірлеу және келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамалық актілерінде, Қазақстан Республикасы Президенті мен Қазақстан Республикасы Үкіметінің актілерінде, Қазақстан Республикасының өзге де заңға тәуелді актілерінде көзделген өзге де құқықтарды пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңдарында белгіленген жағдайларды қоспағанда, өз өкілеттіктерін жүзеге асыру кезінде алынған коммерциялық, қызметтік, Заңмен қорғалатын өзге де құпияны құрайтын ақпаратты жария етпеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде белгіленген тәртіппен және мерзімдерде жеке және заңды тұлғалардың өтініштерін, Қазақстан Республикасы азаматтарының петицияларын қабылдау және қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамалық актілерінде, Қазақстан Республикасы Президенті мен Қазақстан Республикасы Үкіметінің актілерінде, Қазақстан Республикасының өзге де заңға тәуелді актілерінде көзделген өзге де міндеттерді орындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Функциялары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде атом энергиясын пайдалану саласындағы мемлекеттік саясатты іске асыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) атом энергиясын пайдалану саласындағы реттеушілік, іске асыру және бақылау-қадағалау функцияларын жүзеге асырады және өз құзыреті шегінде Агенттіктің стратегиялық функцияларын орындауға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде жеке және заңды тұлғалардың қызметіне бақылау мен қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде халықаралық ынтымақтастықты жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыреті шегінде лицензиялауды және рұқсат беру рәсімдерін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) рұқсат беру бақылауын жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жеке және заңды тұлғалардың өтініштерін талдау, бағалау және бақылау нәтижелері бойынша шаралардың орындалуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының атом энергиясын пайдалану саласындағы заңнамасын жетілдіру жөнінде ұсыныстар дайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) атом энергиясын пайдалану саласындағы мемлекеттік бақылауды және қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ядролық қондырғылардың, радиациялық көздердің, радиоактивті материалдарды сақтау пункттерінің терроризмге қарсы қорғалуының жай-күйін, ядролық материалдарды, радиоактивті заттарды, радиоактивті қалдықтарды бірыңғай мемлекеттік есепке алу және бақылау жүйелерін бақылауды және қадағалауды жүзеге асырады, өндірістік объектілердің терроризмге қарсы қорғалуы жай-күйінің мониторингін ұйымдастыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) радиациялық қауіпсіздік нормалары мен қағидаларын, лицензиялар шарттарының сақталуын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) белгіленген құзырет шеңберінде атом энергиясын пайдалану саласындағы техникалық регламенттер талаптарының сақталуын Қазақстан Республикасының Кәсіпкерлік кодексінде айқындалған тәртіппен мемлекеттік бақылауды және қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) Қазақстан Республикасы Кәсіпкерлік кодексінің 132-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік бақылау және қадағалау субъектілерінің (объектілерінің) қызметіне қойылатын талаптарды белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парақтарын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес атом энергиясын пайдалану саласындағы тексеру және профилактикалық бақылау нысанында мемлекеттік бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) атом энергиясын пайдалану саласында тергеп-тексеру жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) бұзылуы жедел ден қою шараларын қолдануға алып келетін талаптардың тізбесін, сондай-ақ талаптарды нақты бұзушылықтарға қатысты жедел ден қою шарасының нақты түрін осы шараның қолданылу мерзімін (қажет болған кезде) көрсете отырып әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Қазақстан Республикасының атом энергиясын пайдалану саласындағы заңнамасының талаптарын бұзушылықтарға қатысты жедел ден қою шараларын қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) атом энергиясын пайдалану саласында лицензиялануға жататын ядролық материалдар, радиоактивті заттар және электрофизикалық қондырғылар үшін алып қою деңгейлерін әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) өз құзыреті шегінде азаматтық қорғау іс-шараларын жүзеге асыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) төтенше жағдайлардың туындауының алдын алу және оларды жою, олар туындаған жағдайда залал мен ысырап мөлшерін азайту, сондай-ақ төтенше жағдайларда объектілердің жұмыс істеуінің орнықтылығы мен қауіпсіздігін арттыру жөнінде жедел шаралар қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) атом энергиясын пайдалану саласында өзіндік ерекшелігі бар тауарларды бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) құзыреті шегінде өзіндік ерекшелігі бар тауарларды бақылау саласындағы мемлекеттік саясатты іске асыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) "Өзіндік ерекшелігі бар тауарларды бақылау туралы" Қазақстан Республикасының Заңында және Қазақстан Республикасының заңнамасында белгіленген құзыреті шегінде өзіндік ерекшелігі бар тауарларды бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) ядролық материалдар мен иондаушы сәулелену көздерінің мемлекеттік есебін жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) Қазақстан Республикасының атом энергиясын пайдалану туралы заңнамасын бұзушылықтар бойынша сотқа жүгінеді және соттың істерді қарауы кезінде қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) ядролық материалдарды, иондаушы сәулелену көздерін мемлекеттік есепке қою немесе мемлекеттік есептен шығару туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) өзіндік ерекшелігі бар тауарларды бақылау саласындағы мемлекеттік реттеуді жүзеге асыратын уәкілетті мемлекеттік органның ядролық және арнайы ядролық емес материалдардың, жабдықтардың, қондырғылардың, технологиялардың, иондаушы сәулелену көздерінің, қосарлы қолданылатын (мақсаттағы) жабдықтар мен тиісті тауарлардың және технологиялардың, оларды шығаруға байланысты жұмыстардың, көрсетілетін қызметтердің экспортына және импортына лицензия беруін келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) көліктік қаптама комплектілерінің конструкцияларын бекітеді, сондай-ақ оларға басқа елдердің уәкілетті органдары бекіткен сертификаттар-рұқсаттардың Қазақстан Республикасының аумағында әрекетін қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) атом энергиясын пайдалану саласындағы қызметті жүзеге асыратын жеке және заңды тұлғалар үшін атом энергиясын пайдалану объектісінің Қазақстан Республикасының атом энергиясын пайдалану саласындағы заңнамасында белгіленген ядролық, радиациялық және ядролық физикалық қауіпсіздік талаптарына сәйкестігін растау әдістері мен тәсілдеріне қатысты әдістемелік ұсынымдарды әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) иондандырушы сәулелену көздерінің болуы, орналасқан жері және орын ауыстыруы туралы алынған ақпаратты талдауды және салыстырып тексеруді жүзеге асырады және оны иондаушы сәулелену көздерінің тізіліміне енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) атом энергиясы пайдаланылатын объектілерде жұмыс істейтін персоналды аттестаттауды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) ядролық қауіпсіздік және (немесе) радиациялық қауіпсіздік және (немесе) ядролық физикалық қауіпсіздік сараптамасын жүзеге асыратын ұйымдарды аккредиттеуді жүргізеді;   35) ядролық қауіпсіздік және (немесе) радиациялық қауіпсіздік және (немесе) ядролық физикалық қауіпсіздік сараптамасын жүзеге асыратын аккредиттелген ұйымдардың тізілімін жүргізеді және оны Агенттіктің интернет-ресурсында орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) құзыреті шегінде стандарттау жөніндегі құжаттардың жобаларын қарауды, сондай-ақ стандарттау саласындағы уәкілетті органға енгізу үшін ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, оларға өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстар дайындауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) ядролық физикалық қауіпсіздікті қамтамасыз ету жоспарына түзетулерді қарайды және келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) санкциясыз қол жеткізуге, санкциясыз алып қоюға немесе диверсия жасауға байланысты немесе олар іс жүзінде жасалған оқиға болған жағдайда, оқиға себептері, олардың жай-күйі және салдары, сондай-ақ қолданылған немесе қолданылатын түзету шаралары туралы пайдаланушы ұйымның есебін қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) иондандырушы сәулелену көздерін және сақтау пункттерін физикалық қорғауды қамтамасыз етудің жай-күйі туралы пайдаланушы ұйымнан ақпарат алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) ядролық материалдарды тасымалдаудың арнайы шарттарын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) радиоактивті заттарды және (немесе) радиоактивті қалдықтарды тасымалдаудың арнайы шарттарын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) Комитеттің интернет-ресурсында ядролық қауіпсіздік және (немесе) радиациялық қауіпсіздік және (немесе) ядролық физикалық қауіпсіздік сараптамаларын жүзеге асыратын аккредиттелген ұйымдардың тізілімін орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) Қазақстан Республикасының халықаралық міндеттемелеріне сәйкес ядролық материалдар мен уран өнімі туралы дерекқорда қамтылған мәліметтерді Атом энергиясы жөніндегі халықаралық агенттікке ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) уран өнімі мен ядролық материалдардың бар-жоғы, олардың орын ауыстыруы және орналасқан жері туралы алдын ала хабарламалардағы, хабарламалар мен есептердегі жеке және заңды тұлғалар ұсынатын деректерді алдыңғы деректермен салыстырып тексеруді жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) уран өнімі мен ядролық материалдардың бар-жоғы, олардың орын ауыстыруы және орналасқан жері туралы, жеке немесе заңды тұлғаның тіркеу деректері туралы, атом энергиясын пайдалану саласындағы қызметтің тиісті түріне лицензияның бар-жоғы, экспортқа немесе импортқа лицензияның бар-жоғы туралы алдын ала хабарламалардағы, хабарламалар мен есептердегі жеке және заңды тұлғалар ұсынатын ақпаратты тексереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) атом энергиясын пайдаланатын объектілерде жұмыс істейтін персоналды аттестаттауды өткізу үшін тестілеу сұрақтарының тізбесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) атом энергиясын пайдаланатын объектілерде жұмыс істейтін персоналды аттестаттауды өткізетін комиссияны құрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) пайдаланушы ұйым ұсынатын жергілікті жобалық қауіп-қатер жоспарын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) радиациялық қауiпсiздiктi бағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) радиациялық қауiпсiздiктi бағалау нәтижелерiн талдайды және бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) атом энергиясын пайдалану саласында нормативтік техникалық құжаттарды әзірлейді, келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) пайдаланушы ұйым белгілеген ықтимал радиациялық қауіптілік санатын және радиациялық объектінің қауіпсіздігін келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) техникалық регламент талаптарына немесе халықаралық талаптарға немесе олардың шығарылған елінде бекітілген талаптарына сәйкес келетін ядролық қондырғылардың конструкциялары, жүйелері және элементтері үшін қолданылатын инженерлік-техникалық нормалар мен қағидалардың тізбесін келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) қауіпсіздікті талдау жөніндегі алдын ала есепті қарастыру нәтижелері бойынша қорытынды береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) қауіпсіздікті талдау жөніндегі есептің құрамы мен мазмұнын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) ядролық қондырғыларды пайдаланудың технологиялық регламентін келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) техникалық регламенттердің талаптары қолданылатын жабдықтар мен құбырларды қоса алғанда, ядролық, радиациялық және электрофизикалық қондырғылардың қауіпсіздігіне әсер ететін элементтер жүйелерін тіркеуді, сондай-ақ тіркеуден алуды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) ядролық қондырғыларды пайдалану жобалау құжаттамасын, сондай-ақ ядролық қондырғыларды орналастыру алаңдарын таңдауды негіздейтін материалдарды келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) ядролық қондырғыны физикалық іске қосу процесінде эксперименттерді жүргізу әдістемесін келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) ядролық қондырғыны физикалық іске қосу бағдарламасын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) ядролық қондырғының әкімшілігі әзірлеген энергетикалық іске қосу бағдарламасын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) пайдаланушы ұйым әзірлеген белгіленген нысандағы ядролық қондырғыға паспортты бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) бекітілген жобалық құжаттамадан ауытқуларды, атом станциясының қауіпсіздігіне әсер ететін құрамның, конструкцияның және (немесе) сипаттамалары мен жүйелерінің өзгерістерін, сондай-ақ техникалық шешімдермен ресімделген атом станциясының жобасында белгіленген пайдалану шектері мен шарттарының өзгерістерін келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) арнайы қабылдап алуға тиісті жабдық пен құбырларға конструкторлық құжаттаманы (және оған барлық өзгерістерді) келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) әзірлеуші кәсіпорын белгілеген жабдыққа паспорттың және өзге де куәліктердің нысанын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) қолданыстағы жабдық пен құбырларда пайдаланудың технологиялық регламентінде көзделмеген әртүрлі зерттеулер мен эксперименттерді жүргізуді келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) атом станциясының әкімшілігі бекіткен жөндеу мерзімдерін ауыстыруды және атом станциясының жүйелерін, жабдығын және құбырларын пайдалану бойынша жұмыс көлемдерін азайтуды келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) жабдықты және құбырларды жұмыс параметрлеріне шығарумен байланысты іске қосу-баптау жұмыстарын жүргізуге және атом станциясының жүйелерін жұмыс параметрлері кезінде пайдалануға рұқсаттар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) атом станциялары жабдығының белгіленген жұмыс параметрлерін өзгерту туралы техникалық шешімдерді келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) отынды және атом станциялары белсенді аймағының компоненттерін сынақтан өткізу бағдарламаларын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z121" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) ядролық, радиациялық және электрофизикалық қондырғылардың қауіпсіздігі үшін сапаны қамтамасыз ету бағдарламаларының үлгілік мазмұнын және оны бекіту тәртібін әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z122" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) радиациялық қауіпсіздікке, ядролық материалдар мен иондандырушы сәулелендіру көздерін физикалық қорғауға және аварияға қарсы жоспарлауға, есепке алу мен бақылауға қатысты нормалар мен қағидаларды әзірлейді және келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) ядролық материалдарды және ядролық қондырғыларды физикалық қорғау қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) иондандырушы сәулелену көздерін және сақтау пункттерін физикалық қорғау қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) ядролық және радиациялық қондырғыларды пайдаланудан шығару қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z126" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) Қазақстан Республикасының аумағында Атом энергиясы жөнiндегi халықаралық агенттіктің инспекцияларын ұйымдастыру тәртібін әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z127" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) ядролық қауіпсіздік және (немесе) радиациялық қауіпсіздік және (немесе) ядролық физикалық қауіпсіздік сараптамаларын жүзеге асыратын ұйымдарды аккредиттеу қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z128" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78) ядролық материалдарды мемлекеттік есепке алу қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z129" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) иондандырушы сәулелену көздерін мемлекеттік есепке алу қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z130" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80) радионуклидті көздермен жұмыс істеу кезіндегі қауіпсіздік қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z131" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81) Ядролық және радиациялық аварияларға ден қоюдың ұлттық жоспарын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z132" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) ядролық материалдарды, радиоактивті заттарды және радиоактивті қалдықтарды тасымалдау қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z133" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83) ядролық қондырғыларды және көму пункттерін орналастыру алаңын таңдау қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z134" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84) ядролық қауіпсіздікке және (немесе) радиациялық қауіпсіздікке және (немесе) ядролық физикалық қауіпсіздікке сараптаманы жүргізу қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z135" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) атом энергиясын пайдаланатын объектілерде жұмыс істейтін персоналдың біліктілігін арттыру қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z136" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86) атом энергиясын пайдаланатын объектілерде жұмыс істейтін персоналды аттестаттау қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87) Агенттікке халыққа және (немесе) қоршаған ортаға қауіпсіздік қаупі туындаған жағдайда ядролық қондырғыларды мерзімінен бұрын пайдаланудан шығару немесе көму пункттерін жабу туралы ұсыныс енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z138" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88) көліктік қаптама комплектілерінің конструкцияларын бекіту тәртібін әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89) радиоактивті қалдықтарды және пайдаланылып болған ядролық отынды жинауды, сақтауды және көмуді ұйымдастыру қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z140" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90) атом энергиясын пайдалану объектілерінде жұмыс істейтін персоналдың біліктілік талаптарын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z141" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91) Қазақстан Республикасының заңдарында белгіленген құзыреті шегінде әкімшілік құқық бұзушылық туралы істер бойынша іс жүргізуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92) өз құзыреті шегінде Қазақстан Республикасының ұлттық қауіпсіздік, мемлекеттік құпияларды қорғау, азаматтық қорғаныс, жұмылдыру дайындығы және жұмылдыру саласындағы заңдары мен өзге де нормативтік құқықтық актілерінің сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93) Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің, Үкіметтің актілерінде және Агенттіктің бұйрықтарында көзделген өзге де өкілеттіктерді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94) Комитет әзірлеген және (немесе) қабылдаған нормативтік құқықтық актілерге қатысты құқықтық мониторингті жүргізеді (соның ішінде Комитет жүзеге асыратын бұрын қабылданған актілер бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95) құзыреті шегінде Агенттіктің Операциялық жоспары мен даму жоспарына стратегиялық және бағдарламалық құжаттарды, ұсыныстарды әзірлеуге, іске асыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96) Қазақстан Республикасы Президентінің, Мемлекеттік хатшысының, Қазақстан Республикасы Президенті Әкімшілігі басшылығының және Қазақстан Республикасы Үкіметі Аппаратының тапсырмаларына актілер мен жауаптардың жобаларын сапалы және уақтылы дайындауды, сондай-ақ жетекшілік ететін мәселелер бойынша жоғары тұрған органдардың бақылау тапсырмаларын орындауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      97) Қазақстан Республикасы Президентінің 2010 жылғы 27 сәуірдегі № 976 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген функцияларға сәйкес Қазақстан Республикасы Президентінің Әкімшілігімен және Қазақстан Республикасы Үкіметінің Аппаратымен өзара іс-қимылды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z148" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Комитет қызметін ұйымдастыру кезіндегі оның басшысының мәртебесі және өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z149" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Комитетке басшылықты Комитетке жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын Төраға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z150" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Комитет төрағасы Қазақстан Республикасының заңнамасында белгіленген тәртіппен лауазымға тағайындалады және лауазымнан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z151" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Қазақстан Республикасының заңнамасында белгіленген тәртіппен лауазымға тағайындайтын және лауазымнан босататын Комитет төрағасының орынбасарлары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z152" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Төрағаның өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z153" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының заңнамасына сәйкес өз орынбасарларының, Комитеттің құрылымдық бөлімшелері басшыларының міндеттері мен өкілеттіктерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z154" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Комитеттің құрылымдық бөлімшелері туралы ережелерді, Комитеттің мемлекеттік әкімшілік қызметшілерінің лауазымдық нұсқаулықтарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z155" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Агенттіктің Аппарат басшысына Комитет Төрағасының орынбасарлары мен оның аумақтық бөлімшелерінің басшыларын лауазымға тағайындау және лауазымнан босату, тәртіптік жауапкершілікке тарту, іссапарға жіберу, демалыс беру, материалдық көмек көрсету, даярлау (қайта даярлау), біліктілігін арттыру, көтермелеу, үстемақы төлеу және сыйлықақы беру туралы ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) еңбек қатынастары мәселелері жоғары тұрған мемлекеттік органдар мен лауазымды адамдардың құзыретіне жатқызылған қызметкерлерді қоспағанда, Қазақстан Республикасының заңнамасында белгіленген тәртіппен Комитеттің және оның аумақтық бөлімшелерінің жұмыскерлерін қызметке тағайындайды және қызметтен босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z157" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техникалық қызмет көрсетудi жүзеге асыратын және Комитеттің жұмыс iстеуiн қамтамасыз ететiн адамдарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z158" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      еңбек шарты негізінде қызметін Комитетте жүзеге асыратын адамдарды жұмысқа қабылдауды және еңбек шартын тоқтатуды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z159" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Еңбек қатынастары мәселелері жоғары тұрған мемлекеттік органдар мен лауазымды адамдардың құзыретіне жатқызылған қызметкерлерді қоспағанда, Комитеттің және оның аумақтық бөлімшелерінің жұмыскерлерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техникалық қызмет көрсетудi жүзеге асыратын және Комитеттің жұмыс iстеуiн қамтамасыз ететiн адамдарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      еңбек шарты негізінде қызметін Комитетте жүзеге асыратын адамдарды тәртіптік жауапкершілікке тарту, іссапарға жіберу, демалыс беру, материалдық көмек көрсету, даярлау (қайта даярлау), біліктілікті арттыру, көтермелеу, үстемақы төлеу, сыйлықақы беру мәселелерін шешеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Комитеттің аумақтық бөлімшесі басшысының ұсынуы бойынша Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техникалық қызмет көрсетуді жүзеге асыратын және Комитеттің аумақтық бөлімшелерінің жұмыс істеуін қамтамасыз ететін адамдарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      еңбек шарты негізінде Комитеттің аумақтық бөлімшелерінде қызметін жүзеге асыратын адамдарға материалдық көмек көрсету, көтермелеу, үстемақылар төлеу және сыйлықақы беру туралы мәселелерді шешеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z165" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Комитеттің аумақтық бөлімшелерінің қызметіне басшылықты жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z166" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) аумақтық бөлімшелердің актілері мен шешімдерінің қолданылуын толығымен немесе бір бөлігінде жояды немесе тоқтата тұрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z167" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ескертулер болмаған жағдайда, Комитеттің келісуіне келіп түскен нормативтік құқықтық актілердің жобаларына бұрыштама қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z168" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) өз құзыреті шегінде Комитеттің бұйрықтарына қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z169" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) заңнамаға сәйкес Комитетті мемлекеттік органдармен және өзге ұйымдармен өзара қатынастарда Комитеттің мүдделерін білдіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z170" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Комитеттегі сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі шараларды қабылдайды және осы үшін дербес жауаптылықта болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z171" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Агенттіктің басшылығына Комитеттің құрылымы мен штаттық кестесі бойынша ұсыныстарды ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z172" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Қазақстан Республикасының заңдарына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z173" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төраға болмаған кезеңде оның өкілеттіктерін орындауды Қазақстан Республикасының қолданыстағы заңнамасына сәйкес, оны ауыстыратын адам жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармаққа өзгеріс енгізілді – ҚР Атом энергиясы жөніндегі агенттігі төрағасының м.а. 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z174" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Комитет Төрағасының орынбасарлары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z175" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде Комитеттің қызметін үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z176" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Комитет Төрағасымен жүктелген өзге де функцияларды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z177" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Комитеттің мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z178" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Комитеттің Қазақстан Республикасының заңнамасында көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z179" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитеттің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z180" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Комитетке бекiтiлген мүлiк республикалық меншiкке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z181" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Егер заңнамада өзгесі көзделмесе, Комитеттің өзіне бекiтiлген мүлiктi және қаржыландыру жоспары бойынша өзіне бөлiнген қаражат есебiнен сатып алынған мүлiктi дербес иелiктен шығаруға немесе өзге тәсiлмен иелік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z182" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Комитетті қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z183" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Комитетті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z184" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комитеттің аумақтық бөлімшелерінің тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбе жаңа редакцияда – ҚР Атом энергиясы жөніндегі агенттігі төрағасының м.а. 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасы Атом энергиясы жөніндегі агенттігі Атомдық қадағалау және бақылау комитетінің Батыс өңіраралық инспекциясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасы Атом энергиясы жөніндегі агенттігі Атомдық қадағалау және бақылау комитетінің Оңтүстік өңіраралық инспекциясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасы Атом энергиясы жөніндегі агенттігі Атомдық қадағалау және бақылау комитетінің Шығыс өңіраралық инспекциясы.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атом энергиясы жөніндегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>агенттігі Төрағасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2025 жылғы 9 маусымдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 05-н/қ бұйрығымен</w:t>
-[...12 lines deleted...]
-              <w:t>бекітілді</w:t>
+              <w:t>№ 05-н/қ бұйрығына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Қазақстан Республикасы Атом энергиясы жөніндегі агенттігінің Атомдық қадағалау мен бақылау комитеті" республикалық мемлекеттік мекемесі туралы ЕРЕЖЕ</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+        <w:t xml:space="preserve"> "Қазақстан Республикасы Атом энергиясы жөніндегі агенттігі Атомдық қадағалау және бақылау комитетінің Оңтүстік өңіраралық инспекциясы" республикалық мемлекеттік мекемесі туралы ереже</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрық 2-қосымшамен тоықтырылды – ҚР Атом энергиясы жөніндегі агенттігі төрағасының м.а. 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+        <w:t xml:space="preserve"> 1 тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z190" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қазақстан Республикасы Атом энергиясы жөніндегі агенттігі Атомдық қадағалау және бақылау комитетінің Оңтүстік өңіраралық инспекциясы" республикалық мемлекеттік мекемесі (бұдан әрі – Мекеме) Қазақстан Республикасы Атом энергиясы жөніндегі агенттігі Атомдық қадағалау және бақылау комитетінің (бұдан әрі – Комитет) аумақтық бөлімшесі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z191" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Комитет өз қызметiн Қазақстан Республикасының </w:t>
+      2. Мекеме өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, Қазақстан Республикасының заңдарына, Қазақстан Республикасының Президентi мен Үкiметiнiң актiлерiне, өзге де нормативтiк құқықтық актiлерге, сондай-ақ Агенттігінің Ережесіне және осы Ережеге сәйкес жүзеге асырады.</w:t>
-[...263 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+        <w:t>, Қазақстан Республикасының заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекеме өз қызметін Алматы және Шымкент қалаларының, Алматы, Жамбыл, Жетісу, Қызылорда, Түркістан және Ұлытау облыстарының әкімшілік шекаралары шегінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z192" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мекеме мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік және орыс тілдерінде өз атауы бар мөрі мен мөртабандары, белгіленген үлгідегі бланкілері болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z193" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мекеме азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z194" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мекеме, егер оған Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген болса, мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z195" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мекеме өз құзыретінің мәселелері бойынша Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мекеме басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен рәсімделетін шешімдер қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z196" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мекеменің құрылымы мен штат саны Қазақстан Республикасының қолданыстағы заңнамасына сәйкес бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z197" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Мекеменің орналасқан жері: Қазақстан Республикасы, 160021, Шымкент қаласы, Тұран ауданы, Байтурсынов көшесі, 66.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z198" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мекеменің толық атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан Республикасы Атом энергиясы жөніндегі агенттігі Атомдық қадағалау және бақылау комитетінің Оңтүстік өңіраралық инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z199" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы Ереже Мекеменің құрылтай құжаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z200" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мекеменің қызметін қаржыландыру республикалық бюджет қаражаты есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z201" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мекемеге кәсіпкерлік субъектілерімен Мекеменің өкілеттігі болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Мекемеге заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда мұндай қызметтен алынған кірістер мемлекеттік бюджетке жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z202" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Комитеттің міндеттері мен өкілеттіктері</w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+        <w:t xml:space="preserve"> 2 тарау. Мекеменің міндеттері, құқықтары, міндеттері мен функциялары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z203" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) атом энергиясын пайдалану саласындағы мемлекеттік саясатты іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өз құзыреті шегінде мекемеге жүктелген өзге де міндеттерді жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z204" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z205" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамалық актілерінде белгіленген коммерциялық және заңмен қорғалатын өзге де құпияны құрайтын мәліметтерді жария етуге қойылатын талаптарды сақтай отырып, Мекемеге жүктелген функцияларды жүзеге асыру үшін қажетті ақпаратты мемлекеттік органдардан, өзге де ұйымдардың лауазымды адамдарынан және жеке тұлғалардан сұратуға және алуға;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нормативтік құқықтық актілерді әзірлеу жөнінде ұсыныстар енгізу немесе осындай актілердің бастамашылық жобаларын уәкілетті органдардың қарауына беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-[...140 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекемеге жүктелген функцияларды жүзеге асыру кезінде мемлекеттік органдар мен өзге де ұйымдардың мамандарын жұмысқа тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексерілетін субъектілерді тексеру санының, сондай-ақ тексеру парақтарына және оларға қабылданған әкімшілік ықпал ету шараларына сәйкес анықталған бұзушылықтардың ведомстволық есебін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамалық актілерінде, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде, Қазақстан Республикасының өзге де заңға тәуелді актілерінде көзделген өзге де құқықтарды пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...2040 lines deleted...]
-    <w:bookmarkStart w:name="z148" w:id="142"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңдарында белгіленген жағдайларды қоспағанда, өз өкілеттіктерін жүзеге асыру кезінде алынған коммерциялық, қызметтік, заңмен қорғалатын өзге де құпияны құрайтын ақпаратты жария етпеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке және заңды тұлғалардың өтініштерін, Қазақстан Республикасы азаматтарының өтініштерін Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде белгіленген тәртіппен және мерзімдерде қабылдау және қарауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамалық актілерінде, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде, Қазақстан Республикасының өзге де заңға тәуелді актілерінде көзделген өзге де міндеттерді орындауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z207" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z208" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) атом энергиясын пайдалану саласында мемлекеттік бақылау мен қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) құзыреті шегінде жеке және заңды тұлғалардың қызметіне бақылау мен қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) радиациялық қауіпсіздік нормалары мен қағидаларының, лицензиялар шарттарының сақталуын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес тексеру және профилактикалық бақылау нысанында мемлекеттік бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) атом энергиясын пайдалану объектілерінің ядролық, ядролық физикалық және радиациялық қауіпсіздігін қамтамасыз етуге мемлекеттік бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) халықтың радиациялық қауіпсіздігін қамтамасыз ету саласында бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының атом энергиясын пайдалану саласындағы заңнамасының талаптарын бұзуға қатысты жедел ден қою шараларын қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңдарында белгіленген құзыреті шегінде әкімшілік құқық бұзушылық туралы істер бойынша іс жүргізуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) рұқсат беру бақылауын жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының атом энергиясын пайдалану саласындағы заңнамасын жетілдіру жөнінде ұсыныстар дайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мемлекеттік органдар мен ведомстволық бағынысты ұйымдардың мамандарын, консультанттарын және сарапшыларын тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Қазақстан Республикасының атом энергиясын пайдалану саласындағы заңнамасын бұзу жөніндегі істерді сот қараған кезде сотқа жүгінеді және қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) өз құзыреті шегінде ұлттық қауіпсіздік, мемлекеттік құпияларды қорғау, азаматтық қорғау, жұмылдыру дайындығы және жұмылдыру саласындағы Қазақстан Республикасының заңдары мен өзге де нормативтік құқықтық актілерінің сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің, Үкіметтің актілерінде және Қазақстан Республикасы Атом энергиясы жөніндегі агенттігі төрағасының бұйрықтарында көзделген өзге де функцияларды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Комитет қызметін ұйымдастыру кезіндегі оның басшысының мәртебесі және өкілеттіктері</w:t>
-[...581 lines deleted...]
-    <w:bookmarkStart w:name="z177" w:id="171"/>
+        <w:t xml:space="preserve"> 3-тарау. Мекеме басшысының қызметін ұйымдастыру кезіндегі оның мәртебесі мен өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z210" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Мекемеге басшылықты Мекемеге жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болатын басшы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z211" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Мекеменің басшысы Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z212" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Комитеттің штат кестесінде көзделген жағдайда мекеме басшысының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасары (орынбасарлары) болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z213" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Мекеме басшысының өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Мекеменің жұмысын ұйымдастырады және оған басшылық жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Комитет Төрағасына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекеме қызметкерлерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техникалық қызмет көрсетуді жүзеге асыратын және Мекеменің жұмыс істеуін қамтамасыз ететін тұлғаларды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      еңбек шарты негізінде Мекемеде қызметін жүзеге асыратын тұлғаларды тәртіптік жауаптылыққа тарту, іссапарға жіберу, демалыс беру, материалдық көмек көрсету, даярлау (қайта даярлау), біліктілігін арттыру, көтермелеу, үстемеақылар төлеу, сыйлықақы беру туралы ұсыныс енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Мекемеге жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына, шығыс құжаттардың сапасы мен уақытылылығына, сондай-ақ республикалық бюджеттен бөлінген қаражаттың мақсатты пайдаланылуына дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде бұйрықтарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Мекеме қызметкерлерінің лауазымдық нұсқаулықтарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыреті шегінде іс-шараларды ұйымдастырады және Мекемеде сыбайлас жемқорлыққа қарсы іс-қимыл жөнінде шаралар қабылдауға дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Мекеменің құрылымдық бөлімшелері туралы ережелерді бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Мекеменің атынан мемлекеттік органдарда және өзге де ұйымдарда өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекеме басшысы болмаған кезеңде оның өкілеттіктерін орындауды Қазақстан Республикасының қолданыстағы заңнамасына сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z214" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Мекеме басшысы қолданыстағы заңнамаға сәйкес өз орынбасарларының өкілеттіктерін (бар болса) айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z215" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Комитеттің мүлкі</w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z182" w:id="176"/>
+        <w:t xml:space="preserve"> 4-тарау. Мекеменің мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z216" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Мекеменің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекеменің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z217" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Мекемеге бекітілген мүлік республикалық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z218" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, Мекеме өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша бөлінген қаражат есебінен сатып алынған мүлікті дербес иеліктен шығаруға немесе оған өзге тәсілмен билік етуге құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z219" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. Комитетті қайта ұйымдастыру және тарату</w:t>
-[...102 lines deleted...]
-    <w:bookmarkEnd w:id="181"/>
+        <w:t xml:space="preserve"> 5-тарау. Мекемені қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z220" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Мекемені қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4605,31 +6680,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>