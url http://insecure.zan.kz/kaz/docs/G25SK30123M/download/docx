--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="601455c" w14:textId="601455c">
+    <w:p w14:paraId="9ba5575" w14:textId="9ba5575">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -211,655 +211,635 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Солтүстік Қазақстан облысы Тайынша ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
+        <w:t>
+      1. Солтүстік Қазақстан облысы Тайынша ауданының Рощинск ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше осы шешімнің 1, 2 және 3-қосымшаларына сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кірістер – 38214 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салық түсімдері – 18520 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімдері – 19694 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 38233,2 мың теңге;</w:t>
+      2) шығындар – 42027,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -19,2 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -3813,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнай емес тапшылығы (профициті) – -19,2 мың теңге;</w:t>
+      6) бюджеттің мұнай емес тапшылығы (профициті) – -3813,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 19,2 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 3813,2 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 19,2 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 3813,2 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 375/26 (01.01.2025 бастап қолданысқа енгізіледі); 06.11.2025 № 392/27 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тайынша ауданы Рощинск ауылдық округі бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес қалыптастырылатыны белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Рощинск ауылдық округінің бюджетіне аудандық бюджеттен берілетін бюджеттік субвенция 18719 мың теңге сомасында белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Рощинск ауылдық округінің бюджетінде республикалық бюджеттен 20 мың теңге сомасында ағымдағы нысаналы трансферттер түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Рощинск ауылдық округінің бюджетінде аудандық бюджеттен 955 мың теңге сомасында ағымдағы нысаналы трансферттер түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. 2025 жылға арналған Рощинск ауылдық округінің бюджетінде осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтары есебінен шығыстар көзделсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 263/20 "Солтүстік Қазақстан облысы Тайынша ауданы Рощинск ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1297,130 +1277,150 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Рощинск ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 375/26 (01.01.2025 бастап қолданысқа енгізіледі); 06.11.2025 № 392/27 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z42" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1433,70 +1433,68 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1836,51 +1834,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1)Кірістер</w:t>
+1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3252,51 +3250,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірыңғай жер салығы</w:t>
+Бірыңғай жерсалығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4693,51 +4691,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38233,2</w:t>
+42027,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4870,51 +4868,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24519</w:t>
+29036,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5047,51 +5045,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24519</w:t>
+29036,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5224,51 +5222,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24519</w:t>
+29036,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5401,51 +5399,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12181</w:t>
+12281</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5578,51 +5576,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12181</w:t>
+12281</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5755,51 +5753,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2849</w:t>
+5132,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5932,51 +5930,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000</w:t>
+439</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6109,51 +6107,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3298</w:t>
+1575,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6463,51 +6461,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1414</w:t>
+690,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6640,51 +6638,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1414</w:t>
+690,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6817,51 +6815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1414</w:t>
+690,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8319,70 +8317,68 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8722,51 +8718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4)Қаржы активтері мен операциялар бойынша сальдо</w:t>
+4) Қаржы активтері мен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8859,70 +8855,68 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9475,51 +9469,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--19,2</w:t>
+-3813,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9612,87 +9606,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Бюджеттің мұнай емес тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--19,2</w:t>
+6) бюджеттің мұнай емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 3813,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9785,87 +9779,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-19,2</w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3813,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11223,51 +11217,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19,2</w:t>
+3813,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11400,51 +11394,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19,2</w:t>
+3813,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11577,51 +11571,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19,2</w:t>
+3813,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11926,68 +11920,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="32"/>
+    <w:bookmarkStart w:name="z47" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Рощинск ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12062,70 +12056,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="33"/>
+          <w:bookmarkStart w:name="z48" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
+          <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18948,70 +18942,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="34"/>
+          <w:bookmarkStart w:name="z49" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
+          <w:bookmarkEnd w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19488,70 +19482,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="35"/>
+          <w:bookmarkStart w:name="z50" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
+          <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -22555,68 +22549,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="36"/>
+    <w:bookmarkStart w:name="z56" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Рощинск ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -22691,70 +22685,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="37"/>
+          <w:bookmarkStart w:name="z57" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
+          <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -29577,70 +29571,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="38"/>
+          <w:bookmarkStart w:name="z58" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
+          <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -30117,70 +30111,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="39"/>
+          <w:bookmarkStart w:name="z59" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
+          <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -33184,68 +33178,86 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="40"/>
+    <w:bookmarkStart w:name="z65" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджеттік қаражаттардың бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 375/26 (01.01.2025 бастап қолданысқа енгізіледі); 06.11.2025 № 392/27 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -33261,51 +33273,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
+Санат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -33320,86 +33332,66 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="41"/>
-[...34 lines deleted...]
-мың теңге</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33429,51 +33421,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныбы</w:t>
+Сынып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -33545,86 +33537,66 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="42"/>
-[...34 lines deleted...]
-сыныбы</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сынып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -33783,51 +33755,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19,2</w:t>
+3813,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33924,87 +33896,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражаты қалдықтары</w:t>
-[...35 lines deleted...]
-19,2</w:t>
+Бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3813,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34137,93 +34109,93 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19,2</w:t>
+3813,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функционалдық топ</w:t>
+Функционалды топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -34238,86 +34210,66 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="43"/>
-[...34 lines deleted...]
-мың теңге</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34332,86 +34284,66 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="44"/>
-[...34 lines deleted...]
-әкімшісі</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -34697,51 +34629,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19,2</w:t>
+3813,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34874,51 +34806,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19,2</w:t>
+3813,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34938,160 +34870,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-19,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3813,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -35111,164 +35047,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-19,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3794</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -35851,31 +35787,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>