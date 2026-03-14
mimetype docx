--- v1 (2025-12-28)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9ba5575" w14:textId="9ba5575">
+    <w:p w14:paraId="e784e60" w14:textId="e784e60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>