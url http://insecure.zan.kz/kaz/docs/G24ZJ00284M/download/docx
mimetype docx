--- v0 (2025-11-10)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="30878b1" w14:textId="30878b1">
+    <w:p w14:paraId="3bbf3c6" w14:textId="3bbf3c6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -192,535 +192,549 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, аудандық мәслихат ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025-2027 жылдарға арналған Бұлдырты ауылдық округінің бюджеті </w:t>
+      1. 2025-2027 жылдарға арналған Бұлдырты ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3- қосымшаларға</w:t>
+        <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
+        <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 74 780 мың теңге:</w:t>
+      1) кірістер – 74 780 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 4 541 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      арнаулы түсімдер – 0 теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      трансферттер түсімдері – 70 239мың теңге; </w:t>
+      трансферттер түсімі – 70 239 мың теңге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 80 068 мың теңге;</w:t>
+      2) шығындар – 80 068 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
+      4) қаржылық активтермен жасалатын операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатып алу – 0 теңге;</w:t>
+      қаржылық активтерді сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
+      мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -5 288 теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -5 288 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – 0 теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 5 288 мың теңге: </w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 5 288 мың теңге: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қарыздар түсімі – 0 теңге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қарыздарды өтеу – 0 теңге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары - 5288 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 5 288 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Сырым аудандық мәслихатының 19.06.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Сырым аудандық мәслихатының 31.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33-1</w:t>
+        <w:t>№ 39-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. 2025 жылға арналған Бұлдырты ауылдық округінің бюджет түсімдері Қазақстан Республикасының Бюджет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -755,71 +769,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Сырым аудандық мәслихатының "2025-2027 жылдарға арналған аудандық бюджет туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қалыптастырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Бұлдырты ауылдық округінің бюджетіне аудандық бюджеттен берілетін трансферттер түсімдерінің сомасы 7 500 мың теңге, соның ішінде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елдi мекендердің санитариясын қамтамасыз ету -7 500 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -856,70 +870,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1091,258 +1105,278 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шешіміне қосымша</w:t>
+              <w:t xml:space="preserve">Сырым аудандық мәслихатының </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024 жылғы 30 желтоқсандағы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 28-4 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Бұлдырты ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Батыс Қазақстан облысы Сырым аудандық мәслихатының 19.06.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Батыс Қазақстан облысы Сырым аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33-1</w:t>
+        <w:t>№ 40-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1352,118 +1386,116 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1473,118 +1505,115 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1627,118 +1656,115 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1781,3415 +1807,3371 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...149 lines deleted...]
-              <w:t xml:space="preserve"> 5</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...97 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74780</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...101 lines deleted...]
-              <w:t>
 Салықтық түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...101 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...101 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...101 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3441</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...101 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...101 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...101 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...101 lines deleted...]
-              <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...101 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншiктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...101 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...101 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...101 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...101 lines deleted...]
-              <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...101 lines deleted...]
-              <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...101 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...101 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5199,117 +5181,116 @@
               <w:t>
 Кiшi функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5319,150 +5300,148 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5472,182 +5451,179 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5657,4179 +5633,4134 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...200 lines deleted...]
-              <w:t xml:space="preserve"> 6</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80068</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...134 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61996</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61996</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63996</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-55516</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56540</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органдардың күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-8480</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-8672</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елдi- мекендердi көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-8672</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-8672</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-1697</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1656</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елдi мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердi абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-4975</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3128</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 900</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 900</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 900</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 900</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9839,117 +9770,116 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9959,150 +9889,148 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10112,182 +10040,179 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10297,1007 +10222,995 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11307,117 +11220,116 @@
               <w:t>
 Кiшi функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11427,150 +11339,148 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11580,182 +11490,179 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11765,371 +11672,368 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12139,117 +12043,116 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12259,150 +12162,148 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12412,182 +12313,179 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12597,2063 +12495,2036 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін елден тыс жерлерде сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін елден тыс жерлерде сатудан түсетін түсімдер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...166 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -5288</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5288</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк iшкi қарыздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз алу келiсiм-шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органы алатын қарыздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14663,117 +14534,116 @@
               <w:t>
 Кiшi функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14783,150 +14653,148 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14936,182 +14804,179 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15121,2360 +14986,876 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының жоғары тұрған бюджет алдындағы борышын өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
-            </w:r>
-[...1470 lines deleted...]
-5288</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17545,68 +15926,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 30 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 28-4 шешіміне 2 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Бұлдырты ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -33521,68 +31902,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 30 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 28-4 шешіміне 3 – қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Бұлдырты ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -49458,55 +47839,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>