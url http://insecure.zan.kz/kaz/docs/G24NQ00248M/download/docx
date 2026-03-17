--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0dd5237" w14:textId="0dd5237">
+    <w:p w14:paraId="c9414c3" w14:textId="c9414c3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -236,51 +236,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кірістер 28 909,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -515,61 +515,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Сарыкөл ауданы мәслихатының 14.02.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Сарыкөл ауданы мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 275</w:t>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1046,88 +1046,90 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сарыкөл ауданы Барвиновка ауылының 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Сарыкөл ауданы мәслихатының 14.02.2025 </w:t>
+      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Сарыкөл ауданы мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 275</w:t>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -1533,408 +1535,415 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...29 lines deleted...]
-I</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кірістер</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 909,0</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық түсімдер</w:t>
+Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 365,0</w:t>
+28 909,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1958,87 +1967,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыс салығы</w:t>
+Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 671,0</w:t>
+13 365,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2059,165 +2068,165 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке табыс салығы</w:t>
+Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 671,0</w:t>
+3 083,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2238,165 +2247,165 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншiкке салынатын салықтар</w:t>
+Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 147,0</w:t>
+3 083,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2417,165 +2426,165 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлікке салынатын салықтар</w:t>
+Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66,0</w:t>
+7 728,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2638,123 +2647,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер салығы</w:t>
+Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20,0</w:t>
+76,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2817,123 +2826,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк құралдарына салынатын салық</w:t>
+Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 726,0</w:t>
+24,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2996,123 +3005,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірыңғай жер салығы</w:t>
+Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 335,0</w:t>
+ 4 291,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3133,165 +3142,165 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 547,0</w:t>
+3 335,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3312,207 +3321,203 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер</w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 547,0</w:t>
+2 553,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3528,203 +3533,207 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 544,0</w:t>
+2 553,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3748,51 +3757,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік баскарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3849,1302 +3858,1287 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+Мемлекеттік баскарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15 544,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-Функционалдық топ</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 544,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...75 lines deleted...]
-Бағдарлама</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...59 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...61 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 525,3</w:t>
-[...1 lines deleted...]
-          </w:p>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 448,0</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығындар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
-[...35 lines deleted...]
-24 448,0</w:t>
+29 525,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5159,61 +5153,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5236,51 +5226,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5336,57 +5326,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5401,96 +5395,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5514,61 +5504,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5583,57 +5569,61 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5656,87 +5646,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 507,0</w:t>
+24 448,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5756,61 +5746,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5825,166 +5811,174 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді-мекендерді көркейту</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 507,0</w:t>
+24 448,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5999,61 +5993,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6076,51 +6066,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6176,57 +6166,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6241,96 +6235,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі көшелерді жарықтандыру</w:t>
+Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6354,61 +6344,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6423,57 +6409,61 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6496,87 +6486,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк және коммуникация</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 570,3</w:t>
+2 507,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6596,61 +6586,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6665,166 +6651,174 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автомобиль көлiгi</w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 570,3</w:t>
+2 507,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6839,61 +6833,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6916,51 +6906,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7016,57 +7006,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7081,132 +7075,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+Автомобиль көлiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 954,0</w:t>
+2 570,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7259,586 +7249,1193 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-616,3</w:t>
+2 570,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 055,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+514,5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:tcBorders>
-[...26 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...61 lines deleted...]
-Атауы</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -9069,68 +9666,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="16"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сарыкөл ауданы Барвиновка ауылының 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -15448,68 +16045,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="17"/>
+    <w:bookmarkStart w:name="z36" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сарыкөл ауданы Барвиновка ауылының 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>