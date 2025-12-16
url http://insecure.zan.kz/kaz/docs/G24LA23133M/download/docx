--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8c3a066" w14:textId="8c3a066">
+    <w:p w14:paraId="534d0b5" w14:textId="534d0b5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес Қызылорда қалалық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Ақжарма ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,310 +253,311 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 428 437,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 470 728,9 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 9 070,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер - 164,0 мың теңге;</w:t>
+      салықтық емес түсімдер – 164,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 419 203,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 431 593,7 мың теңге;</w:t>
+      2) шығындар – 473 885,6 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0;</w:t>
+      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – - 3 156,7 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитті пайдалану) – 3 156,7 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -609,167 +593,167 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда қалалық мәслихатының 04.06.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда қалалық мәслихатының 29.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 277-39/3</w:t>
+        <w:t>№ 298-42/4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қалалық бюджеттен Ақжарма ауылдық округі бюджетіне берілетін субвенция көлемі 2025 жылға – 126 958,0 мың теңге, 2026 жылға – 123 981,0 мың теңге, 2027 жылға – 126 130,0 мың теңге сомасында бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Ақжарма ауылдық округі бюджетін атқару процесінде секвестрлеуге жатпайтын бюджеттік бағдарламалар тізбесі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -973,120 +957,120 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 24 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№231-33/3 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 жылға арналған Ақжарма ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда қалалық мәслихатының 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 298-42/4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақжарма ауылдық округінің бюджеті</w:t>
-      </w:r>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
@@ -1142,51 +1126,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1859,51 +1860,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-428 437,0</w:t>
+470 728,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3817,51 +3818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-419 203,0</w:t>
+461 494,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4600,51 +4601,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-431 593,7</w:t>
+473 885,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9407,51 +9408,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 361,0</w:t>
+ 6 301,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9616,51 +9617,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-361,0</w:t>
+6 301,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9825,51 +9826,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-361,0</w:t>
+6 301,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10066,302 +10067,302 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-295 430,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 940,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10452,51 +10453,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-295 430,0</w:t>
+331 781,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10516,196 +10517,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-295 430,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+331 781,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10757,164 +10758,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3 185,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+331 781,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11007,123 +11008,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-058</w:t>
-[...71 lines deleted...]
-292 245,0</w:t>
+040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өңірлерді дамытудың 2025 жылға дейінгі мемлекеттік бағдарламасы шеңберінде өңірлерді экономикалық дамытуға жәрдемдесу бойынша шараларды іске асыруға ауылдық елді мекендерді жайластыруды шешуге арналған іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 185,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11207,128 +11208,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+058</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылымдарды дамыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+328 596,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11453,51 +11458,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+3. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11521,192 +11526,188 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11730,188 +11731,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...136 lines deleted...]
-4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12072,51 +12077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12140,192 +12145,188 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12349,224 +12350,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
--3 156,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12691,469 +12696,465 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-3 156,7</w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-3156,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3156,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
-[...131 lines deleted...]
-Қарыздарды өтеу</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13177,93 +13178,93 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13386,437 +13387,437 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-3 156,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-3 156,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3156,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13836,50 +13837,259 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3156,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13981,51 +14191,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 156,7</w:t>
+3156,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14096,68 +14306,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 24 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№231-33/3 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="17"/>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Ақжарма ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -26325,68 +26535,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 24 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№231-33/3 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="18"/>
+    <w:bookmarkStart w:name="z36" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Ақжарма ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -38558,68 +38768,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 жылғы 24 желтоқсандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№231-33/3 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="19"/>
+    <w:bookmarkStart w:name="z40" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақжарма ауылдық округі бюджетін атқару процесінде секвестрлеуге жатпайтын бюджеттік бағдарламалар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>