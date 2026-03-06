--- v0 (2025-11-15)
+++ v1 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f465f4a" w14:textId="f465f4a">
+    <w:p w14:paraId="8d646ad" w14:textId="8d646ad">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -267,50 +267,146 @@
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жасады</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "ақпараттық жүйе", "ақпараттық жүйесінің", "ақпараттық жүйесінде", "ақпараттық жүйесі", "ақпараттық жүйелер" деген сөздер тиісінше "цифрлық жүйе", "цифрлық жүйесінің", "цифрлық жүйесінде", "цифрлық жүйесі", "цифрлық жүйелер" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-бап. Осы Заңның қолданылу саласы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Заң кейіннен сатып алу құқығымен жеке тұлғаларға немесе мемлекеттік емес заңды тұлғаларға сенімгерлік басқаруға берілген, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан да көп пайызы ұлттық басқарушы холдингке, ұлттық холдингке, ұлттық компанияларға тікелей немесе жанама тиесілі заңды тұлғаларды қоспағанда, ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың және дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан да көп пайызы ұлттық басқарушы холдингтерге, ұлттық холдингтерге, ұлттық компанияларға тікелей немесе жанама тиесілі ұйымдардың, сондай-ақ әлеуметтік-кәсіпкерлік корпорациялардың (бұдан әрі – квазимемлекеттік сектордың жекелеген субъектілері) жұмыс істеуін қамтамасыз ету, сондай-ақ жарғылық қызметін орындау үшін қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуға байланысты қатынастарды реттейді. </w:t>
@@ -675,965 +771,1167 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ағымдағы, жинақтаушы, нысаналы жарналарды және орынтұрақ орындарын, қоймаларды күтіп-ұстауға арналған ағымдағы жарналарды төлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z200" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) "Өнеркәсіптік саясат туралы" Қазақстан Республикасының Заңына сәйкес жасалатын өнеркәсіпті дамытуға бағытталған шарттар шеңберіндегі сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z210" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) исламдық қаржыландыру бойынша, оның ішінде шет мемлекеттердің аумағында тіркелген ұйымдармен жасалатын мәмілелерді іске асыру шеңберінде тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу жағдайларына қолданылмайды.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-бапты 18) тармақшамен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгеріс енгізілді – ҚР 27.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 87-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 15.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z202" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-1-бап. Осы Заңның мақсаты мен міндеті</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z203" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Квазимемлекеттік сектордың жекелеген субъектілерінің сатып алуы саласында жүргізілетін саясатқа сәйкес мемлекеттік басқарудың стратегиялық мақсаттарына, мемлекеттің міндеттері мен функцияларына қол жеткізуді қамтамасыз ету осы Заңның мақсаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z204" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Заңда көзделген сатып алуды жүзеге асыру қағидаттары арқылы мемлекеттік қаржы мен бюджетті тиімді басқару бойынша квазимемлекеттік сектордың жекелеген субъектілерінің сатып алу субъектілері үшін құқықтық негіздер құру осы Заңның міндеті болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгеріс енгізілді – ҚР 27.12.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 01.07.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-1-баппен толықтырылды – ҚР 01.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 107-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); 15.07.2025 </w:t>
-[...39 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="20"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...40 lines deleted...]
-      2. Осы Заңда көзделген сатып алуды жүзеге асыру қағидаттары арқылы мемлекеттік қаржы мен бюджетті тиімді басқару бойынша квазимемлекеттік сектордың жекелеген субъектілерінің сатып алу субъектілері үшін құқықтық негіздер құру осы Заңның міндеті болып табылады.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-бап. Осы Заңда пайдаланылатын негізгі ұғымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:p>
-[...114 lines deleted...]
-      Осы Заңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z20" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) алдын ала біліктілікті іріктеу – әлеуетті өнім берушілерді сатып алуды жүзеге асыру қағидаларында көзделген біліктілік талаптарына сәйкестігі тұрғысынан бағалау процесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z20" w:id="24"/>
-[...15 lines deleted...]
-      1) алдын ала біліктілікті іріктеу – әлеуетті өнім берушілерді сатып алуды жүзеге асыру қағидаларында көзделген біліктілік талаптарына сәйкестігі тұрғысынан бағалау процесі;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) анық емес ақпарат – әлеуетті өнім берушінің немесе өнім берушінің тендер, аукцион, бір көзден алу және баға ұсыныстарын сұрату тәсілдерімен сатып алуға қатысуға арналған өтінімінде қамтылған, сол сияқты құжаттардың шынайы мазмұнын бұрмалайтын және әлеуетті өнім берушінің немесе өнім берушінің ұсынылған өтініміне сәйкес келмейтін түзетулер арқылы енгізілген жалған мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z21" w:id="25"/>
-[...15 lines deleted...]
-      2) анық емес ақпарат – әлеуетті өнім берушінің немесе өнім берушінің тендер, аукцион, бір көзден алу және баға ұсыныстарын сұрату тәсілдерімен сатып алуға қатысуға арналған өтінімінде қамтылған, сол сияқты құжаттардың шынайы мазмұнын бұрмалайтын және әлеуетті өнім берушінің немесе өнім берушінің ұсынылған өтініміне сәйкес келмейтін түзетулер арқылы енгізілген жалған мәліметтер;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуетті өнім беруші – сатып алу туралы шарт жасасуға үмітті, кәсіпкерлік қызметті жүзеге асыратын жеке тұлға, заңды тұлға (егер Қазақстан Республикасының заңдарында олар үшін өзгеше белгіленбесе, мемлекеттік мекемелерді қоспағанда), консорциум;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z22" w:id="26"/>
-[...15 lines deleted...]
-      3) әлеуетті өнім беруші – сатып алу туралы шарт жасасуға үмітті, кәсіпкерлік қызметті жүзеге асыратын жеке тұлға, заңды тұлға (егер Қазақстан Республикасының заңдарында олар үшін өзгеше белгіленбесе, мемлекеттік мекемелерді қоспағанда), консорциум;</w:t>
+    <w:bookmarkStart w:name="z211" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) әлеуетті өнім берушінің үлестес тұлғасы – әлеуеттi өнім берушінің шешiмдерiн айқындауға және (немесе) ол қабылдайтын шешiмдерге, оның iшiнде жазбаша түрде жасалған мәмiленiң күшiне орай ықпал етуге құқығы бар кез келген жеке немесе заңды тұлға, сондай-ақ өзiне қатысты осы әлеуеттi өнім берушінің осындай құқығы болатын кез келген жеке немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z211" w:id="27"/>
-[...15 lines deleted...]
-      3-1) әлеуетті өнім берушінің үлестес тұлғасы – әлеуеттi өнім берушінің шешiмдерiн айқындауға және (немесе) ол қабылдайтын шешiмдерге, оның iшiнде жазбаша түрде жасалған мәмiленiң күшiне орай ықпал етуге құқығы бар кез келген жеке немесе заңды тұлға, сондай-ақ өзiне қатысты осы әлеуеттi өнім берушінің осындай құқығы болатын кез келген жеке немесе заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) біртекті тауарлардың түрлері – бірін-бірі алмастырмайтын біртекті тауарлар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z23" w:id="28"/>
-[...15 lines deleted...]
-      4) біртекті тауарлардың түрлері – бірін-бірі алмастырмайтын біртекті тауарлар;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) біртекті тауарлар, жұмыстар, көрсетілетін қызметтер – бірдей болып табылмаса да, ұқсас сипаттамалары бар және нақ сол бір функцияларды орындауға мүмкіндік беретін ұқсас құрауыштардан тұратын тауарлар, жұмыстар, көрсетілетін қызметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z24" w:id="29"/>
-[...15 lines deleted...]
-      5) біртекті тауарлар, жұмыстар, көрсетілетін қызметтер – бірдей болып табылмаса да, ұқсас сипаттамалары бар және нақ сол бір функцияларды орындауға мүмкіндік беретін ұқсас құрауыштардан тұратын тауарлар, жұмыстар, көрсетілетін қызметтер;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жұмыстар – заттық нәтижесі бар қызмет, сондай-ақ Қазақстан Республикасының заңдарына сәйкес жұмыстарға жатқызылған өзге де қызмет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z25" w:id="30"/>
-[...15 lines deleted...]
-      6) жұмыстар – заттық нәтижесі бар қызмет, сондай-ақ Қазақстан Республикасының заңдарына сәйкес жұмыстарға жатқызылған өзге де қызмет;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) келісу комиссиясы – шарт жасасудан жалтарған және сатып алуға жосықсыз қатысушылардың тізіліміне немесе Қордың сенімсіз әлеуетті өнім берушілерінің (өнім берушілерінің) тізбесіне енгізілген әлеуетті өнім берушілердің жолданымдарын қарайтын, тұрақты жұмыс істейтін алқалы орган. Келісу комиссиясының құрамы, жұмыс істеу және шешім қабылдау тәртібі сатып алуды жүзеге асыру қағидаларында айқындалады. Бұл ретте келісу комиссиясының құрамына міндетті түрде Қазақстан Республикасының Ұлттық кәсіпкерлер палатасының, Қазақстан Республикасының Ұлттық кәсіпкерлер палатасында аккредиттелген салалық қауымдастықтардың (одақтардың) өкілдері кіреді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z26" w:id="31"/>
-[...15 lines deleted...]
-      7) келісу комиссиясы – шарт жасасудан жалтарған және сатып алуға жосықсыз қатысушылардың тізіліміне немесе Қордың сенімсіз әлеуетті өнім берушілерінің (өнім берушілерінің) тізбесіне енгізілген әлеуетті өнім берушілердің жолданымдарын қарайтын, тұрақты жұмыс істейтін алқалы орган. Келісу комиссиясының құрамы, жұмыс істеу және шешім қабылдау тәртібі сатып алуды жүзеге асыру қағидаларында айқындалады. Бұл ретте келісу комиссиясының құрамына міндетті түрде Қазақстан Республикасының Ұлттық кәсіпкерлер палатасының, Қазақстан Республикасының Ұлттық кәсіпкерлер палатасында аккредиттелген салалық қауымдастықтардың (одақтардың) өкілдері кіреді;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) көрсетілетін қызметтер – тапсырыс берушінің қажеттіліктерін қанағаттандыруға бағытталған, заттық нәтижесі жоқ қызмет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z27" w:id="32"/>
-[...15 lines deleted...]
-      8) көрсетілетін қызметтер – тапсырыс берушінің қажеттіліктерін қанағаттандыруға бағытталған, заттық нәтижесі жоқ қызмет;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қордың ұйымдары – дауыс беретін акцияларының (қатысу үлестерінің) елу және одан да көп пайызы меншік немесе сенімгерлік басқару құқығымен Қорға тікелей немесе жанама тиесілі заңды тұлғалар. Жанама тиесілілік өзге заңды тұлғаның дауыс беретін акцияларының (қатысу үлестерінің) елу және одан да көп пайызы әрбір келесі заңды тұлғаға меншік немесе сенімгерлік басқару құқығымен тиесілі болатынын білдіреді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z28" w:id="33"/>
-[...15 lines deleted...]
-      9) Қордың ұйымдары – дауыс беретін акцияларының (қатысу үлестерінің) елу және одан да көп пайызы меншік немесе сенімгерлік басқару құқығымен Қорға тікелей немесе жанама тиесілі заңды тұлғалар. Жанама тиесілілік өзге заңды тұлғаның дауыс беретін акцияларының (қатысу үлестерінің) елу және одан да көп пайызы әрбір келесі заңды тұлғаға меншік немесе сенімгерлік басқару құқығымен тиесілі болатынын білдіреді;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) офтейк-келісімшарт – құны, саны (көлемі) және беру мерзімдері бойынша алдын ала келісілген талаптармен өнім беруші болашақта өндіруді және оны беруді қамтамасыз етуді жоспарлап отырған тауарды беруге тапсырыс беруші мен өнім беруші арасында жасалған шарт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z29" w:id="34"/>
-[...15 lines deleted...]
-      10) офтейк-келісімшарт – құны, саны (көлемі) және беру мерзімдері бойынша алдын ала келісілген талаптармен өнім беруші болашақта өндіруді және оны беруді қамтамасыз етуді жоспарлап отырған тауарды беруге тапсырыс беруші мен өнім беруші арасында жасалған шарт;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) сатып алу – тапсырыс берушілердің осы Заңда, сатып алуды жүзеге асыру қағидаларында белгіленген тәртіппен тауарларды, жұмыстарды, көрсетілетін қызметтерді ақылы негізде сатып алуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z30" w:id="35"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="36"/>
+    <w:bookmarkStart w:name="z31" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) сатып алу веб-порталы – осы Заңға және сатып алуды жүзеге асыру қағидаларына сәйкес сатып алуды электрондық форматта өткізуді қамтамасыз ететін ақпараттық жүйе; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z32" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) сатып алуға қатысушы – тапсырыс беруші, сатып алуды ұйымдастырушы, әлеуетті өнім беруші, өнім беруші және электрондық сатып алу ақпараттық жүйесінің операторы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z32" w:id="37"/>
-[...15 lines deleted...]
-      13) сатып алуға қатысушы – тапсырыс беруші, сатып алуды ұйымдастырушы, әлеуетті өнім беруші, өнім беруші және электрондық сатып алу ақпараттық жүйесінің операторы;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) сатып алуды бақылау жөніндегі орталықтандырылған қызмет – акционері ұлттық басқарушы холдинг немесе ұлттық холдинг болып табылатын ұлттық компанияны қоспағанда, ұлттық басқарушы холдингтің, ұлттық холдингтің, ұлттық компанияның қызметі, сондай-ақ әлеуметтік-кәсіпкерлік корпорацияның қызметі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z33" w:id="38"/>
-[...15 lines deleted...]
-      14) сатып алуды бақылау жөніндегі орталықтандырылған қызмет – акционері ұлттық басқарушы холдинг немесе ұлттық холдинг болып табылатын ұлттық компанияны қоспағанда, ұлттық басқарушы холдингтің, ұлттық холдингтің, ұлттық компанияның қызметі, сондай-ақ әлеуметтік-кәсіпкерлік корпорацияның қызметі;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) сатып алуды жүзеге асыру қағидалары – реттелетін қатынастар саласына қарай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z34" w:id="39"/>
-[...15 lines deleted...]
-      15) сатып алуды жүзеге асыру қағидалары – реттелетін қатынастар саласына қарай:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорды және Қордың ұйымдарын қоспағанда, квазимемлекеттік сектордың жекелеген субъектілері үшін – сатып алу саласындағы уәкілетті орган бекітетін, Қорды және Қордың ұйымдарын қоспағанда, квазимемлекеттік сектордың жекелеген субъектілерінің сатып алуын жүзеге асыру тәртібін айқындайтын нормативтік құқықтық акт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қор және Қордың ұйымдары үшін – сатып алу саласындағы уәкілетті органмен және бәсекелестікті қорғау және монополистік қызметті шектеу саласындағы уәкілетті органмен келісу бойынша Қордың директорлар кеңесінің шешімімен бекітілетін Қордың және Қор ұйымдарының сатып алуын жүзеге асыру тәртібі (бұдан әрі – Қордың сатып алуын жүзеге асыру тәртібі);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) сатып алуды ұйымдастырушы – тапсырыс берушінің лауазымды адамы немесе құрылымдық бөлімшесі не сатып алуды ұйымдастыру мен өткізу рәсімдерін орындауға жауапты болып айқындалған заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:p>
-[...51 lines deleted...]
-      16) сатып алуды ұйымдастырушы – тапсырыс берушінің лауазымды адамы немесе құрылымдық бөлімшесі не сатып алуды ұйымдастыру мен өткізу рәсімдерін орындауға жауапты болып айқындалған заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) сатып алу жөніндегі сараптама комиссиясы – сатып алуды ұйымдастырушы не тапсырыс беруші сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық тапсырмасын және (немесе) техникалық өзіндік ерекшелігін әзірлеуге және (немесе) әлеуетті өнім берушілер ұсыныстарының сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық өзіндік ерекшелігіне сәйкестігіне қатысты сараптамалық қорытынды дайындауға қатысу үшін сарапшыларды тарта отырып құратын алқалы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z36" w:id="41"/>
-[...15 lines deleted...]
-      17) сатып алу жөніндегі сараптама комиссиясы – сатып алуды ұйымдастырушы не тапсырыс беруші сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық тапсырмасын және (немесе) техникалық өзіндік ерекшелігін әзірлеуге және (немесе) әлеуетті өнім берушілер ұсыныстарының сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық өзіндік ерекшелігіне сәйкестігіне қатысты сараптамалық қорытынды дайындауға қатысу үшін сарапшыларды тарта отырып құратын алқалы орган;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) сатып алу жөніндегі сарапшы – өткізілетін сатып алу саласында тиісті құжаттармен (дипломдармен, сертификаттармен, куәліктермен және басқа да құжаттармен) расталатын арнаулы және (немесе) тиісті техникалық білімі, тәжірибесі мен біліктілігі бар, сатып алуды ұйымдастырушы не тапсырыс беруші сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық тапсырмасын және (немесе) техникалық өзіндік ерекшелігін әзірлеуге және (немесе) әлеуетті өнім берушілер ұсыныстарының сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық өзіндік ерекшелігіне сәйкестігіне қатысты сараптамалық қорытынды дайындауға қатысу үшін тартатын жеке тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z37" w:id="42"/>
-[...15 lines deleted...]
-      18) сатып алу жөніндегі сарапшы – өткізілетін сатып алу саласында тиісті құжаттармен (дипломдармен, сертификаттармен, куәліктермен және басқа да құжаттармен) расталатын арнаулы және (немесе) тиісті техникалық білімі, тәжірибесі мен біліктілігі бар, сатып алуды ұйымдастырушы не тапсырыс беруші сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық тапсырмасын және (немесе) техникалық өзіндік ерекшелігін әзірлеуге және (немесе) әлеуетті өнім берушілер ұсыныстарының сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық өзіндік ерекшелігіне сәйкестігіне қатысты сараптамалық қорытынды дайындауға қатысу үшін тартатын жеке тұлға;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) сатып алу саласындағы уәкілетті орган – квазимемлекеттік сектордың жекелеген субъектілерінің сатып алуы саласында басшылықты, сондай-ақ салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z38" w:id="43"/>
-[...15 lines deleted...]
-      19) сатып алу саласындағы уәкілетті орган – квазимемлекеттік сектордың жекелеген субъектілерінің сатып алуы саласында басшылықты, сондай-ақ салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) сатып алу туралы шарт (бұдан әрі – шарт) – осы Заңға, Қазақстан Республикасының азаматтық заңнамасына және сатып алуды жүзеге асыру қағидаларына сәйкес жасалған азаматтық-құқықтық шарт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z39" w:id="44"/>
-[...15 lines deleted...]
-      20) сатып алу туралы шарт (бұдан әрі – шарт) – осы Заңға, Қазақстан Республикасының азаматтық заңнамасына және сатып алуды жүзеге асыру қағидаларына сәйкес жасалған азаматтық-құқықтық шарт;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) тапсырыс берушілер – квазимемлекеттік сектордың жекелеген субъектілері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z40" w:id="45"/>
-[...15 lines deleted...]
-      21) тапсырыс берушілер – квазимемлекеттік сектордың жекелеген субъектілері;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) тауарлар – нәрселер (заттар), оның ішінде жартылай фабрикаттар немесе қатты, сұйық немесе газ тәріздес күйдегі шикізат, электр және жылу энергиясы, зияткерлік меншік құқығының объектілері, сондай-ақ Қазақстан Республикасының заңдарына сәйкес сатып алу-сату мәмілелерін жасасуға болатын заттық құқықтар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z41" w:id="46"/>
-[...15 lines deleted...]
-      22) тауарлар – нәрселер (заттар), оның ішінде жартылай фабрикаттар немесе қатты, сұйық немесе газ тәріздес күйдегі шикізат, электр және жылу энергиясы, зияткерлік меншік құқығының объектілері, сондай-ақ Қазақстан Республикасының заңдарына сәйкес сатып алу-сату мәмілелерін жасасуға болатын заттық құқықтар;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) тендерлік комиссия (аукциондық комиссия) – сатып алуды тендер (аукцион) тәсілімен өткізу рәсімін орындау үшін сатып алуды ұйымдастырушы не тапсырыс беруші құратын алқалы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z42" w:id="47"/>
-[...15 lines deleted...]
-      23) тендерлік комиссия (аукциондық комиссия) – сатып алуды тендер (аукцион) тәсілімен өткізу рәсімін орындау үшін сатып алуды ұйымдастырушы не тапсырыс беруші құратын алқалы орган;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) Ұлттық әл-ауқат қоры (бұдан әрі – Қор) – ұлттық басқарушы холдинг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z43" w:id="48"/>
-[...15 lines deleted...]
-      24) Ұлттық әл-ауқат қоры (бұдан әрі – Қор) – ұлттық басқарушы холдинг;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) электрондық дүкен – сатып алу веб-порталымен интеграцияланған, сатып алуды жүзеге асыру қағидаларында айқындалған тәртіппен сатып алуды өткізуді қамтамасыз ететін ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z44" w:id="49"/>
-[...15 lines deleted...]
-      25) электрондық дүкен – сатып алу веб-порталымен интеграцияланған, сатып алуды жүзеге асыру қағидаларында айқындалған тәртіппен сатып алуды өткізуді қамтамасыз ететін ақпараттық жүйе;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) электрондық сатып алу ақпараттық жүйесінің операторы – қарым-қатынас саласына қарай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z45" w:id="50"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорды және Қордың ұйымдарын қоспағанда, квазимемлекеттік сектордың жекелеген субъектілері үшін – сатып алу саласындағы уәкілетті орган айқындаған, өкілеттіктері сатып алуды жүзеге асыру қағидаларында айқындалатын заңды тұлға (заңды тұлғалар);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1765,51 +2063,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-бап. Қазақстан Республикасының квазимемлекеттік сектордың жекелеген субъектілерінің сатып алуы туралы заңнамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="51"/>
+    <w:bookmarkStart w:name="z47" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының квазимемлекеттік сектордың жекелеген субъектілерінің сатып алуы туралы заңнамасы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1824,822 +2122,822 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізделеді және Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Азаматтық кодексінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, осы Заңның нормаларынан және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінен тұрады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z48" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда көзделгеннен өзгеше қағидалар белгіленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z48" w:id="52"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z213" w:id="53"/>
+    <w:bookmarkStart w:name="z213" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Квазимемлекеттік сектордың жекелеген субъектілерінің сатып алуы "Өнеркәсіптік саясат туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптары ескеріліп жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгеріс енгізілді – ҚР 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-бап. Сатып алуды жүзеге асыру қағидаттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сатып алу:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:p>
-[...114 lines deleted...]
-      Сатып алу:</w:t>
+    <w:bookmarkStart w:name="z51" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сатып алу үшін пайдаланылатын ақшаны оңтайлы және тиімді жұмсау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z51" w:id="55"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="56"/>
+    <w:bookmarkStart w:name="z52" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) өнім берушілердің коммерциялық құпияға құқықтарын және (немесе) заңды мүдделерін сақтай отырып (тендер қорытындылары шығарылғанға дейін) сатып алу процесінің ашықтығы мен бүкпесіздігі; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z53" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуетті өнім берушілер арасындағы адал бәсекелестік, сатып алуға қатысушылар арасында сөз байласуға жол бермеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z53" w:id="57"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="58"/>
+    <w:bookmarkStart w:name="z54" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) сатып алуға қатысушылардың жауапкершілігі; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z55" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сыбайлас жемқорлық көріністеріне жол бермеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z55" w:id="59"/>
-[...15 lines deleted...]
-      5) сыбайлас жемқорлық көріністеріне жол бермеу;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қазақстандық тауар өндірушілерге, жұмыстарды орындаушылар мен қызметтерді көрсетушілерге Қазақстан Республикасы ратификациялаған халықаралық шарттарға қайшы келмейтіндей шамада қолдау көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z56" w:id="60"/>
-[...15 lines deleted...]
-      6) қазақстандық тауар өндірушілерге, жұмыстарды орындаушылар мен қызметтерді көрсетушілерге Қазақстан Республикасы ратификациялаған халықаралық шарттарға қайшы келмейтіндей шамада қолдау көрсету;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) инновациялық және жоғары технологиялық тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z57" w:id="61"/>
-[...15 lines deleted...]
-      7) инновациялық және жоғары технологиялық тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осы Заңда көзделген жағдайлардан басқа, әлеуетті өнім берушілерге сатып алуды өткізу рәсіміне қатысу үшін тең мүмкіндіктер беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z58" w:id="62"/>
-[...15 lines deleted...]
-      8) осы Заңда көзделген жағдайлардан басқа, әлеуетті өнім берушілерге сатып алуды өткізу рәсіміне қатысу үшін тең мүмкіндіктер беру;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сатып алынатын тауарлардағы зияткерлік меншік объектілеріне құқықтарды сақтау қағидаттарына негізделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z59" w:id="63"/>
-[...15 lines deleted...]
-      9) сатып алынатын тауарлардағы зияткерлік меншік объектілеріне құқықтарды сақтау қағидаттарына негізделеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгеріс енгізілді – ҚР 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бап. Сатып алу процесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сатып алу процесі мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:p>
-[...80 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сатып алу жоспарын (алдын ала, жылдық, ұзақ мерзімді) әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z63" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнім берушіні таңдау және онымен шарт жасасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z64" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) шартты орындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z65" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сатып алу процесі сатып алуды жүзеге асыру қағидаларына сәйкес сатып алу санаттарын басқару және қорларды басқару рәсімдерін де қамтуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z66" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сатып алу, осы Заңның 18-бабында көзделген жағдайларды қоспағанда, сатып алу веб-порталы арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-бап. Сатып алу процесі</w:t>
-[...118 lines deleted...]
-      3. Сатып алу, осы Заңның 18-бабында көзделген жағдайларды қоспағанда, сатып алу веб-порталы арқылы жүзеге асырылады.</w:t>
+        <w:t>6-бап. Сатып алуды жоспарлау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сатып алуды жоспарлау тиісті бизнес-жоспарлар және (немесе) бюджеттер және (немесе) даму жоспарлары, іс-шаралар жоспарлары және (немесе) жөндеу жүргізу жоспарлары және (немесе) өндірістік бағдарламалар және (немесе) инвестициялық бағдарламалар және (немесе) мемлекеттік тапсырманы орындауға арналған шарттар негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Сатып алуды жоспарлау тиісті бизнес-жоспарлар және (немесе) бюджеттер және (немесе) даму жоспарлары, іс-шаралар жоспарлары және (немесе) жөндеу жүргізу жоспарлары және (немесе) өндірістік бағдарламалар және (немесе) инвестициялық бағдарламалар және (немесе) мемлекеттік тапсырманы орындауға арналған шарттар негізінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сатып алу жоспары (алдын ала, жылдық, ұзақ мерзімді) сатып алу веб-порталында жарияланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z69" w:id="71"/>
-[...15 lines deleted...]
-      2. Сатып алу жоспары (алдын ала, жылдық, ұзақ мерзімді) сатып алу веб-порталында жарияланады.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сатып алуды жүзеге асыру қағидаларында көзделген жағдайларды қоспағанда, тапсырыс беруші, сатып алуды ұйымдастырушы біртекті емес тауарларды, жұмыстар мен көрсетілетін қызметтерді – біртектілігі бойынша, біртекті тауарларды – біртекті тауарлардың түрлері бойынша және беру орындары бойынша, біртекті жұмыстарды, көрсетілетін қызметтерді олардың орындалған, көрсетілген орны бойынша лоттарға бөлуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z70" w:id="72"/>
-[...15 lines deleted...]
-      3. Сатып алуды жүзеге асыру қағидаларында көзделген жағдайларды қоспағанда, тапсырыс беруші, сатып алуды ұйымдастырушы біртекті емес тауарларды, жұмыстар мен көрсетілетін қызметтерді – біртектілігі бойынша, біртекті тауарларды – біртекті тауарлардың түрлері бойынша және беру орындары бойынша, біртекті жұмыстарды, көрсетілетін қызметтерді олардың орындалған, көрсетілген орны бойынша лоттарға бөлуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бірдей тауарлар тізбесі бойынша бағаларды жоспарлау:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z71" w:id="73"/>
-[...15 lines deleted...]
-      4. Бірдей тауарлар тізбесі бойынша бағаларды жоспарлау:</w:t>
+    <w:bookmarkStart w:name="z72" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сатып алуды жүзеге асыру қағидаларына сәйкес – Қорды және Қордың ұйымдарын қоспағанда, квазимемлекеттік сектордың жекелеген субъектілері үшін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z72" w:id="74"/>
-[...15 lines deleted...]
-      1) сатып алуды жүзеге асыру қағидаларына сәйкес – Қорды және Қордың ұйымдарын қоспағанда, квазимемлекеттік сектордың жекелеген субъектілері үшін;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қор айқындаған тәртіппен – Қор және Қордың ұйымдары үшін айқындалатын бағалардың жол берілетін ауытқуы шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z73" w:id="75"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорды және Қордың ұйымдарын қоспағанда, квазимемлекеттік сектордың жекелеген субъектілері үшін бірдей тауарлардың тізбесін сатып алу саласындағы уәкілетті орган айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қор және Қордың ұйымдары үшін бірдей тауарлардың тізбесін Қор айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="76"/>
+    <w:bookmarkStart w:name="z74" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Сатып алу жоспарын әзірлеу және бекіту, оған өзгерістер енгізу тәртібі мен мерзімдері сатып алуды жүзеге асыру қағидаларында айқындалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2675,224 +2973,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бап. Сатып алуға қатысуға байланысты шектеулер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="77"/>
+    <w:bookmarkStart w:name="z76" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Әлеуетті өнім беруші, егер: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z77" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әлеуетті өнім беруші немесе оның қосалқы мердігері (бірлесіп орындаушысы) не консорциумға қатысушы мемлекеттік сатып алуға жосықсыз қатысушылардың тізілімінде және (немесе) сатып алуға жосықсыз қатысушылардың тізілімінде және (немесе) Қордың сенімсіз әлеуетті өнім берушілерінің (өнім берушілердің) тізбесінде және (немесе) өздеріне қатысты банкрот деп тану туралы сот шешімі заңды күшіне енген борышкерлер тізімінде тұрса;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z77" w:id="78"/>
-[...15 lines deleted...]
-      1) әлеуетті өнім беруші немесе оның қосалқы мердігері (бірлесіп орындаушысы) не консорциумға қатысушы мемлекеттік сатып алуға жосықсыз қатысушылардың тізілімінде және (немесе) сатып алуға жосықсыз қатысушылардың тізілімінде және (немесе) Қордың сенімсіз әлеуетті өнім берушілерінің (өнім берушілердің) тізбесінде және (немесе) өздеріне қатысты банкрот деп тану туралы сот шешімі заңды күшіне енген борышкерлер тізімінде тұрса;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңында белгіленген тәртіппен әлеуетті өнім беруші және (немесе) ол тартатын қосалқы мердігер (бірлесіп орындаушы) және (немесе) олардың басшысы және (немесе) құрылтайшылары (акционерлері) терроризм мен экстремизмді қаржыландыруға байланысты ұйымдар мен тұлғалардың тізбесіне немесе жаппай қырып-жою қаруын таратуды қаржыландыруға байланысты ұйымдар мен тұлғалардың тізбесіне енгізілген болса; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:p>
-[...132 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z79" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуетті өнім беруші тіркелген жері салықтар және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті мемлекеттік орган бекітетін жеңілдікті салық салынатын мемлекеттердің тізбесіне енгізілген мемлекет немесе аумақ болатын заңды тұлға болып табылса, өткізілетін сатып алуға қатысуға құқылы емес.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:bookmarkStart w:name="z80" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3054,50 +3238,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4047,51 +4271,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6496,55 +6720,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>