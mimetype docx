--- v0 (2025-11-07)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bb11ff0" w14:textId="bb11ff0">
+    <w:p w14:paraId="fc5d932" w14:textId="fc5d932">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3076,137 +3076,428 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-бап. Мемлекеттік жоспарлау жөніндегі орталық уәкілетті органның құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z284" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік жоспарлау жөніндегі орталық уәкілетті органның құзыретіне:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде арнайы экономикалық және индустриялық аймақтардың құрылуы және жұмыс істеуі саласындағы мемлекеттік саясатты іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өз құзыреті шегінде арнайы экономикалық және индустриялық аймақтардың қызметін регламенттейтін Қазақстан Республикасы нормативтік құқықтық актілерінің жобаларын әзірлеуге және келісуге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) арнайы экономикалық және индустриялық аймақтар қызметінің тиімділігін бағалау әдістемесін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) арнайы экономикалық аймақтың арнайы құқықтық режимі қолданылатын басым қызмет түрлерінің тізбесін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) алып тасталды – ҚР 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); 19.04.2023 </w:t>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асыру жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 223-VII</w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді – ҚР 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>12-бап. Мемлекеттік жоспарлау жөніндегі орталық уәкілетті органның құзыреті</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="46"/>
+        <w:t>13-бап. Салық және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті мемлекеттік органның құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z285" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Салық және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті мемлекеттік органның құзыретіне:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шегінде арнайы экономикалық және индустриялық аймақтардың құрылуы және жұмыс істеуі саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3214,97 +3505,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өз құзыреті шегінде арнайы экономикалық және индустриялық аймақтардың қызметін регламенттейтін Қазақстан Республикасы нормативтік құқықтық актілерінің жобаларын әзірлеуге және келісуге қатысу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) арнайы экономикалық және индустриялық аймақтар қызметінің тиімділігін бағалау әдістемесін келісу;</w:t>
-[...17 lines deleted...]
-      4) арнайы экономикалық аймақтың арнайы құқықтық режимі қолданылатын басым қызмет түрлерінің тізбесін келісу;</w:t>
+      3) арнайы экономикалық аймақтың арнайы құқықтық режимі қолданылатын басым қызмет түрлерінің тізбесін келісу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      5) алып тасталды – ҚР 30.12.2022 </w:t>
+        <w:t xml:space="preserve">      4) алып тасталды – ҚР 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3332,379 +3605,106 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асыру жатады.</w:t>
+      5) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асыру жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді – ҚР 30.12.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгеріс енгізілді – ҚР 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
-          <w:sz w:val="28"/>
-[...271 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6041,51 +6041,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6448,50 +6448,156 @@
     </w:p>
     <w:bookmarkStart w:name="z372" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жобаның уәкілетті орган белгілеген талаптарға сай келетін техникалық-экономикалық негіздемесі қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) тармақшаның екінші бөлігіне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттық-коммуникациялық және инновациялық технологиялар саласында арнайы экономикалық аймақтың қатысушысы ретінде қызметті жүзеге асыруға өтініш берілген кезде жобаның негіздемесі қоса беріледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z373" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -24493,70 +24599,184 @@
         </w:rPr>
         <w:t>Өтпелі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z245" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Заң қолданысқа енгізілгенге дейін құрылған арнайы экономикалық аймақтар Қазақстан Республикасының Үкіметі шешім қабылдағанға дейін өз мәртебесін сақтайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттық-коммуникациялық технологиялар және инновациялық технологиялар саласындағы арнайы экономикалық аймақтың қатысушылары үшін арнайы экономикалық аймақтың аумағында қызметті жүзеге асыру талабы 2028 жылғы 1 қаңтарға дейін мынадай қызмет түрлері:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24585,51 +24805,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) серверлік ақпараттық-коммуникациялық жабдықты (дата- орталықтардың көрсетілетін қызметтерін) пайдалана отырып, электрондық нысандағы ақпаратты сақтау және өңдеу жөніндегі көрсетілетін қызметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ақпараттық-коммуникациялық технологиялар саласындағы жобаларды жасау және ендіру бойынша ғылыми-зерттеу жұмыстары мен тәжірибелік-конструкторлық жұмыстарды жүргізу үшін міндетті шарт болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z246" w:id="360"/>
+    <w:bookmarkStart w:name="z246" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Заң қолданысқа енгізілгенге дейін облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының шешімі бойынша құрылған индустриялық аймақтар өз мәртебесін сақтайды. Бұл ретте мұндай индустриялық аймақты құру туралы шешім шығарған жергілікті атқарушы орган осы Заң қолданысқа енгізілгеннен кейін отыз жұмыс күні ішінде осы Заңның 27-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24644,205 +24864,205 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген өлшемшарттар негізінде индустриялық аймақтың түрін айқындау туралы шешім шығаруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkEnd w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде белгіленген тәртіппен индустриялық аймақтың түрін айқындау туралы шешім шығарылғаннан кейін индустриялық аймақтың басқарушы компаниясының функцияларын іс жүзінде орындап жүрген заңды тұлғалар республикалық немесе өңірлік маңызы бар индустриялық аймақтың басқарушы компаниясы мәртебесін алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың екінші бөлігінде көрсетілген заңды тұлғалармен шарттар негізінде мұндай индустриялық аймақтардың аумағында кәсіпкерлік қызмет объектілерін орналастыруды және пайдалануды жүзеге асырып жүрген дара кәсіпкерлер мен заңды тұлғалар республикалық немесе өңірлік маңызы бар индустриялық аймақтың қатысушылары мәртебесін алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z247" w:id="361"/>
+    <w:bookmarkStart w:name="z247" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Индустриялық аймақтардың осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген басқарушы компаниялары мен қатысушылары арасында жасалған, индустриялық аймақтың аумағында қызметті жүзеге асыру талаптарын, тараптардың құқықтарын, міндеттері мен жауапкершілігін көздейтін шарттар қызметті жүзеге асыру туралы шарттар мәртебесін алады және оларда көзделген мерзім өткенге дейін өз қолданысын сақтайды. Қызметті жүзеге асыру туралы шарттарды одан әрі жасасу осы Заңда белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z248" w:id="362"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z248" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Шектері Еуразиялық экономикалық одақтың кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін арнайы экономикалық аймақ құрылғанға дейін "Қорғас" шекара маңы ынтымақтастығының халықаралық орталығы" акционерлік қоғамымен осындай арнайы экономикалық аймақ үшін көзделген қызмет түрлерін жүзеге асыруға тікелей арналған объектілерді салу жөніндегі қызметті жүзеге асыруға шарт жасасқан тұлғалар осы Заң қолданысқа енгізілген күннен бастап шектері Еуразиялық экономикалық одақтың кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін арнайы экономикалық аймақтың қатысушылары болып танылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген тұлғалар осы Заң қолданысқа енгізілген күннен кейін алты ай ішінде өз қызметін шектері Еуразиялық экономикалық одақтың кедендік шекарасының учаскелерімен толық немесе ішінара тұспа-тұс келетін арнайы экономикалық аймақтың қатысушыларына қойылатын Қазақстан Республикасы заңдарының талаптарына сәйкес келтіруге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z249" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Арнайы экономикалық аймақтардың осы Заң қолданысқа енгізілгенге дейін қызметті жүзеге асыру туралы шарттар жасасқан қатысушылары өз мәртебесін сақтайды және қызметті жүзеге асыру туралы шарттардың қолданылу мерзімі аяқталғанға дейін, бірақ осы Заң қолданысқа енгізілгенге дейін арнайы экономикалық аймақты құру туралы тиісті актіде айқындалған осы аймақтың жұмыс істеу мерзімінен асырмай арнайы экономикалық аймақтың қатысушысы ретінде қызметті жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:p>
-[...33 lines deleted...]
-      5. Арнайы экономикалық аймақтардың осы Заң қолданысқа енгізілгенге дейін қызметті жүзеге асыру туралы шарттар жасасқан қатысушылары өз мәртебесін сақтайды және қызметті жүзеге асыру туралы шарттардың қолданылу мерзімі аяқталғанға дейін, бірақ осы Заң қолданысқа енгізілгенге дейін арнайы экономикалық аймақты құру туралы тиісті актіде айқындалған осы аймақтың жұмыс істеу мерзімінен асырмай арнайы экономикалық аймақтың қатысушысы ретінде қызметті жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z412" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Осы Заңның 51-бабы екінші бөлігінің ережелері 2024 жылғы 1 қаңтардан бастап күшіне енеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z412" w:id="364"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24881,51 +25101,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="365"/>
+    <w:bookmarkStart w:name="z59" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24980,111 +25200,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тәртібі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z250" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Заң алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z250" w:id="366"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z251" w:id="367"/>
+    <w:bookmarkStart w:name="z251" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасындағы арнайы экономикалық аймақтар туралы" 2011 жылғы 21 шілдедегі Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Парламентінің Жаршысы, 2011 ж., № 15, 119-құжат; 2012 ж., № 2, 14-құжат; № 21-22, 124-құжат; 2013 ж., № 3, 19-құжат; № 15, 81-құжат; № 21-22, 114-құжат; 2014 ж., № 11, 63-құжат; № 19-I, 19-II, 96-құжат; № 21, 122-құжат; № 23, 143-құжат; 2015 ж., № 19-I, 99-құжат; № 20-IV, 113-құжат; № 20-VII, 117-құжат; № 22-II, 145-құжат; № 22-V, 156, 158-құжаттар; 2017 ж., № 14, 51-құжат; № 22-III, 109-құжат; № 23-III, 111-құжат; 2018 ж., № 10, 32-құжат) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkEnd w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25165,55 +25385,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>