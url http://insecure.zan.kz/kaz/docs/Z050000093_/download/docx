--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3d85078" w14:textId="3d85078">
+    <w:p w14:paraId="50125da" w14:textId="50125da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,83 +100,100 @@
         </w:rPr>
         <w:t>Мiндетті экологиялық сақтандыру туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Заңы 2005 жылғы 13 желтоқсандағы N 93-III ҚРЗ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...31 lines deleted...]
-      МАЗМҰНЫ</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>МАЗМҰНЫ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заң міндетті экологиялық сақтандыру саласында туындайтын қоғамдық қатынастарды реттейді және оны жүргізудің құқықтық, экономикалық және ұйымдық негiздерiн белгiлейдi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -303,50 +320,138 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-2) тармақшамен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2) алып тасталды - ҚР 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -434,50 +539,156 @@
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z32" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) сақтандыру жағдайы - басталуына орай міндетті экологиялық сақтандыру шарты сақтандыру төлемін жүзеге асыруды көздейтін оқиға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-1) тармақшаны алып тастау көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1) сақтандыру омбудсманы – "Сақтандыру қызметі туралы" Қазақстан Республикасының Заңына сәйкес сақтандыру нарығына қатысушылар арасындағы келіспеушіліктерді реттеудi жүзеге асыратын, өз қызметiнде тәуелсiз жеке тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z33" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1730,50 +1941,146 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-1 бап. Ақпараттық өзара іс-қимыл жасау</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-1-бапқа өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Авария салдарынан экологиялық залал келтірілген жағдайлар мен оның салдары туралы ақпаратқа ие уәкілетті орган және оның аумақтық бөлімшелері, прокуратура органдары, өзге де мемлекеттік органдар мен ұйымдар осы ақпаратты сақтандырушыға, сақтанушыға (пайда алушыға), сақтандыру омбудсманына олар өтініш жасаған кезде беруге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2038,90 +2345,204 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Міндетті экологиялық сақтандыру шартында көрсетуге жататын талаптардың толық болмағаны үшін сақтандырушы жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Міндетті экологиялық сақтандыру шарты бойынша оның жекелеген талаптарының толық болмауы салдарынан дау туындаған жағдайда, дау сақтанушының пайдасына шешіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-1-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. Сақтанушының қалауы бойынша міндетті экологиялық сақтандыру шарты сақтандырушыға жазбаша жүгіну не сақтанушы мен сақтандырушы арасында электрондық ақпараттық ресурстар алмасу арқылы жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z53" w:id="32"/>
+    <w:bookmarkStart w:name="z53" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Сақтандыру полисі, Қазақстан Республикасы Азаматтық кодексінің 826-бабында тізбелеп көрсетілген талаптардан басқа, сақтандырушының бір сақтандыру жағдайы бойынша жауапкершілігінің шекті көлемінің мөлшерін қамтуға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Міндетті экологиялық сақтандыру бойынша сақтандыру полисінің мазмұны мен оны ресімдеу жөніндегі талаптар Қазақстан Республикасының заңнамасымен белгіленеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2271,164 +2692,262 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-1-бапқа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-1-бап. Электрондық ақпараттық ресурстар алмасу арқылы   мiндеттi экологиялық сақтандыру шартын жасасу  және сақтандыру жағдайларын реттеу кезінде  сақтандырушы мен интернет-ресурстарға  қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z179" w:id="33"/>
+    <w:bookmarkStart w:name="z179" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Мiндеттi экологиялық сақтандыру шарттарын электрондық нысанда жасасу және олар бойынша сақтандыру жағдайларын реттеу кезінде дерекқорды қалыптастыру және жүргізу жөніндегі ұйым, сақтандырушы және сақтанушы (сақтандырылушы, пайда алушы) арасында электрондық ақпараттық ресурстар алмасу үшін сақтандырушының интернет-ресурсы және (немесе) ақпараттық жүйесі пайдаланылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мiндеттi экологиялық сақтандыру шартын электрондық нысанда жасасу және сақтандыру жағдайын реттеу үшін өтініш беру кезінде сақтанушыдан мамандандырылған бағдарламалық қамтылымды пайдалану талап етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дерекқорды қалыптастыру және жүргізу жөніндегі ұйымның интернет-ресурсында электрондық нысанда міндетті экологиялық сақтандыру шарттарын жасасу және сақтандыру жағдайларын реттеу үшін пайдаланылатын сақтандыру ұйымының интернет-ресурсына сілтеме орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z180" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дерекқорды қалыптастыру және жүргізу жөніндегі ұйым мен сақтандырушы, сақтандырушы мен сақтанушы (сақтандырылушы, пайда алушы) арасында электрондық ақпараттық ресурстар алмасу тәртібі қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның нормативтік құқықтық актісінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:p>
-[...55 lines deleted...]
-    <w:bookmarkStart w:name="z181" w:id="35"/>
+    <w:bookmarkStart w:name="z181" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Сақтандырушының интернет-ресурсын пайдалана отырып, мiндетті экологиялық сақтандыру шартын жасасу және ол бойынша сақтандыру жағдайларын реттеу кезінде сақтандырушы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сақтанушыға мiндеттi экологиялық сақтандыру шартын жасасу не оны жасасудан бас тарту (бас тарту себептерін көрсете отырып) туралы хабарламаны электрондық хабар түрінде дереу жөнелтуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2657,613 +3176,613 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мiндеттi экологиялық сақтандыру шартын жасасу және ол бойынша сақтандыру жағдайларын реттеу туралы хабарлама бірыңғай дерекқорды қалыптастыру және жүргiзу жөніндегі ұйымнан жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мiндеттi экологиялық сақтандыру шартын жасасу және ол бойынша сақтандыру жағдайларын реттеу туралы хабарламалардың тәртібі мен мазмұнына қойылатын талаптарды қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="36"/>
+    <w:bookmarkStart w:name="z182" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Егер міндетті экологиялық сақтандыру шартында өзгеше көзделмесе, мiндеттi экологиялық сақтандыру шартын электрондық ақпараттық ресурстар алмасу арқылы жасасу кезінде сақтанушы сақтандыру шартын сақтанушы сақтандыру сыйлықақысын (сақтандыру сыйлықақысын бөліп төлеген жағдайда, бірінші сақтандыру жарнасын) төлеген күннен бастап жасады деп есептеледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z183" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мiндеттi экологиялық сақтандыру шартын электрондық ақпараттық ресурстар алмасу арқылы жасасу кезінде сақтанушы осы Заңда көзделген сақтандыру талаптарымен танысқаннан кейін сақтандыру сыйлықақысын (бірінші сақтандыру жарнасын) төлейді, сол арқылы ол өзіне ұсынылған талаптармен қосылу шартын жасасуға өзінің келісетінін растайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z183" w:id="37"/>
-[...15 lines deleted...]
-      5. Мiндеттi экологиялық сақтандыру шартын электрондық ақпараттық ресурстар алмасу арқылы жасасу кезінде сақтанушы осы Заңда көзделген сақтандыру талаптарымен танысқаннан кейін сақтандыру сыйлықақысын (бірінші сақтандыру жарнасын) төлейді, сол арқылы ол өзіне ұсынылған талаптармен қосылу шартын жасасуға өзінің келісетінін растайды.</w:t>
+    <w:bookmarkStart w:name="z184" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сақтандырушы сақтандырушының интернет-ресурсын пайдалана отырып, мiндеттi экологиялық сақтандыру шарттарын жасасу және олар бойынша сақтандыру жағдайларын реттеу мүмкіндігін тәулік бойы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z184" w:id="38"/>
-[...15 lines deleted...]
-      6. Сақтандырушы сақтандырушының интернет-ресурсын пайдалана отырып, мiндеттi экологиялық сақтандыру шарттарын жасасу және олар бойынша сақтандыру жағдайларын реттеу мүмкіндігін тәулік бойы қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z185" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Сақтандыру агенттерінің мiндеттi экологиялық сақтандыру шарттарын жасасу жөніндегі қызметіне жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z185" w:id="39"/>
-[...15 lines deleted...]
-      7. Сақтандыру агенттерінің мiндеттi экологиялық сақтандыру шарттарын жасасу жөніндегі қызметіне жол берілмейді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Заң 7-1-баппен толықтырылды – ҚР 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі); жаңа редакцияда – ҚР 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-бап. Міндетті экологиялық сақтандыру шартының қолданылуы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Міндетті экологиялық сақтандыру шарты осы Заңға және Қазақстан Республикасының экология заңнамасына сәйкес экологиялық залалды жоюға міндетті тұлғаларға қатысты қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Заң 7-1-баппен толықтырылды – ҚР 02.07.2018 </w:t>
-[...59 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Алып тасталды - ҚР 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...32 lines deleted...]
-      1. Міндетті экологиялық сақтандыру шарты осы Заңға және Қазақстан Республикасының экология заңнамасына сәйкес экологиялық залалды жоюға міндетті тұлғаларға қатысты қолданылады.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Міндетті экологиялық сақтандыру шарты міндетті экологиялық сақтандыру шартында белгіленген күннен бастап күшіне енеді және тараптар үшін міндетті болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:p>
-[...87 lines deleted...]
-      3. Міндетті экологиялық сақтандыру шарты міндетті экологиялық сақтандыру шартында белгіленген күннен бастап күшіне енеді және тараптар үшін міндетті болады.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Міндетті экологиялық сақтандыру шарты күшіне енген күнінен бастап кемінде он екі ай қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z57" w:id="42"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="43"/>
+    <w:bookmarkStart w:name="z58" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта өзгеше көзделмесе, міндетті экологиялық сақтандыру шартының қолданылуы Қазақстан Республикасының аумағымен шектеледі. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгеріс енгізілді - ҚР 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-бап. Міндетті экологиялық сақтандыру шартының қолданылуын тоқтату </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міндетті экологиялық сақтандыру шарты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шарттың қолданылу мерзімі аяқталған;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:p>
-[...112 lines deleted...]
-      1) шарттың қолданылу мерзімі аяқталған;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шарт мерзімінен бұрын тоқтатылған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="46"/>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) сақтандырушы міндетті экологиялық сақтандыру шарты бойынша сақтандыру сомасының мөлшерінде сақтандыру төлемін (сақтандыру төлемдерін) жүзеге асырған жағдайларда тоқтатылды деп саналады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">10-бап. Міндетті экологиялық сақтандыру шартын мерзімінен бұрын тоқтату </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Міндетті экологиялық сақтандыру шарты Қазақстан Республикасының азаматтық заңнамасында көзделген тәртіппен және жағдайларда мерзімінен бұрын тоқтатылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Міндетті экологиялық сақтандыру шарты мерзімінен бұрын тоқтатылған кезде сақтанушының сақтандыру сыйлықақысының бір бөлігін мынадай мөлшерлерде қайтарып алуға құқығы бар: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4916,489 +5435,709 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="48"/>
+    <w:bookmarkStart w:name="z171" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сақтанушы (сақтандырылушы):</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z63" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сақтандырушыдан міндетті экологиялық сақтандыру шарты бойынша міндетті экологиялық сақтандыру талаптарын, өзінің құқықтары мен міндеттерін түсіндіруді талап етуге;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z63" w:id="49"/>
-[...15 lines deleted...]
-      1) сақтандырушыдан міндетті экологиялық сақтандыру шарты бойынша міндетті экологиялық сақтандыру талаптарын, өзінің құқықтары мен міндеттерін түсіндіруді талап етуге;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) алып тасталды – ҚР 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) авария салдарынан келтірілген экологиялық залалды жою (ремедиациялау) құнын бағалау үшін тәуелсіз сарапшы тартуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сақтандырушы (оның ішінде сақтандырушының интернет-ресурсы арқылы) немесе тәуелсіз сарапшы жүргізген, авария салдарынан келтірілген экологиялық залалды жою (ремедиациялау) құнын бағалау нәтижелерімен және сақтандыру төлемі мөлшерінің есеп-қисаптарымен танысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z67" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) міндетті экологиялық сақтандыру шартын мерзімінен бұрын тоқтатуға (бұл құқық сақтанушыға ғана қолданылады);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-1) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) міндетті экологиялық сақтандыру шартынан туындайтын мәселелерді реттеу үшін осы Заңның 22-1-бабында көзделген ерекшеліктерді ескере отырып сақтандырушыға не сақтандыру омбудсманына немесе сотқа жүгінуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) алып тасталды – ҚР 02.07.2018 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve">ЗҚАИ-ның ескертпесі!      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...78 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "Сақтандыру қызметі туралы" Қазақстан Республикасының Заңында көзделген ерекшеліктерді ескере отырып, өтінішті және қоса берілетін құжаттарды сақтандыру омбудсманына (тікелей сақтандыру омбудсманына, оның ішінде оның интернет-ресурсы арқылы не сақтандырушы, оның ішінде оның филиалы, өкілдігі, өзге де оқшауланған құрылымдық бөлімшесі, интернет-ресурсы арқылы) жіберуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z69" w:id="54"/>
+    <w:bookmarkStart w:name="z69" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) осы Заңда көзделген жағдайларда сақтандыру төлемін алуға құқылы. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міндетті экологиялық сақтандыру шартында сақтанушының (сақтандырылушының) Қазақстан Республикасының заңдарына қайшы келмейтін басқа құқықтары да көзделуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сақтанушы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z71" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сақтандыру сыйақыларын міндетті экологиялық сақтандыру шартында белгіленген мөлшерде, тәртіппен және мерзімдерде төлеуге;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:p>
-[...33 lines deleted...]
-      2. Сақтанушы:</w:t>
+    <w:bookmarkStart w:name="z72" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сақтандырушыға сақтандыру тәуекелінің жай-күйі туралы хабарлауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z71" w:id="56"/>
-[...15 lines deleted...]
-      1) сақтандыру сыйақыларын міндетті экологиялық сақтандыру шартында белгіленген мөлшерде, тәртіппен және мерзімдерде төлеуге;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сақтандырушыны сақтандыру жағдайының басталғаны туралы хабардар етуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z72" w:id="57"/>
-[...15 lines deleted...]
-      2) сақтандырушыға сақтандыру тәуекелінің жай-күйі туралы хабарлауға;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) авария кезінде ықтимал экологиялық залалды болғызбау немесе азайту үшін қалыптасқан мән-жайларға ақылға қонымды және қолжетімді шаралар қолдануға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z73" w:id="58"/>
-[...15 lines deleted...]
-      3) сақтандырушыны сақтандыру жағдайының басталғаны туралы хабардар етуге;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) экологиялық залал келтіруге әкеп соққан авария жөнінде және зардап шеккен адамдар туралы тиісті органдарға олардың құзыретін ескере отырып (мемлекеттік өртке қарсы қызмет органдарына, медициналық жедел жәрдем қызметіне, авариялық қызметтерге, уәкілетті органға) хабарлауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z74" w:id="59"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="61"/>
+    <w:bookmarkStart w:name="z76" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) сақтандыру жағдайының басталуына жауапты тұлғаға кері талап қою құқығының сақтандырушыға ауысуын қамтамасыз етуге міндетті. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Міндетті экологиялық сақтандыру шартында сақтанушының Қазақстан Республикасының заңнамалық актілеріне қайшы келмейтін басқа да міндеттері көзделуі мүмкін. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгерту енгізілді – ҚР 2008.05.26 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
@@ -5501,446 +6240,446 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">12-бап. Сақтандырушының құқықтары мен міндеттері </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z172" w:id="62"/>
+    <w:bookmarkStart w:name="z172" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сақтандырушы:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) міндетті экологиялық сақтандыру шартын жасасқан кезде сақтанушыдан Қазақстан Республикасының Азаматтық кодексінде және Қазақстан Республикасының экология заңнамасында көзделген мәліметтерден басқа, осы Заңға сәйкес міндетті экологиялық сақтандыру шартын жасасу үшін қажетті мәліметтерді, оның ішінде бұрынғы міндетті экологиялық сақтандыру шарттары, сақтандыру жағдайлары және сақтандыру төлемдері туралы ақпаратты ұсынуды талап етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті мемлекеттік органдар мен ұйымдардан олардың құзыретін ескере отырып, сақтандыру жағдайының басталу фактісін, экологиялық залалдың сипаты мен ауқымын растайтын құжаттарды сұратуға;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z77" w:id="63"/>
-[...15 lines deleted...]
-      1) міндетті экологиялық сақтандыру шартын жасасқан кезде сақтанушыдан Қазақстан Республикасының Азаматтық кодексінде және Қазақстан Республикасының экология заңнамасында көзделген мәліметтерден басқа, осы Заңға сәйкес міндетті экологиялық сақтандыру шартын жасасу үшін қажетті мәліметтерді, оның ішінде бұрынғы міндетті экологиялық сақтандыру шарттары, сақтандыру жағдайлары және сақтандыру төлемдері туралы ақпаратты ұсынуды талап етуге;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сақтанушы мен сақтандырылушыдан экологиялық залал келтіру тәуекелін бағалау үшін қажетті, болған сақтандыру жағдайының себептері, мөлшері және салдары туралы толық және анық ақпарат алуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z78" w:id="64"/>
-[...15 lines deleted...]
-      2) тиісті мемлекеттік органдар мен ұйымдардан олардың құзыретін ескере отырып, сақтандыру жағдайының басталу фактісін, экологиялық залалдың сипаты мен ауқымын растайтын құжаттарды сұратуға;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сақтандыру жағдайының басталу себептері мен өзге де мән-жайларын анықтау үшін экологиялық залалды жою (ремедиациялау) құнына бағалау жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z79" w:id="65"/>
-[...15 lines deleted...]
-      3) сақтанушы мен сақтандырылушыдан экологиялық залал келтіру тәуекелін бағалау үшін қажетті, болған сақтандыру жағдайының себептері, мөлшері және салдары туралы толық және анық ақпарат алуға;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) авария салдарынан келтірілген экологиялық залалдың ауқымын бағалау және сақтандыру жағдайы басталған кезде сақтандыру төлемінің мөлшерін айқындау үшін тәуелсіз сарапшы тартуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z80" w:id="66"/>
-[...15 lines deleted...]
-      4) сақтандыру жағдайының басталу себептері мен өзге де мән-жайларын анықтау үшін экологиялық залалды жою (ремедиациялау) құнына бағалау жүргізуге;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қоршаған ортаның сақтандыру жағдайы басталғанға дейінгі және одан кейінгі жай-күйіне және сақтанушы жүзеге асыратын шаруашылық және өзге де қызметтің экологиялық қауіпті түрлеріне өз зерттеулерін жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z81" w:id="67"/>
-[...15 lines deleted...]
-      5) авария салдарынан келтірілген экологиялық залалдың ауқымын бағалау және сақтандыру жағдайы басталған кезде сақтандыру төлемінің мөлшерін айқындау үшін тәуелсіз сарапшы тартуға;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осы Заңның 21-бабында көзделген жағдайларда экологиялық залал келтіргені үшін жауапты тұлғаға кері талап құқығын қоюға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z82" w:id="68"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="70"/>
+    <w:bookmarkStart w:name="z84" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) осы Заңның 22-бабында көзделген негіздер бойынша сақтандыру төлемдерін толық немесе ішінара жүзеге асырудан бас тартуға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Міндетті экологиялық сақтандыру шартында сақтанушының Қазақстан Республикасының заңнамалық актілеріне қайшы келмейтін басқа де құқықтары көзделуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="71"/>
+    <w:bookmarkStart w:name="z85" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сақтандырушы: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сақтанушыны мiндеттi экологиялық сақтандыру талаптарымен, оның ішінде мiндеттi экологиялық сақтандыру шартынан туындайтын құқықтармен және мiндеттермен таныстыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) табыс етілген құжаттардың толық тізбесін және олар қабылданған күнді көрсете отырып, өтініш берушіге анықтама беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z87" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) міндетті экологиялық сақтандыру шартын жасасқаннан кейін сақтанушыға сақтандыру полисін беруге;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:p>
-[...33 lines deleted...]
-      2) табыс етілген құжаттардың толық тізбесін және олар қабылданған күнді көрсете отырып, өтініш берушіге анықтама беруге;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) міндетті экологиялық сақтандыру шарты бойынша сақтандырып қорғаудың қолданылу кезеңінде басталған сақтандыру жағдайы (сақтандыру жағдайы ретінде қаралатын оқиға) туралы хабардар етілген кезде оны қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның нормативтік құқықтық актісіне сәйкес дереу тіркеуге және осы сақтандыру жағдайы (сақтандыру жағдайы ретінде қаралатын оқиға) жөніндегі мәліметті дерекқорды қалыптастыру және жүргізу жөніндегі ұйымға ұсынуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z87" w:id="73"/>
-[...15 lines deleted...]
-      3) міндетті экологиялық сақтандыру шартын жасасқаннан кейін сақтанушыға сақтандыру полисін беруге;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сақтанушының немесе оның өкілінің жазбаша нысандағы өтініші бойынша авария салдарынан болған экологиялық залалды жою (ремедиациялау) құнын бағалауды жүргізуге, сақтандыру төлемі мөлшерінің есеп-қисабын көрсете отырып, сақтандыру актісін жасауға және оны танысу үшін пайда алушыға ұсынуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z88" w:id="74"/>
-[...15 lines deleted...]
-      4) міндетті экологиялық сақтандыру шарты бойынша сақтандырып қорғаудың қолданылу кезеңінде басталған сақтандыру жағдайы (сақтандыру жағдайы ретінде қаралатын оқиға) туралы хабардар етілген кезде оны қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның нормативтік құқықтық актісіне сәйкес дереу тіркеуге және осы сақтандыру жағдайы (сақтандыру жағдайы ретінде қаралатын оқиға) жөніндегі мәліметті дерекқорды қалыптастыру және жүргізу жөніндегі ұйымға ұсынуға;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сақтандыру жағдайы басталған кезде осы Заңда белгіленген тәртіппен және мерзімдерде сақтандыру төлемін жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z89" w:id="75"/>
-[...15 lines deleted...]
-      5) сақтанушының немесе оның өкілінің жазбаша нысандағы өтініші бойынша авария салдарынан болған экологиялық залалды жою (ремедиациялау) құнын бағалауды жүргізуге, сақтандыру төлемі мөлшерінің есеп-қисабын көрсете отырып, сақтандыру актісін жасауға және оны танысу үшін пайда алушыға ұсынуға;</w:t>
+    <w:bookmarkStart w:name="z173" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) сақтандыру жағдайының басталу фактісін және сақтанушының (пайда алушының) экологиялық залалды жоюы мақсатында сақтандырушы өтеуге тиісті төлемнің мөлшерін растайтын құжаттар жеткіліксіз болған кезде оларды алған күннен бастап үш жұмыс күні ішінде өтініш берушіге жетіспейтін және (немесе) дұрыс ресімделмеген құжаттардың толық тізбесін көрсете отырып, бұл жөнінде хабарлауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z90" w:id="76"/>
-[...15 lines deleted...]
-      6) сақтандыру жағдайы басталған кезде осы Заңда белгіленген тәртіппен және мерзімдерде сақтандыру төлемін жүргізуге;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сақтанушыға (пайда алушыға) сақтандыру жағдайы кезінде авария салдарынан келтірілген экологиялық залалды болғызбау немесе азайту мақсатында шеккен шығыстарын өтеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z173" w:id="77"/>
-[...15 lines deleted...]
-      6-1) сақтандыру жағдайының басталу фактісін және сақтанушының (пайда алушының) экологиялық залалды жоюы мақсатында сақтандырушы өтеуге тиісті төлемнің мөлшерін растайтын құжаттар жеткіліксіз болған кезде оларды алған күннен бастап үш жұмыс күні ішінде өтініш берушіге жетіспейтін және (немесе) дұрыс ресімделмеген құжаттардың толық тізбесін көрсете отырып, бұл жөнінде хабарлауға;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8)  сақтандыру құпиясын қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z91" w:id="78"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5968,87 +6707,289 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z94" w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) сақтандыру төлемінен бас тарту туралы шешім қабылданған жағдайда осындай шешім қабылданған күннен бастап он күн ішінде сақтанушыға бас тарту себептерінің жазбаша негіздемесін және сақтанушының (сақтандырылушының, пайда алушының) Қазақстан Республикасы заңнамасының ерекшеліктерін ескере отырып, келіспеушіліктерді реттеу үшін сақтандыру омбудсманына жүгіну құқығы туралы хабарламаны жіберуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) сақтанушыдан (пайда алушыдан) өтінішті алған кезде бес жұмыс күні ішінде сақтанушының (пайда алушының) талаптарын қарауға және дауды одан әрі реттеу тәртібін көрсете отырып, жазбаша жауап беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) сақтанушыдан (пайда алушыдан) сақтандыру омбудсманына жіберілетін өтінішті алған кезде осы өтінішті, сондай-ақ оған қоса берілетін құжаттарды сақтандыру омбудсманына алған күнінен бастап үш жұмыс күні ішінде қайта жіберуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6155,51 +7096,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6240,960 +7181,1180 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 13-баптың тақырыбы жаңа редакцияда - ҚР 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="81"/>
+    <w:bookmarkStart w:name="z174" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пайда алушы:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z95" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сақтанушының (сақтандырылушының) шаруашылық немесе өзге де қызметтің экологиялық қауіпті түрлерін жүзеге асыруы нәтижесінде болған сақтандыру жағдайының басталуы туралы сақтандырушыға хабарлауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z96" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сақтандыру төлемін жүзеге асыру үшін қажетті құжаттарды жинауға және оларды сақтандырушыға ұсынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z97" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) авария салдарынан келтірілген экологиялық залалдың сипаты мен ауқымын анықтау үшін тәуелсіз сарапшы тартуға;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z95" w:id="82"/>
-[...15 lines deleted...]
-      1) сақтанушының (сақтандырылушының) шаруашылық немесе өзге де қызметтің экологиялық қауіпті түрлерін жүзеге асыруы нәтижесінде болған сақтандыру жағдайының басталуы туралы сақтандырушыға хабарлауға;</w:t>
+    <w:bookmarkStart w:name="z98" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сақтандырушы (оның ішінде сақтандырушының интернет-ресурсы арқылы) немесе тәуелсіз сарапшы жүргізген, авария салдарынан келтірілген экологиялық залалды жою (ремедиациялау) құнын бағалау нәтижелерімен және сақтандыру төлемі мөлшерінің есеп-қисаптарымен танысуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z96" w:id="83"/>
-[...15 lines deleted...]
-      2) сақтандыру төлемін жүзеге асыру үшін қажетті құжаттарды жинауға және оларды сақтандырушыға ұсынуға;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осы Заңда белгіленген тәртіппен және мерзімдерде сақтандыру төлемін алуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z97" w:id="84"/>
-[...15 lines deleted...]
-      3) авария салдарынан келтірілген экологиялық залалдың сипаты мен ауқымын анықтау үшін тәуелсіз сарапшы тартуға;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-1) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) міндетті экологиялық сақтандыру шартынан туындайтын мәселелерді реттеу үшін осы Заңның 22-1-бабында көзделген ерекшеліктерді ескере отырып сақтандырушыға не сақтандыру омбудсманына немесе сотқа жүгінуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "Сақтандыру қызметі туралы" Қазақстан Республикасының Заңында көзделген ерекшеліктерді ескере отырып, өтінішті және қоса берілетін құжаттарды сақтандыру омбудсманына (тікелей сақтандыру омбудсманына, оның ішінде оның интернет-ресурсы арқылы не сақтандырушы, оның ішінде оның филиалы, өкілдігі, өзге де оқшауланған құрылымдық бөлімшесі, интернет-ресурсы арқылы) жіберуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) алып тасталды - ҚР 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Алып тасталды - ҚР 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгеріс енгізілді – ҚР 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі); 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14-бап. Сақтандыру сомасының мөлшері </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сақтандыру сомасының мөлшері тараптардың келісімі бойынша міндетті экологиялық сақтандыру шартында белгіленеді, бірақ бұл орайда сақтандыру сомасының мөлшері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке кәсіпкер болып табылатын жеке тұлғамен міндетті экологиялық сақтандыру шарты жасалған күнгі тиісті қаржы жылына арналған республикалық бюджет туралы заңда  белгіленген 5000 еселенген айлық есептік көрсеткіштен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z98" w:id="85"/>
-[...15 lines deleted...]
-      4) сақтандырушы (оның ішінде сақтандырушының интернет-ресурсы арқылы) немесе тәуелсіз сарапшы жүргізген, авария салдарынан келтірілген экологиялық залалды жою (ремедиациялау) құнын бағалау нәтижелерімен және сақтандыру төлемі мөлшерінің есеп-қисаптарымен танысуға;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заңды тұлғамен міндетті экологиялық сақтандыру шарты жасалған күнгі тиісті қаржы жылына арналған республикалық бюджет туралы заңда белгіленген 65000 еселенген айлық есептік көрсеткіштен кем болмауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z99" w:id="86"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">7) алып тасталды - ҚР 02.01.2021 </w:t>
+        <w:t xml:space="preserve">3) алып тасталды - ҚР 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">2. Алып тасталды - ҚР 02.01.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгеріс енгізілді - ҚР 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-бап. Сақтандыру сыйлықақысының мөлшері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міндетті экологиялық сақтандыру шартында сақтандыру сыйлықақысының мөлшері тараптардың келісімі бойынша белгіленеді, бірақ бұл ретте сақтандыру сыйлықақысының мөлшері осы Заңның 14-бабының 1) және 2) тармақшаларында көзделген жағдайларда міндетті экологиялық сақтандыру шартында белгіленген сақтандыру сомасының 0,76-дан 2,65-ке дейінгі пайызынан аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-бап жаңа редакцияда - ҚР 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі); 12.07.2022 </w:t>
-[...39 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">14-бап. Сақтандыру сомасының мөлшері </w:t>
-[...286 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">16-бап. Сақтандыру сыйлықақысын төлеу тәртібі мен мерзімдері </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сақтандыру сыйлықақысын төлеу тәртібі мен мерзімдері міндетті экологиялық сақтандыру шартымен белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="90"/>
+    <w:bookmarkStart w:name="z108" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Егер міндетті экологиялық сақтандыру шартында өзгеше көзделмесе, онда сақтанушы кезекті сақтандыру жарнасын уақтылы төлемегені үшін сақтандырушыға Қазақстан Республикасының Азаматтық кодексінде белгіленген тәртіппен және мөлшерде тұрақсыздық айыбын төлеуге міндетті. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z164" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сақтандырушы сақтандыру сыйлықақысын сақтандырушының интернет-ресурсы арқылы қолма-қол ақшасыз тәсілмен төлеу мүмкіндігін береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-бапқа өзгеріс енгізілді – ҚР 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17-бап. Сақтандыру жағдайы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сақтанушының авария салдарынан келтірілген экологиялық залалды жою (ремедиациялау) жөніндегі азаматтық-құқықтық жауапкершілігінің басталу фактісі міндетті экологиялық сақтандыру шарты бойынша сақтандыру жағдайы деп танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z109" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сақтандыру жағдайының басталғанын, сондай-ақ өзіне келтірілген шығындарды дәлелдеу сақтанушыға (пайда алушыға) тиесілі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z110" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сақтандырушы сақтандыру төлемін жүргізуден бас тартқан жағдайда, сақтандыру жағдайы сақтанушы келтірген экологиялық залалды жою туралы сот шешімі заңды күшіне енген күннен бастап басталды деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z164" w:id="91"/>
-[...15 lines deleted...]
-      3. Сақтандырушы сақтандыру сыйлықақысын сақтандырушының интернет-ресурсы арқылы қолма-қол ақшасыз тәсілмен төлеу мүмкіндігін береді.</w:t>
+    <w:bookmarkStart w:name="z111" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сақтандырушы сақтандыру төлемінің мөлшерін осы Заңның 7-бабы 2-тармағының ережелерін ескеріп, экологиялық залалды жою (ремедиациялау) құнын негізге ала отырып айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:p>
-[...157 lines deleted...]
-    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7284,108 +8445,108 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">19-бап. Сақтандыру төлемін жүзеге асырудың жалпы талаптары </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z176" w:id="96"/>
+    <w:bookmarkStart w:name="z176" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сақтанушы немесе пайда алушы сақтандырушыға сақтандыру төлемі туралы талапты сақтандыру төлемін жүзеге асыру үшін қажетті құжаттарды қоса бере отырып, жазбаша нысанда, оның ішінде қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның нормативтік құқықтық актісіне сәйкес сақтандырушының интернет-ресурсы арқылы қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сақтандырушының талап етуі бойынша өтініш беруші сақтандырушы қол жеткізе алатын мемлекеттік органдардың дерекқорларында және (немесе) ақпараттық жүйелерінде электрондық нысанда бар құжаттарды қоспағанда, сақтандыру төлемін жүзеге асыру үшін қажетті құжаттардың түпнұсқаларын сақтандырушыға ұсынуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="97"/>
+    <w:bookmarkStart w:name="z114" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сақтандыру төлемі туралы өтінішке мынадай құжаттар қоса тіркеледі: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7404,70 +8565,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="98"/>
+    <w:bookmarkStart w:name="z115" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының экология заңнамасына сәйкес бекітілген ремедиациялау бағдарламасының көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7550,168 +8711,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="99"/>
+    <w:bookmarkStart w:name="z118" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сақтандыру жағдайы басталған кезде экологиялық залалды болғызбау немесе азайту мақсатында сақтанушы шеккен шығыстарды растайтын құжаттар – олар болған кезде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z119" w:id="100"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z119" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жекелеген жағдайларда – сақтанушыны сақтандыру жағдайының басталуына жауапты деп таныған сот шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z151" w:id="101"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z151" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-2. Құжаттарды қабылдаған сақтандырушы өтініш берушіге ұсынылған құжаттардың толық тізбесін және оларды қабылдау күнін көрсете отырып, анықтама беруге міндетті. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сақтанушы (сақтандырылушы, пайда алушы) сақтандыру төлемі туралы талапты электрондық нысанда жөнелткен жағдайда, сақтандырушы оған осы анықтаманы электрондық нысанда ұсына алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="102"/>
+    <w:bookmarkStart w:name="z120" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Экологиялық залалды жоюға, оның ішінде сақтандыру төлемі есебінен жоюға міндетті сақтанушы немесе өзге тұлға пайда алушы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z121" w:id="103"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z121" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сақтандыру төлемі авария салдарынан келтірілген экологиялық залалды жою (ремедиациялау) құнынан аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7740,90 +8901,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="104"/>
+    <w:bookmarkStart w:name="z123" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сақтанушының (пайда алушының) жазбаша өтініші немесе нотариат куәландырған сенімхат бойынша сақтандыру төлемі авария салдарынан келтірілген экологиялық залалды жою жөніндегі жұмыстарды орындаған (орындайтын) және қызметтерді көрсеткен (көрсететін) тұлғаға тікелей жүзеге асырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z124" w:id="105"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z124" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Сақтандырушы сақтандыру төлемін жүзеге асыру кезінде пайда алушыдан оның сақтандырушыға талап қою құқығын шектейтін шарттар қабылдауын талап етуге құқылы емес. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7939,90 +9100,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">20-бап. Сақтандыру төлемін жүзеге асыру тәртібі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="106"/>
+    <w:bookmarkStart w:name="z177" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сақтандырушы сақтандыру төлемін осы Заңның 19-бабында көзделген құжаттарды өзі алған күннен бастап отыз күн ішінде жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z125" w:id="107"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z125" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Пайда алушы сақтандыру төлемінің мөлшеріне дау айтқан жағдайларда сақтандырушы сақтандыру төлемін аталған тұлғалардың бірде-бірі дау айтпаған бөлігінде осы баптың 1-тармағында белгіленген мерзім ішінде дереу жүзеге асыруға міндетті. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сақтандыру төлемінің дау туғызған бөлігін сақтандырушы бітім келісімі жасалған және оны сот бекіткен күннен бастап үш жұмыс күні ішінде не, егер сот шешімнің дереу орындалуын ұйғармаса, осы дау бойынша соттың шешімі заңды күшіне енген күннен бастап төлеуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -8069,70 +9230,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="108"/>
+    <w:bookmarkStart w:name="z127" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сақтандыру төлемі уақтылы жүзеге асырылмаған кезде сақтандырушы пайда алушыға Қазақстан Республикасының Азаматтық кодексінде белгіленген тәртіппен және мөлшерде тұрақсыздық айыбын төлеуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8224,857 +9385,1069 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сақтандыру төлемін жүзеге асырған сақтандырушының сақтанушыға (сақтандырылушыға) мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="109"/>
+    <w:bookmarkStart w:name="z128" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сақтанушы (сақтандырылушы) Қазақстан Республикасының заңнамалық актілерінде белгіленген тәртіппен сақтандыру жағдайымен себептік байланыстағы қасақана қылмыстық не әкімшілік құқық бұзушылықтар деп танылған әрекеттер (әрекетсіздіктер) жасаған;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z129" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сақтанушы сақтандыру объектісі, сақтандыру тәуекелі, сақтандыру жағдайы және оның салдарлары туралы сақтандырушыға көрінеу жалған мәліметтер хабарлаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z130" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сақтанушы (сақтандырылушы) сақтандыру жағдайының басталуына жауапты тұлғаға өзінің талап қою құқығынан бас тартқан, сондай-ақ сақтандырушыға талап қою құқығының ауысуы үшін қажетті құжаттарды беруден бас тартқан жағдайларда жүзеге асырылған сақтандыру төлемі шегінде қарсы талап қою құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z131" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сақтанушының экологиялық залал үшін жауапты тұлғаға кері талап қою құқығы сақтандыру төлемін жүзеге асырған сақтандырушыға ол төлеген сома шегінде ауысады, залалды жою құнын міндетті экологиялық сақтандыру шартына сәйкес сақтандырушы төлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгеріс енгізілді - ҚР 03.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22-бап. Сақтандырушыны сақтандыру төлемін жүзеге асырудан босатудың негіздемесі </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сақтандырушы, егер сақтандыру жағдайы:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z129" w:id="110"/>
-[...15 lines deleted...]
-      2) сақтанушы сақтандыру объектісі, сақтандыру тәуекелі, сақтандыру жағдайы және оның салдарлары туралы сақтандырушыға көрінеу жалған мәліметтер хабарлаған;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қажетті қорғану және аса қажеттілік жағдайында жасалған іс-әрекеттерді қоспағанда, пайда алушының сақтандыру жағдайының туындауына бағытталған не оның басталуына септігін тигізетін қасақана іс-әрекеттері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z130" w:id="111"/>
-[...15 lines deleted...]
-      3) сақтанушы (сақтандырылушы) сақтандыру жағдайының басталуына жауапты тұлғаға өзінің талап қою құқығынан бас тартқан, сондай-ақ сақтандырушыға талап қою құқығының ауысуы үшін қажетті құжаттарды беруден бас тартқан жағдайларда жүзеге асырылған сақтандыру төлемі шегінде қарсы талап қою құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z133" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пайда алушының Қазақстан Республикасының заңнамалық актілерінде белгіленген тәртіппен сақтандыру жағдайымен себептік байланыстағы қасақана қылмыстық немесе әкімшілік құқық бұзушылықтар деп танылған әрекеттері салдарынан болса, сақтандыру төлемін толық немесе ішінара төлеуден бас тартуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z131" w:id="112"/>
-[...15 lines deleted...]
-      2. Сақтанушының экологиялық залал үшін жауапты тұлғаға кері талап қою құқығы сақтандыру төлемін жүзеге асырған сақтандырушыға ол төлеген сома шегінде ауысады, залалды жою құнын міндетті экологиялық сақтандыру шартына сәйкес сақтандырушы төлейді.</w:t>
+    <w:bookmarkStart w:name="z134" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сақтандырушының сақтандыру төлемін жүзеге асырудан бас тартуы үшін сондай-ақ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z135" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сақтанушының экологиялық залал келтіруге кінәлі тұлғадан шығыстардың тиісті өтемін алуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z136" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Заңда көзделген жағдайларды қоспағанда, сақтандырушыны сақтандыру жағдайының басталғаны туралы хабардар етпеу немесе уақтылы хабардар етпеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z137" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сақтанушының сақтандырушыға сақтандыру объектісі, сақтандыру тәуекелі, сақтандыру жағдайы және оның салдарлары туралы көрінеу жалған мәліметтер хабарлауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z138" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сақтанушының сақтандыру жағдайы бойынша шығыстарды азайту жөнінде шараларды қасақана қолданбауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z139" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сақтандырушының сақтандыру жағдайының басталу мән-жайларын тергеп-тексеруіне және келтірілген экологиялық залалдың сипаты мен ауқымын, сондай-ақ оны жою құнын анықтауына сақтанушының кедергі келтіруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z140" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сақтанушының сақтандыру жағдайының басталуына жауапты тұлғаға өзінің талап қою құқығынан бас тартуы, сондай-ақ сақтандырушыға кері талап қою құқығының ауысуы үшін қажетті құжаттарды сақтандырушыға беруден бас тартуы негіз болуы мүмкін. Егер сақтандыру төлемі жүргізіліп қойылған болса, сақтандырушы оның толық немесе ішінара қайтарылуын талап етуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z141" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сақтандырушыны сақтандыру жағдайының басталғаны туралы хабардар етпеу немесе уақтылы хабардар етпеу, егер бұл сақтанушының еркінен тыс себептерге байланысты болса және осы фактіні растайтын тиісті құжаттар ұсынылса, сақтандыру төлемінен бас тартуға негіз бола алмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгеріс енгізілді - ҚР 03.07.2014 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗҚАИ-ның ескертпесі!      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...237 lines deleted...]
-    <w:bookmarkStart w:name="z142" w:id="124"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақ жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сақтандыру төлемінен бас тарту үшін негіздер болған кезде сақтандырушы талап қойылған күннен бастап он жұмыс күні ішінде сақтандыру төлемі туралы талапты мәлімдеген тұлғаға бас тарту себептерінің уәжді негіздемесімен және сақтанушының (сақтандырылушының, пайда алушының) Қазақстан Республикасы заңнамасының ерекшеліктерін ескере отырып, келіспеушіліктерді реттеу үшін сақтандыру омбудсманына жүгіну құқығы туралы хабарламамен сақтандыру төлемінен толық немесе ішінара бас тарту туралы тиісті шешімді жазбаша нысанда жіберуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z143" w:id="125"/>
+    <w:bookmarkStart w:name="z143" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Сақтандырушы, егер сақтандыру жағдайы: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соғыс қимылдарының, азамат соғысының, кез келген түрдегі халық толқуларының, жаппай тәртіпсіздіктердің немесе ереуілдердің;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) табиғи сипаттағы төтенше жағдайлардың салдарынан болса, сақтандыру төлемін жүзеге асырудан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z145" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сақтандырушы сақтандыру төлемінен осы бапта көзделмеген негіздер бойынша бас тартуға құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-бапқа өзгеріс енгізілді - ҚР 03.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі); 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗҚАИ-ның ескертпесі!      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      22-1-бап жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-1-бап. Міндетті экологиялық сақтандыру жөніндегі дауларды реттеу ерекшеліктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z153" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Міндетті экологиялық сақтандыру шартынан туындайтын дау болған кезде сақтанушы (пайда алушы):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      талаптарын көрсетіп және өзінің талабын растайтын құжаттарды қоса бере отырып, жазбаша өтінішін сақтандырушыға (оның ішінде сақтандырушының филиалы, өкілдігі, интернет-ресурстары арқылы)жіберуге не "Сақтандыру қызметі туралы" Қазақстан Республикасының Заңында көзделген ерекшеліктерді ескере отырып, міндетті экологиялық сақтандыру шартынан туындайтын дауларды реттеу үшін өтінішті сақтандыру омбудсманына (тікелей сақтандыру омбудсманына, оның ішінде оның интернет-ресурсы арқылы  не сақтандырушы  арқылы, оның ішінде оның филиалы, өкілдігі, өзге де оқшауланған құрылымдық бөлімшесі, интернет-ресурсы арқылы) немесе сотқа жіберуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сақтандырушы сақтанушыдан (пайда алушыдан) өтінішті алған кезде оны бес жұмыс күні ішінде қарайды және дауды одан әрі реттеу тәртібін көрсете отырып, жазбаша жауап береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z155" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сақтанушы (пайда алушы) сақтандыру омбудсманына өтініш жасаған жағдайда, сақтандырушы сақтанушының (пайда алушының), сақтандыру омбудсманының сұрау салуы бойынша дауды қарауға және шешуге қатысты құжаттарды сұрау салу алынған күннен бастап үш жұмыс күні ішінде ұсынуға міндетті.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...56 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 22-бапқа өзгеріс енгізілді - ҚР 03.07.2014 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 02.01.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Заң 22-1-баппен толықтырылды – ҚР 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі); 12.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
-          <w:sz w:val="28"/>
-[...215 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9313,55 +10686,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>