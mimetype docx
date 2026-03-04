--- v0 (2025-10-07)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0fd4df8" w14:textId="0fd4df8">
+    <w:p w14:paraId="33e8bab" w14:textId="33e8bab">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -249,50 +249,138 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "ақпараттық жүйесінде", "ақпараттық жүйелер", "ақпараттық жүйелерге" деген сөздер тиісінше "цифрлық жүйесінде", "цифрлық жүйелер", "цифрлық жүйелерге" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заң жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану, сондай-ақ қазақы ит тұқымдарын сақтау және өсімін молайту саласындағы қоғамдық қатынастарды реттейдi және қазiргi және келешек ұрпақтың мүдделерiн ескере отырып, адамның экологиялық, экономикалық, эстетикалық және өзге де қажеттерiн қанағаттандыру мақсатында жануарлар дүниесiн, оның биологиялық сан алуандығын сақтау, жануарлар дүниесi объектiлерiн орнықты пайдалану шарттарын қамтамасыз етуге бағытталған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -320,51 +408,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 185-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -467,51 +555,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1395,51 +1483,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">29) алып тасталды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2047,51 +2135,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">57) алып тасталды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2357,51 +2445,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2469,51 +2557,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2855,51 +2943,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2987,51 +3075,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3061,51 +3149,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3313,51 +3401,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3637,131 +3725,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 185-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3778,52 +3866,73 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-бап. Қазақстан Республикасының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы заңдары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Қазақстан Республикасының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы заңдары Қазақстан Республикасының Конституциясына негiзделедi және осы Заң мен Қазақстан Республикасының өзге де нормативтiк құқықтық актiлерiнен тұрады.</w:t>
+        <w:t xml:space="preserve">
+      1. Қазақстан Республикасының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы заңдары Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Конституциясына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негiзделедi және осы Заң мен Қазақстан Республикасының өзге де нормативтiк құқықтық актiлерiнен тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z112" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер Қазақстан Республикасы бекiткен халықаралық шартта осы Заңда қамтылғаннан өзгеше ережелер белгiленсе, онда халықаралық шарттың ережелерi қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -4029,71 +4138,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4726,111 +4835,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 185-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5073,51 +5182,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6) алып тасталды - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5307,211 +5416,211 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз) Заңымен, өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 185-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5604,111 +5713,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 6-2-баппен толықтырылды - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), өзгерістер енгізілді - 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
@@ -5873,91 +5982,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-бапқа өзгеріс енгізілді - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6138,51 +6247,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6212,51 +6321,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6286,51 +6395,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6498,195 +6607,195 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-бап жаңа редакцияда - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 185-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7473,51 +7582,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7547,51 +7656,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7621,51 +7730,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7695,51 +7804,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7769,51 +7878,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8035,51 +8144,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8109,51 +8218,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8353,51 +8462,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8565,51 +8674,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8639,51 +8748,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8771,51 +8880,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8835,51 +8944,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8899,51 +9008,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8963,51 +9072,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9027,51 +9136,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9219,51 +9328,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9273,51 +9382,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">54) алып тасталды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9347,51 +9456,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9693,51 +9802,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9757,51 +9866,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9831,51 +9940,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9905,51 +10014,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10355,51 +10464,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10429,51 +10538,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10531,51 +10640,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10595,51 +10704,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10659,51 +10768,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10723,51 +10832,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10835,51 +10944,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10909,51 +11018,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11021,51 +11130,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11095,51 +11204,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11169,51 +11278,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11243,51 +11352,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11317,51 +11426,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11381,51 +11490,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11763,171 +11872,171 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 185-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13010,51 +13119,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13303,323 +13412,165 @@
     </w:p>
     <w:bookmarkStart w:name="z704" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы мемлекеттік саясатты іске асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2) балықтың қырылу қаупі бар су айдындарында және (немесе) учаскелерінде аулауды жүзеге асырады және (немесе) ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану жөнiндегi өздеріне ведомстволық бағыныстағы органдар мен ұйымдардың қызметiн үйлестiру мен бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) аңшылық алқаптардың резервтік қорындағы жануарлар дүниесінің өсімін молайтуды, сондай-ақ оны мемлекеттік есепке алуды ұйымдастырады және қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...212 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3) алып тасталды – ҚР 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13707,51 +13658,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13761,51 +13712,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5) алып тасталды - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13873,51 +13824,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5-3) алып тасталды – ҚР 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14145,51 +14096,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14219,51 +14170,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14331,51 +14282,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14413,231 +14364,231 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгерістер енгізілді - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 75-VII</w:t>
       </w:r>
       <w:r>
@@ -14653,104 +14604,144 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> қараңыз); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -14790,51 +14781,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14987,91 +14978,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 11-1-баппен толықтырылды - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.01.01 бастап қолданысқа енгізіледі) Заңымен, өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
@@ -15087,51 +15078,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15332,51 +15323,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Алып тасталды - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15396,111 +15387,111 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15813,111 +15804,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгерістер енгізілді - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16512,331 +16503,331 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгерістер енгізілді - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), 2011.01.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 383-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), ҚР 2011.07.15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 461-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.02.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16959,51 +16950,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2) алып тасталды – ҚР 05.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 157-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17161,131 +17152,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-бап жаңа редакцияда - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 157-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17394,51 +17385,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-бапқа өзгеріс енгізілді - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17591,151 +17582,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 17-бапқа өзгерістер енгізілді - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 09.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 179-VIII</w:t>
       </w:r>
       <w:r>
@@ -17771,51 +17762,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17868,71 +17859,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 18-бап жаңа редакцияда - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18250,51 +18241,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18506,231 +18497,231 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-бапқа өзгерістер енгізілді - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18783,51 +18774,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 20-бап жаңа редакцияда - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19037,151 +19028,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгерістер енгізілді - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 09.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 179-VIII</w:t>
       </w:r>
       <w:r>
@@ -19217,51 +19208,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19792,51 +19783,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
@@ -19971,91 +19962,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тарау 22-1-баппен толықтырылды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21624,51 +21615,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4) алып тасталды - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21816,51 +21807,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21968,51 +21959,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22022,51 +22013,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4) алып тасталды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22630,51 +22621,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22870,311 +22861,311 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), 2011.12.03 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 505-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23292,669 +23283,555 @@
         <w:t>
       Жануарлар дүниесi объектілерін алып қою лимитi жануарлар дүниесі объектілерінің санын есепке алу, оларды және олар мекендейтін ортаны мониторингтеу, ғылыми зерттеулер материалдарының негiзiнде дайындалған биологиялық негіздемеге сәйкес айқындалады және оны уәкілетті орган немесе балық шаруашылығы саласындағы уәкілетті орган құзыреті шегінде бекiтедi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
     <w:bookmarkStart w:name="z623" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бiрнеше мемлекеттердiң аумақтары бойымен өрiс аударатын немесе мемлекетаралық маңызы бар су айдындарын мекендейтiн жануарлар дүниесi объектілерін алып қою лимитi халықаралық шарттардың негiзiнде, ал олар болмаған жағдайда - Қазақстан Республикасының заңнамасында белгiленген тәртiппен айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z624" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балық ресурстары мен басқа да су жануарларын алып қою лимиті тиісті жылдың 1 қаңтарынан бастап 31 желтоқсаны кезеңіне белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аулау объектісі болып табылатын жануарлар түрлерін алып қою лимиті ағымдағы жылдың 15 ақпанынан бастап келесі жылдың 15 ақпанына дейінгі кезеңге белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z625" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жануарлар дүниесін пайдаланушылар үшін аңшылар мен аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастықтары белгілейтін, балық аулау объектілерін қоспағанда, аң аулау объектісі болып табылатын жануарлар дүниесі объектілерін алып қою лимитiнің бір бөлігі аң аулау объектісі болып табылатын жануарлар дүниесі объектілерін алып қою квотасы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балық шаруашылығы саласындағы уәкілетті орган ведомствосының аумақтық бөлімшелері белгілейтін балық ресурстарын және басқа да су жануарларын алып қою лимитінің бөлігі балық аулау объектілерін алып қою квотасы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z569" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балықтың жаппай қырылуына қарсы іс-шара ретінде немесе көлде тауарлы балық өсіру шаруашылығында ихтиофаунаны алмастыру үшін жүзеге асырылатын мелиорациялық аулау жолымен алып қойылған балықтың көлемі балық аулаудың жалпы лимитіне кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-бап жаңа редакцияда - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 12.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 194-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30-бап. Жануарлар дүниесiн пайдалану құқығын тоқтатудың негiздерi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарлар дүниесiн пайдалану құқығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">1) алып тасталды - ҚР 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...487 lines deleted...]
-    <w:bookmarkStart w:name="z289" w:id="428"/>
+    </w:p>
+    <w:bookmarkStart w:name="z289" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жануарлар дүниесiн пайдалану мерзiмi өтiп кеткен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z292" w:id="429"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z292" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жануарлар дүниесiн пайдаланушының қызметi тоқтатылған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z291" w:id="430"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z291" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аңшылық шаруашылығын жүргізу кезінде Қазақстан Республикасының жануарлар дүниесiн қорғау, олардың өсiмiн молайту және пайдалану саласындағы заңнамасының талаптарын, сондай-ақ аңшылық шаруашылығын немесе балық шаруашылығын жүргiзу шарттарының талаптарын жүйелi түрде бұзған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z867" w:id="431"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z867" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4-1) балық шаруашылығын жүргізу кезінде Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасының талаптары жүйелі түрде өрескел бұзылған жағдайларда тоқтатылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkEnd w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасының талаптарын өрескел бұзуға республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің он еселенген мөлшерінен асатын мөлшерде балық ресурстарына залал келтірген бұзушылықтар жатады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -23971,247 +23848,247 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5) алып тасталды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z293" w:id="432"/>
+    <w:bookmarkStart w:name="z293" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жануарлар дүниесiн арнайы пайдалануға арналған рұқсаттардан айырылған жағдайларда тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkEnd w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7) алып тасталды - ҚР 2011.01.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 383-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 30-бапқа өзгерістер енгізілді - ҚР 2011.01.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 383-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24282,322 +24159,322 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 31-бап жаңа редакцияда - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="433"/>
+    <w:bookmarkStart w:name="z37" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Aң аулау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkEnd w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32-бап. Аң аулау ұғымы және түрлерi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z826" w:id="434"/>
+    <w:bookmarkStart w:name="z826" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аң аулау - аң аулау объектiсi болып табылатын жануарлар түрлерiн мекендейтiн ортасынан алуды жүзеге асыру арқылы жануарлар дүниесiн арнайы пайдалану түрi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkEnd w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жануарлар дүниесi объектiлерiн аулау мақсатында iздеу, iзiн кесу және iзiне түсу, аулауға әрекет жасау, аңшылық алқаптарда қабынан шығарылған аңшылық қаруы және басқа да аң аулау құралдары немесе аң аулаудан алған өнiмдерi бар, қарғыбауы алынған аң аулайтын иттерi мен аушы жыртқыш құстары бар адамдардың жүруi аң аулауға теңестiрiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z296" w:id="435"/>
+    <w:bookmarkStart w:name="z296" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аң аулау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkEnd w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кәсiпшiлiк аң аулау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z297" w:id="436"/>
+    <w:bookmarkStart w:name="z297" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әуесқойлық (спорттық) аң аулау, оның ішінде ұлттық аң аулау болып бөлiнедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z298" w:id="437"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z298" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Кәсiпшiлiк аң аулау - аң аулау объектiсi болып табылатын жануарлар түрлерiн кәсiпкерлiк қызмет мақсатында аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z299" w:id="438"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z299" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әуесқойлық (спорттық) аң аулау - аң аулау объектiсi болып табылатын жануарлар түрлерiн спорттық, эстетикалық қажеттiктерiн қанағаттандыру мақсатында және ауланған өнiмдi жеке тұтыну үшiн аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkEnd w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық аң аулау – әуесқойлық (спорттық) аң аулау объектісі болып табылатын жануар түрлерін аушы жыртқыш құстар мен қазақы тұқымды иттерді пайдалана отырып, қару-жарақсыз аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z300" w:id="439"/>
+    <w:bookmarkStart w:name="z300" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Егер уәкiлеттi орган өзгеше белгiлемесе, аң аулау бекiтiлiп берiлген аңшылық алқаптарда жүргiзiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkEnd w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 32-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 185-VII</w:t>
       </w:r>
       <w:r>
@@ -24640,263 +24517,263 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-бап. Аң аулау құқығы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z827" w:id="440"/>
+    <w:bookmarkStart w:name="z827" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аң аулау құқығы жеке тұлғаларға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z301" w:id="441"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z301" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер аң аулау атыс қаруы қолданыла отырып жүргiзiлетiн болса, жиырма бір жасқа толған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z302" w:id="442"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z302" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) егер аң аулау аңшылық ережелерiнде рұқсат етiлген басқа да аңшылық құралдарының түрлерi, аңшылық иттер мен аушы жыртқыш құстар қолданыла отырып жүргiзiлетiн болса, он төрт жасқа толған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z303" w:id="443"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z303" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аңшы куәлігі болған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z304" w:id="444"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z304" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жануарлар дүниесiн пайдалануға арналған рұқсат немесе жолдама алған жағдайда берiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z305" w:id="445"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z305" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Шетелдiктер үшiн Қазақстан Республикасының аумағында аң аулау құқығы аңшылық шаруашылығы субъектісімен жасасқан аң аулауды ұйымдастыру шартының және жануарлар дүниесiн пайдалануға рұқсат алуының, сондай-ақ ішкі істер органдарынан аңшылық атыс қаруын және оның патрондарын Қазақстан Республикасының аумағына әкелуге және Қазақстан Республикасының аумағынан әкетуге рұқсатының негiзiнде туындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkEnd w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 33-бапқа өзгерістер енгізілді - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 136-VII</w:t>
       </w:r>
       <w:r>
@@ -24919,654 +24796,675 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-1-бап. Аңшылар және аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығы, сондай-ақ балық аулаушылар және балық шаруашылығы субъектілерінің қоғамдық бірлестіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z628" w:id="446"/>
+    <w:bookmarkStart w:name="z628" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аңшылар және аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығы, сондай-ақ балық аулаушылар және балық шаруашылығы субъектілері қоғамдық бірлестіктері жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы қызметті жүзеге асыратын жеке және заңды тұлғалардың мүддесін қорғау үшін құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z629" w:id="447"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z629" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аңшылар және аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығы, сондай-ақ балық аулаушылар және балық шаруашылығы субъектілері қоғамдық бірлестіктері коммерциялық емес ұйымдар болып табылады. Аңшылар және аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығы, сондай-ақ балық аулаушылар және балық шаруашылығы субъектілері қоғамдық бірлестіктері өздерінің құрылымдық бөлімшелерін (филиалдары мен өкілдіктерін) құруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z630" w:id="448"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z630" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аңшылар мен аңшылық шаруашылығының субъектілері қоғамдық бірлестіктерінің, сондай-ақ балық аулаушылар мен балық шаруашылығының субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығы уәкілетті орган, балық шаруашылығы саласындағы уәкілетті орган бекіткен тәртіппен аккредиттелуге жатады. Аңшылар мен аңшылық шаруашылығының субъектілері қоғамдық бірлестіктерінің, сондай-ақ балық аулаушылар және балық шаруашылығының субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығын аккредиттеуді уәкілетті орган, балық шаруашылығы саласындағы уәкілетті орган олардың берген өтініштері негізінде және олардың меншікті қаражаты есебінен жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z631" w:id="449"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z631" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аңшылар және аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығы, сондай-ақ балық аулаушылар және балық шаруашылығы субъектілерінің қоғамдық бірлестіктері қызметі Қазақстан Республикасының заңдарымен реттеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z632" w:id="450"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z632" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аңшылар және аңшылық шаруашылығының субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z633" w:id="451"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z633" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аңшылар және аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің аңшылық шаруашылығын, аңшылық ит өсіруді, аң-құстарды өсіруді дамыту жөніндегі қызметін үйлестіруді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z634" w:id="452"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z634" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аңшылар және аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің мүддесін мемлекеттік органдар мен ұйымдарда, сондай-ақ мемлекеттік емес және халықаралық ұйымдарда білдіруді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z635" w:id="453"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z635" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану мәселелері жөніндегі нормативтік құқықтық актілерді және басқа да құжаттарды дайындауға қатысуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z636" w:id="454"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z636" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жануарлар дүниесi объектілерінің мониторингіне және есебін алуға қатысуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z637" w:id="455"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z637" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) балық ресурстарын және басқа да су жануарларын қоспағанда, жануарлар әлемі объектілерін алып қою квоталарын бөлуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z639" w:id="457"/>
+    <w:bookmarkStart w:name="z638" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) аң аулауда пайдаланылатын аушы жыртқыш құстардың есебін және тіркеуін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>жүргізуді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z639" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) электрондық нысанда аңшы куәліктерін беруді, уәкілетті орган ведомствосының аумақтық бөлімшелеріне белгіленген нысан бойынша берілген аңшы куәліктері туралы есептілікті ұсынуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkEnd w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8) алып тасталды - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z641" w:id="458"/>
+    <w:bookmarkStart w:name="z641" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) бекітіп берілген аңшылық алқаптарында аң аулау объектілері болып табылатын жануарлар түрлерінің санын есепке алуды жүргізуге қатысуды, аңшылық шаруашылығының субъектілері ұсынған деректерді талдау мен жалпылауды және жануарлар дүниесі объектілерін алып қою лимитін дайындау үшін уәкілетті орган ведомствосының аумақтық бөлімшелеріне ұсынымдар енгізуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z642" w:id="459"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z642" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) жануарлар дүниесiнің өсiмiн молайтуды ұйымдастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z643" w:id="460"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z643" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) аңшылық алқаптарды бекітіп беру жөніндегі конкурстық комиссияларға қатысуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkEnd w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">12) алып тасталды - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z645" w:id="461"/>
+    <w:bookmarkStart w:name="z645" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) аушы жыртқыш құстар мен аңшылық иттерді пайдалана отырып, аң аулаудың ұлттық түрлерін дамытуды ұйымдастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z646" w:id="462"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z646" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Жарғыда көзделген және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де қызметті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z647" w:id="463"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z647" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аңшылар және аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығы берген аңшылық минимумын тапсырғаны туралы құжат аңшы куәлігін беруге негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z648" w:id="464"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z648" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Балық аулаушылар және балық шаруашылығы субъектілер қоғамдық бірлестіктерінің республикалық қауымдастығы мынадай қызмет түрлерін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z649" w:id="465"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z649" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) балық аулаушылар және балық шаруашылығы субъектілері қоғамдық бірлестіктерінің балық шаруашылығын, аквашаруашылықты, балық ресурстары мен басқа да су жануарларының өсiмiн молайтуды, әуесқойлық (спорттық) балық аулауды дамыту жөніндегі қызметін үйлестіруді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z650" w:id="466"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z650" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) балық аулаушылар және балық шаруашылығы субъектілері қоғамдық бірлестіктерінің мүддесін мемлекеттік органдар мен ұйымдарда, сондай-ақ мемлекеттік емес және халықаралық ұйымдарда білдіруді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z651" w:id="467"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z651" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану мәселелері жөніндегі нормативтік құқықтық актілерді және басқа да құжаттарды дайындауға қатысуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z652" w:id="468"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z652" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жануарлар дүниесi объектілерінің мониторингіне және есебін алуға қатысуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkEnd w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25585,51 +25483,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25659,212 +25557,212 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z655" w:id="469"/>
+    <w:bookmarkStart w:name="z655" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) балық шаруашылығын дамытуға бөлінетін субсидияларды бөлуге қатысуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z656" w:id="470"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z656" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) мемлекеттік әлеуметтік тапсырыс шеңберінде балық ресурстары және басқа да су жануарларының жаппай ауыруы, олардың қырылу қаупі, балықтардың қырылу қаупі жағдайларында, сондай-ақ жас балықтарды құтқаруды ұйымдастыруға көмектесуге қатысуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkEnd w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">9) алып тасталды - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z658" w:id="471"/>
+    <w:bookmarkStart w:name="z658" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Жарғыда көзделген және Қазақстан Республикасының заңнамасымен тыйым салынбаған өзге де қызметті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkEnd w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25973,158 +25871,158 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z841" w:id="472"/>
+    <w:bookmarkStart w:name="z841" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-1-тарау. Қазақы ит тұқымдарын сақтау және өсімін молайту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkEnd w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-1-тараумен толықтырылды – ҚР 03.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26156,230 +26054,230 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-2-бап. Қазақы ит тұқымдарының ұлттық орталығы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z843" w:id="473"/>
+    <w:bookmarkStart w:name="z843" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақы ит тұқымдарының ұлттық орталығы (бұдан әрі – Ұлттық орталық) қазақы ит тұқымдарын сақтау және өсімін молайту жөніндегі қызметті жүзеге асыру үшін уәкілетті орган айқындаған мамандандырылған ұйымның құрылымдық бөлімшесі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z844" w:id="474"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z844" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ұлттық орталықтың міндеттері мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z845" w:id="475"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z845" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қазақы ит тұқымдарын сақтау және өсімін молайту жөніндегі қызметті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z846" w:id="476"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z846" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қазақы ит тұқымдарымен жұмыс істеу бойынша, оның ішінде кинологиялық қызмет бойынша сарапшыларды оқыту және мамандарды даярлау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z847" w:id="477"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z847" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) шығу тегі туралы куәлік бере отырып, тұқымы таза қазақы тұқымды иттерді асырау және өсіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z848" w:id="478"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z848" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уәкілетті орган айқындаған тәртіпке сәйкес Бірыңғай тұқым-тегі кітабын жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z849" w:id="479"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z849" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) кинологиялық қызметті жүзеге асыратын жеке және заңды тұлғалармен бірлесіп, қазақы ит тұқымдарының стандарттарын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z850" w:id="480"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z850" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қазақы тұқымды иттердің сынақтарын, көрмелерін, байқауларын, әртүрлі дәрежедегі жарыстарын ұйымдастыру және өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z851" w:id="481"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z851" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де қызметті жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkEnd w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-3-бап. Қазақы ит тұқымдарын сақтау және өсімін молайту саласындағы мемлекеттік реттеудің ерекшеліктері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -26462,90 +26360,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қазақы тұқымды иттерді есепке алуды жүргізу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-4-бап. Қазақы ит тұқымдарын сақтау және өсімін молайту саласындағы қызметті қаржыландыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z854" w:id="482"/>
+    <w:bookmarkStart w:name="z854" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақы ит тұқымдарын сақтау және өсімін молайту саласындағы қызметті, оның ішінде Ұлттық орталықты қаржыландыру бюджет қаражаты, сондай-ақ Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен мемлекеттік қолдау арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z855" w:id="483"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z855" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мыналарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkEnd w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қазақы ит тұқымдарын сақтауға және өсімін молайтуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26591,317 +26489,317 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақы ит тұқымдарын сақтау және өсімін молайту саласындағы ғылыми зерттеулерді Қазақстан Республикасының ғылыми ұйымдары жүзеге асырады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ғылыми ұйымдар уәкілетті органмен, Ұлттық орталықпен, сондай-ақ кинологиялық қызметті жүзеге асыратын жеке және заңды тұлғалармен бірлесіп, қазақы ит тұқымдарын сақтау және өсімін молайту саласындағы мемлекеттік ғылыми-техникалық бағдарламаларды әзірлеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="484"/>
+    <w:bookmarkStart w:name="z40" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  6-тарау. Балық аулау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkEnd w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-бап. Балық аулау түрлері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z306" w:id="485"/>
+    <w:bookmarkStart w:name="z306" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Балық аулау мынадай түрлерге бөлінеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z307" w:id="486"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z307" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кәсіпшілік балық аулау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z308" w:id="487"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z308" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әуесқойлық (спорттық) балық аулау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z309" w:id="488"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z309" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ғылыми-зерттеу үшін аулау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z310" w:id="489"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z310" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бақылау үшін аулау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z311" w:id="490"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z311" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мелиорациялық аулау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z312" w:id="491"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z312" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өсімін молайту мақсатында аулау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkEnd w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7) алып тасталды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z314" w:id="492"/>
+    <w:bookmarkStart w:name="z314" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Кәсіпшілік балық аулау – балық ресурстарын және басқа да су жануарларын бір мезгілде көп мөлшерде аулауға мүмкіндік беретін аулау құралдарымен балық ресурстарын және басқа да су жануарларын олардың табиғи мекендеу ортасынан алуды қамтамасыз ететін кешенді процесс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkEnd w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кәсіпшілік балық аулау кәсіпкерлік қызмет мақсатында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26966,467 +26864,467 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жергілікті атқарушы орган белгілейтін рекреациялық балық аулау аймақтарында кәсіпшілік балық аулауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірлескен су биологиялық ресурстарының кәсіпшілігі аумақтық суларда, балық аулау аймағында және ортақ су кеңістігінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z315" w:id="493"/>
+    <w:bookmarkStart w:name="z315" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әуесқойлық (спорттық) балық аулау – бір-бірлеп аулауға ғана (кәсіпшілік емес аулау құралдары) мүмкіндік беретін аулау құралдарымен жүзеге асырылатын, спорттық және эстетикалық қажеттіліктерді қанағаттандыру, спорттық жарыстарды өткізу мақсатында, сондай-ақ аулап алынған өнімді жеке тұтыну үшін балық ресурстарын және басқа да су жануарларын аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkEnd w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әуесқойлық (спорттық) балық аулау ауланған балықты кейіннен тірі күйінде табиғи мекендеу ортасына қайтадан жіберумен жүзеге асырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z484" w:id="494"/>
+    <w:bookmarkStart w:name="z484" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ғылыми-зерттеу үшін аулау – жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласында ғылыми зерттеулер жүргізу мақсатында балық ресурстары мен басқа да су жануарларын аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkEnd w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық ресурстары мен басқа да су жануарларын алып қою лимитінен тыс ғылыми-зерттеу үшін аулауға бұрын жануарлар дүниесінің жай-күйін бағалау жүргізілмеген су айдындарында жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z485" w:id="495"/>
+    <w:bookmarkStart w:name="z485" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бақылау үшін аулау – ихтиофаунаның жай-күйін бақылау, балық ресурстарын және басқа да су жануарларының өсімін молайту тиімділігін, шабақтардың өнімділігін, су айдындарының балық өнімділігін айқындау мақсатында балық ресурстарын және басқа да су жануарларын аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkEnd w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көл-тауар және (немесе) тор қоршама шаруашылық қызметі үшін пайдаланылатын балық шаруашылығы су айдындарында және (немесе) учаскелерінде бақылау үшін аулау балық аулау қағидаларына сәйкес аквашаруашылық саласындағы балық өсіру-биологиялық негіздемеде көрсетілген өсірілетін балықтардың көлемін және түрлік құрамның сәйкестігін айқындау мақсатында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z486" w:id="496"/>
+    <w:bookmarkStart w:name="z486" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мелиорациялық аулау – жаппай аулауды, арзан бағаланатын балықтар түрлерін аулауды, қырылу қаупі бар су айдындарындағы және (немесе) учаскелеріндегі аулауды қоса алғанда, су айдындарының балық өнімділігін арттыруға, балық ресурстарын және басқа да су жануарларын сақтауға және олардың мекендеу әрі көбею жағдайларын жақсартуға бағытталған балық ресурстарын және басқа да су жануарларын аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkEnd w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жаппай аулау - су айдынындағы балық ресурстарының және басқа да су жануарларының бүкіл кәсiпшiлiк қорын алып қою немесе балықтардың жеке түрлерінің кәсiпшiлiк қорын немесе экологиялық тобын алып қою. Жаппай аулау мелиорациялық аулау ретінде және ғылыми-зерттеу мақсаттары үшін, сондай-ақ көл-тауар шаруашылық қызметін жүргізу кезінде аквашаруашылық саласындағы балық өсіру-биологиялық негіздеме негізінде ихтиофаунаны алмастыру мақсатында қолданылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z487" w:id="497"/>
+    <w:bookmarkStart w:name="z487" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Өсімін молайту мақсатында аулау - балық ресурстарының және басқа да су жануарларының өсімін молайту мақсатында оларды аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkEnd w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Алып тасталды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z489" w:id="498"/>
+    <w:bookmarkStart w:name="z489" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Балық аулауды жүзеге асыру тәртібі балық аулау қағидаларында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkEnd w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 34-бап жаңа редакцияда - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз) Заңымен, өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.02.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-VII</w:t>
       </w:r>
       <w:r>
@@ -27442,410 +27340,410 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бап. Балық аулау құқығы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z490" w:id="499"/>
+    <w:bookmarkStart w:name="z490" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Кәсiпшiлiк балық аулау құқығы жеке және заңды тұлғаларға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z491" w:id="500"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z491" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) балық ресурстары және басқа да су жануарларын пайдалануға рұқсаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z492" w:id="501"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z492" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) балық шаруашылығы саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесімен балық шаруашылығын жүргізуге арналған шарт болған кезде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z493" w:id="502"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z493" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ғылыми-зерттеу және мелиорациялық аулау, сондай-ақ өсімін молайту мақсатында аулау құқығын жеке және заңды тұлғалар – балық ресурстарын және басқа да су жануарларын пайдалануға арналған рұқсаты, ал әуесқойлық (спорттық) балық аулау үшін балық ресурстарын және басқа да су жануарларын пайдалануға арналған рұқсаты немесе жолдамасы болған кезде иеленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z494" w:id="503"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z494" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бақылау үшін аулауды балық шаруашылығы саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесі балық ресурстарын және басқа да су жануарларын пайдалануға арналған рұқсатсыз балық аулау қағидаларында айқындалған тәртіппен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkEnd w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 35-бап жаңа редакцияда - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27906,68 +27804,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="504"/>
+    <w:bookmarkStart w:name="z44" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Аңшылық және балық шаруашылықтарын жүргiзу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkEnd w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-бап. Аңшылық, балық шаруашылықтарын жүргiзу құқығын беру және тоқтату</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -27979,1235 +27877,1235 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 37-баптың тақырыбы жаңа редакцияда - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z495" w:id="505"/>
+    <w:bookmarkStart w:name="z495" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аңшылық шаруашылығын жүргізу құқығы облыстың жергілікті атқарушы органының аңшылық алқаптарды бекітіп беру туралы шешімі, сондай-ақ уәкілетті орган ведомствосының аумақтық бөлімшесі мен жануарлар дүниесін пайдаланушы арасында жасалатын аңшылық шаруашылығын жүргізуге арналған шарт негізінде Қазақстан Республикасының азаматтарына және Қазақстан Республикасының заңды тұлғаларына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkEnd w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп бере отырып, балық шаруашылығын жүргізу құқығы балық шаруашылығы саласындағы уәкілетті орган ведомствосының немесе оның аумақтық бөлімшесінің балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп беру туралы шешімі, сондай-ақ балық шаруашылығы саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесі мен жануарлар дүниесін пайдаланушы арасында жасалатын балық шаруашылығын жүргізуге арналған шарт негізінде Қазақстан Республикасының азаматтарына және Қазақстан Республикасының заңды тұлғаларына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z496" w:id="506"/>
+    <w:bookmarkStart w:name="z496" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аңшылық және балық шаруашылықтары субъектілері жануарлар дүниесi объектiлерiн квота шегiнде алып қою құқығын жануарлар дүниесiн пайдалануға рұқсат және балық ресурстары мен басқа да су жануарларын пайдалануға рұқсат алған сәттен бастап, ал басқа жеке және заңды тұлғалар - аңшылық және балық шаруашылықтары субъектілерінен жолдама алғаннан кейiн немесе солармен аң аулау шартын жасасқаннан кейін алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z729" w:id="507"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z729" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Аңшылық, балық шаруашылықтарын жүргізуге арналған шарттар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z730" w:id="508"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z730" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аңшылық, балық шаруашылықтарын жүргізуден өз еркімен бас тартқан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z731" w:id="509"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z731" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аңшылық, балық шаруашылықтарын жүргізуге арналған шарттардың қолданыс мерзімі аяқталған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z732" w:id="510"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z732" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы баптың 4-тармағында көзделген жағдайларды қоспағанда, аңшылық, балық шаруашылықтары субъектілерінің қызметі тоқтатылған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z733" w:id="511"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z733" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аңшылық, балық шаруашылықтарын жүргізуге арналған шарттардың талаптары жүйелі түрде бұзылған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z734" w:id="512"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z734" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасының талаптары жүйелі түрде бұзылған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z735" w:id="513"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z735" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) аңшылық алқаптар немесе балық шаруашылығы су айдындары және (немесе) учаскелері бекітіп берілген жер учаскелерін Қазақстан Республикасының заңнамасында айқындалған тәртіппен мемлекеттік мұқтаж үшін алып қойылған жағдайларда тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkEnd w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Алып тасталды - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z868" w:id="514"/>
+    <w:bookmarkStart w:name="z868" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Балық шаруашылығын жүргізуге арналған шарт жасалған жеке тұлға қайтыс болған жағдайда, балық шаруашылығы су айдынын және (немесе) учаскесін пайдалану құқығы Қазақстан Республикасының азаматтық заңнамасында көзделген тәртіппен мұраға қалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkEnd w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 37-бап жаңа редакцияда - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз) Заңымен, өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>38-бап. Аңшылық алқаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z828" w:id="515"/>
+    <w:bookmarkStart w:name="z828" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аңшылық алқаптар - аң аулау және аңшылық шаруашылығын жүргiзу жүзеге асырылатын немесе асырылуы мүмкiн, аң аулау объектiсi болып табылатын жануарлар түрлерiнiң мекендеу ортасы болатын аумақтар мен акваториялар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkEnd w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сулы-батпақты алқаптар осы тармақтың бірінші бөлігінде көрсетілген белгілерге сәйкес келген жағдайда аңшылық алқаптар құрамына енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z316" w:id="516"/>
+    <w:bookmarkStart w:name="z316" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аумақтар мен акваторияларды аңшылық алқаптарға жатқызу, олардың шекараларын айқындау, тиiстi сервитуттар мен аңшылық шаруашылығының санаттарын белгiлеу шаруашылықаралық аңшылық iсiн ұйымдастыру нәтижелерiнiң негiзiнде Қазақстан Республикасының заңдарында белгiленген тәртiппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z317" w:id="517"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z317" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аңшылық алқаптарда жануарлар дүниесi объектiлерiн пайдалануға байланысты емес шаруашылық қызмет жануарлар дүниесi объектiлерiнiң және олар мекендейтiн ортаның сақталуын қамтамасыз ететiн әдiстермен және тәсiлдермен жүргiзiлуге тиiс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z318" w:id="518"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z318" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аңшылық алқаптары бар жерлер мен акваторияларды иелену, пайдалану және оларға билiк ету құқығы аң аулау объектiлерi болып табылатын жануарлар түрлерiн пайдалану құқығын бермейдi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z319" w:id="519"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z319" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мына жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkEnd w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аңшы куәлiгiнсiз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z320" w:id="520"/>
+    <w:bookmarkStart w:name="z320" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) атыс қаруын сақтау мен пайдалану құқығын беретiн iшкi iстер органдары рұқсатынсыз атыс қаруын қолданып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z321" w:id="521"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z321" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аң аулауды жүргізу мақсатында уақытша әкелінгендерді қоса алғанда, Қазақстан Республикасының заңнамасында белгiленген тәртiппен тiркеместен аушы жыртқыш құстарды және аңшы иттерді қолданып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z322" w:id="522"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z322" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аң аулау ережелерiнде қолданылуы көзделмеген аулау құралдарын пайдаланып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z323" w:id="523"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z323" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) аңшылық шаруашылығы субъектісімен шарт жасаспай кәсiпшiлiк мақсатта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z324" w:id="524"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z324" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) егер уәкiлеттi орган өзгеше белгiлемесе, аңшылық алқаптардың резервтiк қорында;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z325" w:id="525"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z325" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) елдi мекендердiң жерлерiнде, сондай-ақ олармен iргелес аумақтарда аң аулау ережелерiне сәйкес аңшылық атыс қаруын қолдану қауiпсiздiгi қамтамасыз етiлмейтiн қашықтықта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z326" w:id="526"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z326" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) уәкiлеттi органның рұқсатынсыз өнеркәсiп, көлiк, байланыс, қорғаныс жерлерiнде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z327" w:id="527"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z327" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) күйзелiстi және дәрменсiз жағдайдағы жануарларды (дауылдан, су тасқынынан, өрттен бас сауғалағандарды, су тоғандарынан өту кезiнде, көктайғақ кезiнде, аштықтан әлсiрегендердi, жусанды паналаған суда жүзетiн құстарды);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z328" w:id="528"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z328" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) қозғалтқышы іске қосылған авиа-, авто-, мотокөлік құралдарын, қарда жүретін техниканы, шағын көлемді кемелерді, түнде көру аспаптарын, лазерлік нысана көрсеткіштерді, жарық беру және дыбыс шығару аспаптарын қолдана отырып, әуесқойлық (спорттық) мақсатта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z329" w:id="529"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z329" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) алкогольден немесе есiрткiден масаң болу немесе өзге түрде улану жағдайларында;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z678" w:id="530"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z678" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) егін орағы аяқталғанға дейін ауыл шаруашылығы дақылдары егілген жерлерде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z659" w:id="531"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z659" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Қазақстан Республикасының заңнамасында белгіленген тәртіппен табиғатты пайдаланудың жекелеген түрлеріне жол берілетін аумақты қоспағанда, ерекше қорғалатын табиғи аумақтарда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z660" w:id="532"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z660" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) өзен құндызына, кәмшатқа, күзенге, ондатраға атыс қаруын қолданып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z661" w:id="533"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z661" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) аңшылық иттердi құтқару үшiн iндердi қазуды қоспағанда, жануарлардың тұрағын бұзып және зақымдап;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z662" w:id="534"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z662" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) өзен құндызы тұрғызған бөгетті бұзып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z663" w:id="535"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z663" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) пневматикалық, лақтыратын қаруды қолданып (жануарлар дүниесi объектілерін қозғалтпауға және егуге байланысты ғылыми-зерттеу және профилактикалық жұмыстарды жүргізу үшін садақтар мен арбалеттерді пайдаланудан басқа);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z664" w:id="536"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z664" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) сауыт бұзатын, өртегіш немесе жарғыш қуаты, ауыртпалық орталығы ауыстырылған оқтары бар патрондарды қолданып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z665" w:id="537"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z665" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) тегiс ұңғылы аңшылық мылтығына қолдан жасалған ойық жиналмалы (қосалқыларды) ұңғыны қолданып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z666" w:id="538"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z666" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) бос жерлерді, су бетiндегі өсiмдiктердi жағумен, басқа да өсімдiктерді түбiрiмен қопарып және жойып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z667" w:id="539"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z667" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) өздiгiнен атылатын қаруларды, қысқыштарды, қаусырмаларды, қапсырмаларды, кескiштердi қолданып; тұзақтар құрып, аулау орларын қазып; адам байқамайтын айқындаушы белгілерінсіз ірі қақпандарды, шатырларды, бастырмаларды, iлмектердi, найзаларды, құс желiмін орнату жолымен, түтін салып, жылтыр мұзға, қатқыл мұзға, терең қарға және топырағы жабысқақ сортаңға, шабылған қамысқа айдап шығарып, қоңыр аюды, тұяқты жануарларды және құстарды аулау кезiнде қақпанды қолданып, қоршауға алып, тағамен аулап;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z668" w:id="540"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z668" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) торларды қолданып; су құю арқылы iннен шығарып (уәкiлеттi органның ведомствосымен келісу бойынша жануарларды интродукциялау, реинтродукциялау, будандастыру немесе еріксіз ұстау үшін оларды аулауды қоспағанда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z669" w:id="541"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z669" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) дала кеміргіштерін құрту кезінде, сондай-ақ жануарлардың құтыру эпизоотиясы және басқа да аурулары болған жағдайларда улы химикаттар және басқа да химиялық препараттар қолдануды қоспағанда, жарғыш құрылғыларды, улы химикаттарды және басқа да химиялық препараттарды қолданып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z670" w:id="542"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z670" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) жануарлар дүниесін пайдалануға арналған рұқсатта немесе жолдамада көрсетілген жануарлар санынан асырып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z671" w:id="543"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z671" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) жануарлар дүниесін пайдалануға арналған рұқсатта немесе жолдамада көрсетілмеген жануарлардың басқа түрлерін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z672" w:id="544"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z672" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) аңшылық шаруашылығы субъектісінің жолдамасынсыз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkEnd w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29236,130 +29134,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z674" w:id="545"/>
+    <w:bookmarkStart w:name="z674" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) еркекүйрекке көктемгі аң аулау кезінде еліктіруші үйрексіз немесе тұлыпсыз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z675" w:id="546"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z675" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) тұяқты жануарларды және қоңыр аюды аулау кезінде қорықшының немесе жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану жөніндегі мемлекеттік инспектордың еріп жүруінсіз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z676" w:id="547"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z676" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) әуесқойлық (спорттық) мақсатта суырға калибрі бес бүтін оннан алты миллиметрлік бүйірден (сақиналы) тұтандырғыш патронды ойықты қару қолданып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z677" w:id="548"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z677" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) тыныштық сақтау аймақтарында және өсiмiн молайту учаскелерінде аң аулауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkEnd w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29508,291 +29406,291 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>39-бап. Балық шаруашылығы су айдындары және (немесе) учаскелерi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z829" w:id="549"/>
+    <w:bookmarkStart w:name="z829" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Балық шаруашылығы су айдындары және (немесе) учаскелері - балық ресурстарын және басқа да су жануарларын аулау, өсіру және көбейту үшiн пайдаланылатын немесе пайдаланылуы мүмкiн не олардың қорларының өсiмiн молайту үшiн маңызы бар су айдындары не олардың бөліктері (өзендер және оларға теңестiрiлген каналдар, көлдер, сулы-батпақты алқаптар, су қоймалары және басқа да iшкi су айдындары, аумақтық сулар), сондай-ақ теңiз сулары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z679" w:id="550"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z679" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды тұлға мәртебесі бар ерекше қорғалатын табиғи аумақтардың құрамына кіретін су айдындарында балық аулау және балық өсіру "Ерекше қорғалатын табиғи аумақтар туралы" Қазақстан Республикасының Заңымен реттеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z330" w:id="551"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z330" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Балық шаруашылығы су айдындары және (немесе) учаскелерi маңызы жағынан халықаралық, республикалық және жергiлiктi болып бөлiнедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z331" w:id="552"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z331" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Халықаралық маңызы бар балық шаруашылығы су айдындарына және (немесе) учаскелерiне Қазақстан Республикасының және онымен шектес мемлекеттердiң аумақтарында орналасқан су тоғандары жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkEnd w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық маңызы бар балық шаруашылығы су айдындарына және (немесе) учаскелерiне екi және одан да көп облыстардың аумағында орналасқан балық шаруашылығы су айдындары және (немесе) учаскелерi жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жергiлiктi маңызы бар балық шаруашылығы су айдындарына және (немесе) учаскелерiне жергілікті атқарушы орган бекiткен тiзбеге енгiзiлген қалған барлық балық шаруашылығы су айдындары және (немесе) учаскелерi жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z736" w:id="553"/>
+    <w:bookmarkStart w:name="z736" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыруға арналған балық шаруашылығы су айдындары және (немесе) учаскелері "Аквашаруашылық туралы" Қазақстан Республикасының Заңында айқындалған тәртіппен беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z332" w:id="554"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z332" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Балық шаруашылығы су айдындарында және (немесе) учаскелерінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkEnd w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) елдi мекендердiң, балық қабылдау пункттерiнiң жанына бакендер орнату үшiн, аялдауды және аса қажет жағдайды қоспағанда, балық аулауға тыйым салынған жерлерде су көлiгiнiң тоқтауына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z333" w:id="555"/>
+    <w:bookmarkStart w:name="z333" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) балық аулайтын түрлi құралдарды бiр балық шаруашылығы су айдындарынан және (немесе) учаскелерiнен басқаларына арнайы өңдеусiз апаруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkEnd w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29811,183 +29709,183 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z335" w:id="556"/>
+    <w:bookmarkStart w:name="z335" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) су тоғандарында немесе оған тiкелей жақын жерде балық аулау ережелерiнде қолдану көзделмеген балық аулау құралдарымен болуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z336" w:id="557"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z336" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осы Заңның 11-1-бабының 3-тармағында көрсетілген жағдайларды қоспағанда, балықтарды ноқталарында сақтауға, жүзу құралдарынан және балық аулау құралдарынан шыққан өлi және ауру балықты суға және жағалау белдеуiне лақтырып тастауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z337" w:id="558"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z337" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) балық аулау қағидаларында белгiленген кәсiпшiлiк өлшемнен кем мөлшерде балық аулауға, қабылдауға, сатып алуға-сатуға, тасымалдауға және сақтауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkEnd w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7) алып тасталды - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29997,51 +29895,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8) алып тасталды - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30099,279 +29997,279 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) балық шаруашылығы су айдындарында және (немесе) учаскелерінде балық аулауға тыйым салынған кезеңде, сондай-ақ балық аулауға тыйым салынған жерлерде балық шаруашылығы саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесімен келісусіз қозғалтқыштары қосылған су көлігінің барлық түрлерінің жүруіне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) санитариялық күзет аймақтары мен акваториялар шегінде балық ресурстары мен басқа да су жануарларын пайдалануға рұқсатсыз және балық аулау қағидаларында көзделген құжаттарды ресімдеусіз жеке және заңды тұлғалардың балық ресурстарын және басқа да су жануарларын сатып алуына және өткізуіне тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z737" w:id="559"/>
+    <w:bookmarkStart w:name="z737" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Аквашаруашылық туралы" Қазақстан Республикасының Заңына сәйкес көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүргізу үшін аквашаруашылық субъектілеріне белгіленген тәртіппен берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде осы тармақтың бірінші бөлігінің 2) және 5) тармақшаларында көзделген әрекеттерге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z340" w:id="560"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z340" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мына жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkEnd w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайлардың, шлюздердiң және көпiрлердiң жанында, көлдердi өзара және негiзгi өзенмен жалғастыратын тармақтарда, мелиорациялық жүйелердiң жеткiзу арналары мен бұрылыстарында, балық аулау ережелерiнде белгiленген шекаралардан тыс өзендер мен каналдардың сағалары алдында;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z341" w:id="561"/>
+    <w:bookmarkStart w:name="z341" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) балық аулау ережелерiнде көзделмеген балық аулау құралдарымен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z342" w:id="562"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z342" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тиісті ғылыми ұйымдар берген биологиялық негіздеменің негізінде балық шаруашылығы саласындағы уәкілетті орган  белгілейтін мерзімдерде және орындарда қысқы кезеңде балықтардың қыстайтын шұңқырларында, уылдырық шашу кезінде уылдырық шашатын жерлерде және өзге де учаскелерде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z343" w:id="563"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z343" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңдарында белгiленген тәртiппен тiркелмеген және тiркеу нөмiрлерi көрсетiлмеген жүзу құралдарымен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z344" w:id="564"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z344" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) балық ресурстары мен басқа да су жануарларын пайдалануға арналған рұқсатқа сәйкес ұйымның атауы және балық аулау құралдарының өлшемдері көрсетiлген жапсырмалары жоқ кәсіпшілік балық аулаудың балық аулау құралдарымен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z345" w:id="565"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z345" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) теңiзде және өзендерде бекiре балықтарды аулауға арналған құрылған аулау құралдарымен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z346" w:id="566"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z346" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) алкогольден немесе есiрткiден масаң болу немесе өзге түрде улану жағдайларында;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkEnd w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) балық аулау ережелерімен, шектеулермен және тыйымдармен жол берілмейтін тәсiлдермен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      9) алып тасталды - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30497,171 +30395,171 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 39-бапқа өзгерістер енгізілді - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), ҚР 2011.07.15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 461-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
@@ -30677,51 +30575,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 09.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 179-VIII</w:t>
       </w:r>
       <w:r>
@@ -30757,270 +30655,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>39-1-бап. Сулы-батпақты алқаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z498" w:id="567"/>
+    <w:bookmarkStart w:name="z498" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сулы-батпақты алқаптар – табиғи (тереңдігі судың қайтуы кезінде алты метрден аспайтын теңiз суларын қоспағанда) және сирек кездесетіндерін әрі құрып кету қаупі төнгендерін қоса алғанда, су маңындағы жануарлар түрлерінің жаппай мекендейтін, ұя салатын, өсiмiн молайтатын орны болып табылатын жасанды акваторийлер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z499" w:id="568"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z499" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сулы-батпақты алқаптар маңызы бойынша халықаралық және республикалық болып бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z500" w:id="569"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z500" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Халықаралық маңызы бар сулы-батпақты алқаптарға халықаралық шарттарға сәйкес халықаралық маңызы бар сулы-батпақты алқаптардың тізіміне енгізілген алқаптар жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z501" w:id="570"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z501" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республикалық маңызы бар сулы-батпақты алқаптарға Қазақстан Республикасының заңнамасында белгіленген тәртіппен республикалық маңызы бар сулы-батпақты алқаптардың тізіміне енгізілген барлық қалған алқаптар жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z502" w:id="571"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z502" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сулы-батпақты алқаптарда, сирек кездесетіндерін және құрып кету қаупі төнгендерін қоса алғанда, жануарлар дүниесін қорғау және өсiмiн молайту жөніндегі шаралар көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z503" w:id="572"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z503" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сулы-батпақты алқаптарды сақтауды қамтамасыз ету мақсатында уәкілетті орган даму жоспарын бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkEnd w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 39-1-баппен толықтырылды - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31098,70 +30996,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>40-бап. Аңшылық алқаптар мен балық шаруашылығы су айдындарын және (немесе) учаскелерiн бекiтiп беру тәртiбi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z347" w:id="573"/>
+    <w:bookmarkStart w:name="z347" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аңшылық алқаптар конкурс қорытындысы бойынша облыстың жергілікті атқарушы органының шешімімен бекітіп беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkEnd w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық шаруашылығы су айдындары және (немесе) учаскелері бассейндік қағидат ескеріле отырып, конкурс қорытындысы бойынша балық шаруашылығы саласындағы уәкілетті орган ведомствосының және (немесе) аумақтық бөлімшенің шешімімен бекітіп беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31316,130 +31214,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жергілікті маңызы бар, балықтың қырылу қаупі бар су айдындары және (немесе) учаскелері өздері бекітіліп берілген тұлғалар қабылдаған шаралардың нәтижесінде қырылу қаупі белгілерін жоғалтса, бекітіп берілу мерзімі өткен соң бiлiктiлiк талаптарына сәйкес келген жағдайда олардың өтінімі бойынша конкурс өткізілместен бес жылдан қырық тоғыз жылға дейінгі мерзімге балық шаруашылығы саласындағы уәкілетті орган ведомствосының немесе оның аумақтық бөлімшелерінің шешімімен конкурс өткізбестен беріледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік тапсырыс шеңберінде өсімді молайту мақсаттары үшін өсімді молайту кешенінің мемлекеттік кәсіпорындарына балық шаруашылығы су айдындары және (немесе) учаскелері, ұйықтар (ұйықтық учаскелер) қырық тоғыз жылға дейінгі мерзімге бекітіп берілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z348" w:id="574"/>
+    <w:bookmarkStart w:name="z348" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бекітіп беру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z505" w:id="575"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z505" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аңшылық алқаптар үшін аңшылық шаруашылығын жүргізу мақсатында – он жылдан қырық тоғыз жылға дейінгі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z506" w:id="576"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z506" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) балық шаруашылығы су айдындары және (немесе) учаскелері үшін балық шаруашылығын жүргізу мақсатында – бес жылдан қырық тоғыз жылға дейінгі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z507" w:id="577"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z507" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жергілікті маңызы бар, қырылу қаупі бар су айдындары және (немесе) учаскелері үшін балық шаруашылығын жүргізу мақсатында – бір жылдан бес жылға дейінгі мерзімді құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkEnd w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31458,393 +31356,393 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z739" w:id="578"/>
+    <w:bookmarkStart w:name="z739" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Балық шаруашылығы су айдынын және (немесе) учаскесін бекітіп беру балық шаруашылығы су айдынына және (немесе) учаскесіне жатқызылған су объектісінде немесе оның бір бөлігінде балық шаруашылығын жүргізу құқығын бүкіл су объектісін, оның бір бөлігін (бөліктерін) пайдалану және оған билік ету құқығы берілмей, сондай-ақ Қазақстан Республикасының су заңнамасына сәйкес арнаулы су пайдалануға рұқсатты талап ететін су ресурстарын алып қою құқығынсыз беру болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z508" w:id="579"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z508" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бұрын ұйымдастырылған аңшылық және балық шаруашылықтары шекараларындағы аңшылық алқаптар мен балық шаруашылығы су айдындары және (немесе) учаскелерi алдыңғы шаруашылықаралық аңшылықты ұйымдастырудың және балық шаруашылығы су айдындары және (немесе) учаскелерiн паспорттаудың материалдары негiзiнде берiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z509" w:id="580"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z509" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жер учаскесiнiң меншiк иесi немесе жер пайдаланушы мүдделi жеке және заңды тұлғаларға, оның ішінде аңшылық алқаптар мен балық шаруашылығы су айдындары және (немесе) учаскелері аумағына немесе акваториясына кіретін учаскелерде аңшылық және балық шаруашылықтарын жүргізу және аң аулау мен балық аулауды жүзеге асыру мақсаттарында сервитут беруді қамтамасыз етуге мiндеттi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z740" w:id="581"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z740" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Балық шаруашылығын жүргізуге арналған шарт бойынша құқықтар мен міндеттемелерді үшінші тұлғаларға беруге және (немесе) басқаға беруге жол берілмейді, бұған бірігу, қосылу немесе қайта құру нысанында заңды тұлғаны қайта ұйымдастыру және (немесе) осындай құқықтар мен міндеттемелердің мұрагерлік бойынша әмбебап құқықтық мирасқорлық тәртібімен үшінші тұлғаға ауысуы жағдайлары кірмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkEnd w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 40-бап жаңа редакцияда - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз) Заңымен, өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 09.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 179-VIII</w:t>
       </w:r>
       <w:r>
@@ -31880,51 +31778,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32052,51 +31950,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 41-бап жаңа редакцияда - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32271,130 +32169,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>43-бап. Мамандандырылған ұйымдар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z857" w:id="582"/>
+    <w:bookmarkStart w:name="z857" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Үкіметі мынадай мамандандырылған ұйымдарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z858" w:id="583"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z858" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жануарлар дүниесін қорғауды, өсімін молайтуды және орнықты пайдалануды қамтамасыз ету, сондай-ақ қазақы ит тұқымдарын сақтау және өсімін молайту жөніндегі республикалық мемлекеттік кәсіпорындарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z859" w:id="584"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z859" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жануарлар дүниесін қорғауды, өсімін молайтуды және орнықты пайдалануды қамтамасыз ету жөніндегі мемлекеттік мекемелерді құрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z860" w:id="585"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z860" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жергілікті атқарушы органдар жануарлар дүниесін қорғауды, өсімін молайтуды және орнықты пайдалануды қамтамасыз ету жөніндегі мемлекеттік мекемелерді – мамандандырылған ұйымдарды құрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkEnd w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32450,70 +32348,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>43-1-бап. Жануарлар түрлерінің өсiмiн молайту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z681" w:id="586"/>
+    <w:bookmarkStart w:name="z681" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық ресурстарын және басқа да су жануарларын қоспағанда, жануарлар түрлерінің өсімін молайтуды жеке және заңды тұлғалар биологиялық негіздеме және уәкілетті органның рұқсаты негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkEnd w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық ресурстарының және басқа да су жануарларының өсiмiн молайтуды жеке және заңды тұлғалар, балық ресурстары мен басқа да су жануарларын қорғау, өсiмiн молайту және пайдалану саласындағы ғылыми ұйымдардың ұсынымдары негiзiнде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -32705,68 +32603,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="587"/>
+    <w:bookmarkStart w:name="z52" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  8-тарау. Жануарлар түрлерінің санын реттеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkEnd w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-тараудың тақырыбына өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32834,130 +32732,130 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жануарлар түрлерінің санын реттеу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z349" w:id="588"/>
+    <w:bookmarkStart w:name="z349" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) халықтың денсаулығын сақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z350" w:id="589"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z350" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауыл шаруашылығы мен үй жануарлары ауруларын болдырмау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z351" w:id="590"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z351" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) экономикаға зиян келтiрудi болдырмау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z352" w:id="591"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z352" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) биологиялық тепе-теңдiктi сақтау мақсатында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkEnd w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33049,148 +32947,148 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жануарлар дүниесi түрлерінің санын реттеудiң негiздерi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z353" w:id="592"/>
+    <w:bookmarkStart w:name="z353" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) халықтың, ауыл шаруашылығы мен үй жануарларының жұқтырушылары жануарлар дүниесiнiң объектiлерi болып табылатын ауруларды жұқтыру немесе онымен ауыру қатерiнiң туындауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z354" w:id="593"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z354" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) экономикаға елеулi зиян келтiру қатерiнiң туындауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z355" w:id="594"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z355" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жануарлардың жекелеген түрлерi санының азаюына және басқа жағымсыз салдарларға әкеп соққан жануарлар дүниесi мекендейтiн ортада қалыптасқан табиғи баланстың бұзылуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkEnd w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) балықтардың жаппай қырылуына әкеп соғуы мүмкін су айдындарының және (немесе) учаскелерінің гидрохимиялық және өзге де режимдерінің бұзылу қаупінің туындауы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z742" w:id="595"/>
+    <w:bookmarkStart w:name="z742" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жануарлар түрлерінің санын реттеу биологиялық негіздемеге сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkEnd w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33344,143 +33242,143 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 46-бап алып тасталды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="596"/>
+    <w:bookmarkStart w:name="z56" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-тарау. Жануарлар дүниесiн қорғау, өсiмiн молайту және тұрақты пайдалану жөнiндегi iс-шараларды қаржыландыру және экономикалық ынталандыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkEnd w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>47-бап. Жануарлар дүниесiн қорғау, өсiмiн молайту және тұрақты пайдалану жөнiндегi iс-шараларды қаржыландыру</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жануарлар дүниесiн қорғау, өсiмiн молайту және орнықты пайдалану iс-шараларын бюджет қаражаты есебiнен қаржыландыру Қазақстан Республикасының бюджет заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z356" w:id="597"/>
+    <w:bookmarkStart w:name="z356" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бекiтiлiп берiлген аңшылық алқаптары мен балық шаруашылығы су айдындарында және (немесе) учаскелерiнде жануарлар дүниесiн қорғау, өсімін молайту және орнықты пайдалану жөніндегі iс-шараларды қаржыландыру аңшылық және балық шаруашылықтары субъектілерінің қаражаты есебiнен жүргiзiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z357" w:id="598"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z357" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жануарлар дүниесiн қорғау, өсімін молайту және орнықты пайдалану жөніндегі iс-шараларды қаржыландыру үшiн Қазақстан Республикасының заңдарына сәйкес қоғамдық қорлар құрылуы, сондай-ақ Қазақстан Республикасының заңдарында тыйым салынбаған өзге де көздер тартылуы мүмкiн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkEnd w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33554,68 +33452,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>48-бап. Жануарлар дүниесiн қорғауды, өсiмiн молайтуды және орнықты пайдалануды экономикалық ынталандыру</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жануарлар дүниесiн қорғауды, өсiмiн молайтуды және орнықты пайдалануды экономикалық ынталандыру (жеңiлдiктер, преференциялар беру және мемлекеттiк қолдау) Қазақстан Республикасының заң актiлерiне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="599"/>
+    <w:bookmarkStart w:name="z59" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10-тарау. Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы бақылау және қадағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkEnd w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 10-тараудың тақырыбы жаңа редакцияда - ҚР 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33627,270 +33525,270 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2015 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>49-бап. Жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы мемлекеттік бақылау мен қадағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z743" w:id="600"/>
+    <w:bookmarkStart w:name="z743" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы мемлекеттік бақылау мен қадағалау тексеру, бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нысанында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z767" w:id="601"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z767" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Тексеру мен бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кәсіпкерлік кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z768" w:id="602"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z768" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне және осы Заңға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z769" w:id="603"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z769" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылауды уәкілетті орган және балық шаруашылығы саласындағы уәкілетті орган, ведомстволар және олардың аумақтық бөлімшелері өздерінің қызметі бойынша әртүрлі ақпарат көздерінен алынған мәліметтерді салыстыру арқылы жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z770" w:id="604"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z770" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тексерілетін субъектілер бақылау және қадағалау субъектілері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z771" w:id="605"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z771" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылаудың мақсаттары бұзушылықтардың дер кезінде жолын кесу және оларға жол бермеу, бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша анықталған бұзушылықтарды өз бетінше жою құқығын бақылау және қадағалау субъектілеріне беру және оларға әкімшілік жүктемені азайту болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z772" w:id="606"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z772" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау бақылау және қадағалау субъектілері ұсынатын есепті, сондай-ақ бақылау және қадағалау субъектісінің қызметі туралы басқа да мәліметтерді талдау арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z773" w:id="607"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z773" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша бақылау және қадағалау субъектісінің әрекеттерінде (әрекетсіздігінде) бұзушылықтар анықталған жағдайда, бұзушылықтар анықталған күннен бастап он жұмыс күнінен кешіктірілмейтін мерзімде бұзушылықтарды жою туралы ұсыным ресімделеді және жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z774" w:id="608"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z774" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Бұзушылықтарды жою туралы ұсыным бақылау және қадағалау субъектісіне қол қойғызып, жеке өзіне немесе жөнелту және алу фактілерін растайтын өзге де тәсілмен табыс етілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z775" w:id="609"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z775" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Төменде санамаланған тәсілдердің бірімен жіберілген бұзушылықтарды жою туралы ұсыным мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkEnd w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қолма-қол – ұсынымға алғаны туралы белгі қойылған күннен бастап;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33901,329 +33799,329 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) поштамен – тапсырысты хатпен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электрондық тәсілмен – уәкілетті орган немесе балық шаруашылығы саласындағы уәкілетті орган, ведомстволар немесе олардың аумақтық бөлімшелері сұрау салған кезде хатта көрсетілген бақылау және қадағалау субъектісінің электрондық мекенжайына жөнелтілген күннен бастап табыс етілді деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z776" w:id="610"/>
+    <w:bookmarkStart w:name="z776" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша анықталған бұзушылықтарды жою туралы ұсыным табыс етілген күнінен кейінгі күннен бастап отыз жұмыс күні ішінде орындалуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z777" w:id="611"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z777" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Бақылау және қадағалау субъектісі бұзушылықтарды жою туралы ұсынымда көрсетілген бұзушылықтармен келіспеген жағдайда, ұсынымды жіберген уәкілетті органға немесе балық шаруашылығы саласындағы уәкілетті органға, ведомстволарға және олардың аумақтық бөлімшелеріне ұсыным табыс етілген күннен кейінгі күннен бастап бес жұмыс күні ішінде қарсылық жіберуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z778" w:id="612"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z778" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша анықталған бұзушылықтарды жою туралы ұсынымды белгіленген мерзімде орындамау бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізудің жартыжылдық тізіміне енгізу арқылы бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды тағайындауға алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z779" w:id="613"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z779" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Бақылау және қадағалау субъектісіне (объектісіне) бармай профилактикалық бақылау тоқсанына бір реттен жиілетпей жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkEnd w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 49-бап жаңа редакцияда - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>49-1-бап. Жануарлар дүниесі объектілерін санкцияланбаған алып қоюды болғызбау бөлігінде жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы мемлекеттік бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z877" w:id="614"/>
+    <w:bookmarkStart w:name="z877" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жануарлар дүниесі объектілерін санкцияланбаған алып қоюды болғызбау бөлігінде жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы мемлекеттік бақылау бақылау және қадағалау субъектілерін хабардар етпей тексеру нысанында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z878" w:id="615"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z878" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тексеру жануарлар дүниесі объектілерін санкцияланбаған алып қоюды болғызбау мақсатында бақылау және қадағалау субъектілерінің қызметін зерттеп-қарау арқылы Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасының сақталуы тұрғысынан жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkEnd w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеруді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34234,70 +34132,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       балық шаруашылығы су айдындарында және (немесе) учаскелерінде – балық шаруашылығы саласындағы уәкілетті органның ведомствосы немесе оның аумақтық бөлімшелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аңшылық алқаптарда – орман шаруашылығы, жануарлар дүниесін қорғау, өсімін молайту және пайдалану және ерекше қорғалатын табиғи аумақтар саласындағы уәкілетті органның ведомствосы немесе оның аумақтық бөлімшелері жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z879" w:id="616"/>
+    <w:bookmarkStart w:name="z879" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Балық шаруашылығы саласындағы уәкілетті орган ведомствосының немесе оның аумақтық бөлімшесінің балық шаруашылығы су айдындарында және (немесе) учаскелерінде тексеруді жүзеге асыратын лауазымды адамы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkEnd w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) балықшы куәлігінің бар-жоғын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34380,70 +34278,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) балықтардың кәсіпшілік өлшемінің және балық түрлері бойынша кездейсоқ аулаудың сақталуын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жолдаманың бар-жоғын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z880" w:id="617"/>
+    <w:bookmarkStart w:name="z880" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Уәкілетті орган ведомствосының немесе оның аумақтық бөлімшесінің аңшылық алқаптарда тексеруді жүзеге асыратын лауазымды адамы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkEnd w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аңшы куәлігінің бар-жоғын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34562,186 +34460,186 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) жануарларды аулау құралдарын, әдістері мен тәсілдерін, олардың жыныстық-жас құрамын аң аулау қағидаларына сәйкестігі тұрғысынан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) жануарлар дүниесі объектілерін, олардың бөліктері мен дериваттарын пайдалануға шектеулер мен тыйымдардың сақталуын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z881" w:id="618"/>
+    <w:bookmarkStart w:name="z881" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тексеру жүргізуге келген лауазымды адам бақылау және қадағалау субъектісіне қызметтік куәлігін не сәйкестендіру картасын көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z882" w:id="619"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z882" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Бақылау және қадағалау субъектісіне қатысты тексеру жүргізу мерзімі жиырма төрт сағаттан аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z883" w:id="620"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z883" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тексеруді жүзеге асыру барысында және (немесе) оның нәтижелері бойынша әкімшілік құқық бұзушылық құрамы бар бұзушылық фактілері анықталған кезде бақылау және қадағалау субъектісі Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексіне сәйкес әкімшілік жауаптылыққа тартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z884" w:id="621"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z884" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тексеру жүргізу кезінде лауазымды адамдардың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkEnd w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы баптың 5-тармағында көрсетілген құжаттарды көрсеткен кезде бақылау және қадағалау субъектісінің (объектісінің) аумағына және үй-жайларына кедергісіз кіруге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аудио, фото- және бейнетүсірілімді жүзеге асыруға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z885" w:id="622"/>
+    <w:bookmarkStart w:name="z885" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Тексеру жүргізу кезінде лауазымды адам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkEnd w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер құжаттар мен мәліметтер тексеру объектілері болып табылмаса немесе тексерудің нысанасына жатпаса, оларды беруді талап етуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34752,70 +34650,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тексеру жүргізу нәтижесінде алынған ақпаратты жария етуге және (немесе) таратуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тексерудің нысанасына жатпайтын талаптар қоюға және өтініштер жасауға құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z886" w:id="623"/>
+    <w:bookmarkStart w:name="z886" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Лауазымды адамдар тексеру жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkEnd w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының заңнамасын, бақылау және қадағалау субъектілерінің құқықтары мен заңды мүдделерін сақтауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34898,70 +34796,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бақылау және қадағалау субъектісіне тексерудің нысанасына қатысты қажетті ақпаратты беруге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тексеру жүргізу нәтижесінде алынған құжаттар мен мәліметтердің сақталуын қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z887" w:id="624"/>
+    <w:bookmarkStart w:name="z887" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Бақылау және қадағалау субъектілері тексерудің жүзеге асырылуы кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkEnd w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы баптың 5-тармағында көзделген құжаттар болмаған жағдайда, тексеру жүргізуге келген лауазымды адамдарды тексеруге жібермеуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34990,70 +34888,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тексеруді жүзеге асыру процесін, сондай-ақ лауазымды адамның тексеру шеңберінде жүргізетін жекелеген әрекеттерін лауазымды адамның қызметіне кедергі келтірмей, аудио- және бейнетехника құралдарының көмегімен тіркеп-белгілеуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) лауазымды адамдардың шешімдеріне, әрекеттеріне (әрекетсіздігіне) жоғары тұрған лауазымды адамға не Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа шағым жасауға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z888" w:id="625"/>
+    <w:bookmarkStart w:name="z888" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Бақылау және қадағалау субъектілері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkEnd w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бапқа сәйкес жүргізілетін жануарлар дүниесі объектілерін санкцияланбаған алып қоюды болғызбау жөніндегі тексерулерді жүзеге асыруға кедергі жасамауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -35098,197 +34996,197 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); өзгеріс енгізілді – ҚР 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>49-2-бап. Жедел ден қою шаралары және оларды қолдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z889" w:id="626"/>
+    <w:bookmarkStart w:name="z889" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік бақылауды жүзеге асыру барысында және (немесе) оның нәтижелері бойынша жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы лауазымды адамдар бақылау және қадағалау субъектісінің (объектісінің) жеке және (немесе) заңды тұлғалардың құқықтары мен заңды мүдделеріне, адамдардың өмірі мен денсаулығына, қоршаған ортаға тікелей қатер төндіретін қызметін немесе оның жекелеген түрлерін, өнімін (тауарын), көрсетілетін қызметін анықтаған жағдайларда жедел ден қою шараларын қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z890" w:id="627"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z890" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бақылау және қадағалау субъектілеріне (объектілеріне) тексеруді, бақылау және қадағалау субъектісіне бару арқылы профилактикалық бақылауды жүзеге асыру барысында және (немесе) оларды жүргізу нәтижелері бойынша қолданылатын әсер ету тәсілдері жедел ден қою шаралары болып табылады, олардың түрлері осы Заңда көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z891" w:id="628"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z891" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жедел ден қою шараларына мыналар жатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkEnd w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Кәсіпкерлік кодексінің 129-бабы 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35337,51 +35235,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) жеке және заңды тұлғалардан заңсыз ауланған жануарлар дүниесі объектілерін, оларды аулау құралдарын, сондай-ақ жүзу және көлік құралдарын құқық қорғау органдарына беру үшін алып қою; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және (немесе) тексеру шеңберінде – бақылау және қадағалау субъектісінің қызметін немесе оның жекелеген түрлерін тоқтата тұру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z892" w:id="629"/>
+    <w:bookmarkStart w:name="z892" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35396,71 +35294,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>143-баптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік бақылау нысанасы болып табылатын Қазақстан Республикасының заңнамасында белгіленген талаптарды бұзу жедел ден қою шараларын қолдануға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z893" w:id="630"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z893" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы лауазымды адамдар мемлекеттік бақылауды жүзеге асыру барысында және (немесе) оның нәтижелері бойынша жедел ден қою шараларын қолдануға негіз болып табылатын, талаптарды бұзушылықтар анықталған кезде уәкілетті орган немесе балық шаруашылығы саласындағы уәкілетті орган бекіткен нысан бойынша жедел ден қою шараларын қолдану туралы қаулы ресімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkEnd w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жедел ден қою шараларын қолдану туралы қаулы Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35493,284 +35391,284 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік бақылау нәтижелері бойынша Қазақстан Республикасы Кәсіпкерлік кодексінің 129-бабы 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізінде қадағалау актісі ресімделгеннен кейін жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы лауазымды адам жедел ден қою шарасын тікелей қолдануды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z894" w:id="631"/>
+    <w:bookmarkStart w:name="z894" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жедел ден қою шараларын қолдану туралы қаулы қолма-қол табыс етілген кезде оны қабылдаудан бас тартылған жағдайда, оған тиісті жазба енгізіледі және жедел ден қою шараларын қолдану туралы қаулыны қабылдаудан бас тарту фактісін тіркейтін бейнежазу жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkEnd w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жедел ден қою шараларын қолдану туралы қаулы бақылау және қадағалау субъектісінің заңды мекенжайына, тұрған жеріне немесе нақты мекенжайына оның табыс етілгені туралы хабарламасы бар хатпен жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z895" w:id="632"/>
+    <w:bookmarkStart w:name="z895" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Жедел ден қою шараларын қолдану туралы қаулыны алудан бас тарту оны орындамауға негіз болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z896" w:id="633"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z896" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды және (немесе) тексеруді жүзеге асыру барысында және (немесе) олардың нәтижелері бойынша анықталған, жедел ден қою шараларын қолдануға негіз болып табылатын, талаптарды бұзушылықтар тексеру нәтижелері туралы актіде, сондай-ақ Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасының талаптарын бұзушылықтарды жою туралы нұсқамада көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z897" w:id="634"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z897" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Бақылау және қадағалау субъектісі жедел ден қою шарасын қолдануға негіз болып табылатын, талаптарды анықталған бұзушылықтарды Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасының талаптарын бұзушылықтарды жою туралы нұсқамада көрсетілген мерзімде жоюға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z898" w:id="635"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z898" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасының талаптарын бұзушылықтарды жою туралы нұсқамада көрсетілген талаптарды бұзушылықтардың жойылу мерзімдері өткеннен кейін жедел ден қою шарасын қолдануға негіз болып табылатын, талаптардың анықталған бұзушылықтарының жойылғанын бақылау бойынша жоспардан тыс тексеру жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkEnd w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жедел ден қою шараларын қолдану туралы қаулының қолданысы бақылау және қадағалау органы Қазақстан Республикасы Кәсіпкерлік кодексінің 144-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-1) тармақшасына сәйкес жоспардан тыс тексеру нәтижелері туралы актінің негізінде, жедел ден қою шараларын қолдануға негіз болып табылатын, талаптарды анықталған бұзушылықтардың жойылғанын растаған жағдайда тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z899" w:id="636"/>
+    <w:bookmarkStart w:name="z899" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Жедел ден қою шараларын қолдануға негіз болып табылатын, талаптарды анықталған бұзушылықтар жойылмаған жағдайда, бұзушылықтарға жол берген адамдарды Қазақстан Республикасының заңдарында белгіленген тәртіппен жауаптылыққа тарту жөнінде шаралар қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z900" w:id="637"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z900" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасының талаптарын бұзушылықтарды жою туралы нұсқамада көзделген мерзімдер өткенге дейін бақылау және қадағалау субъектісі бұзушылықтың жойылу фактісін дәлелдейтін материалдарды қоса бере отырып, талаптарды анықталған бұзушылықтардың жойылғаны туралы ақпаратты ұсынуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkEnd w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көзделген ақпарат ұсынылған жағдайда осы баптың 10-тармағының екінші бөлігіне сәйкес жоспардан тыс тексеру жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z901" w:id="638"/>
+    <w:bookmarkStart w:name="z901" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Бақылау және қадағалау субъектісі жедел ден қою шараларын қолдануға алып келген мемлекеттік бақылау нәтижелерімен келіспеген жағдайда, жедел ден қою шараларын қолдану туралы қаулыны жарамсыз деп тану және оның күшін жою туралы шағым бере алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkEnd w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шағым Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35783,70 +35681,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен жоғары тұрған мемлекеттік органға не Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым беру жедел ден қою шараларын қолдану туралы қаулының орындалуын тоқтата тұрмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z902" w:id="639"/>
+    <w:bookmarkStart w:name="z902" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Жедел ден қою шараларын қолдану туралы қаулыны жарамсыз деп тануға және оның күшін жоюға мыналар негіз болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkEnd w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жедел ден қою шараларын қолдануға негіздің болмауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -35857,70 +35755,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы шараға сәйкес келмейтін негіз бойынша жедел ден қою шарасын қолдану;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уәкілетті орган немесе балық шаруашылығы саласындағы уәкілетті орган ведомствосының немесе олардың аумақтық бөлімшелерінің өз құзыретіне кірмейтін мәселелер бойынша жедел ден қою шараларын қолдануы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z903" w:id="640"/>
+    <w:bookmarkStart w:name="z903" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Жедел ден қою шараларын қолдану туралы ақпарат өз құзыреті шегінде мемлекеттік құқықтық статистика және арнайы есепке алу саласындағы қызметті жүзеге асыратын мемлекеттік органға Қазақстан Республикасының Бас прокуратурасы айқындаған тәртіппен жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkEnd w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35929,51 +35827,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); өзгеріс енгізілді – ҚР 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
@@ -36016,90 +35914,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>49-3-бап. Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы қызметін мемлекеттік бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z904" w:id="641"/>
+    <w:bookmarkStart w:name="z904" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының (бұдан әрі – тексерілетін мемлекеттік орган) жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы қызметін мемлекеттік бақылау осы бапқа сәйкес мерзімдік, жоспардан тыс тексерулер және қашықтан бақылау нысанында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z905" w:id="642"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z905" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мерзімдік тексеру уәкілетті орган немесе балық шаруашылығы саласындағы уәкілетті орган тексеру жүргізу жылының алдындағы жылдың 1 желтоқсанынан және ағымдағы күнтізбелік жылдың 1 маусымынан кешіктірмей әзірлеген және бекіткен жартыжылдық жоспарлар негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkEnd w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мерзімдік тексерулер жүргізудің жартыжылдық жоспарында мыналар қамтылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36272,70 +36170,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мерзімдік тексерулер жүргізу мерзімдері алдағы жұмыстардың көлемі, сондай-ақ қойылған міндеттер ескеріле отырып белгіленеді және он бес жұмыс күнінен аспайтын мерзімге ұзартыла отырып, он бес жұмыс күнінен аспауға тиіс. Мерзімдік тексеру жүргізу мерзімі мерзімдік тексеруді жүргізу тоқтатыла тұрған кезде үзіледі және мерзімдік тексеру қайта басталған кезден бастап жалғасады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мерзімдік тексерулер жүргізу мерзімі бір рет қана ұзартылуы мүмкін. Ұзарту уәкілетті органның ведомствосы немесе балық шаруашылығы саласындағы уәкілетті органның ведомствосы басшылығының немесе олардың аумақтық бөлімшелері басшыларының шешімімен жүзеге асырылады. Мерзімдік тексерулерді жүргізу мерзімдерін ұзарту тексерілетін мемлекеттік орган хабардар етіле отырып, мерзімдік тексеру мерзімін ұзарту туралы қосымша бұйрықпен ресімделеді, онда тексеруді тағайындау туралы алдыңғы бұйрықтың күні мен нөмірі және ұзарту себептері көрсетіледі. Мерзімдік тексеру мерзімін ұзарту туралы хабарламаны уәкілетті органның ведомствосы немесе балық шаруашылығы саласындағы уәкілетті органның ведомствосы немесе олардың аумақтық бөлімшелерінің басшылары табыс етілгені туралы хабарламамен ұзартылғанға дейін бір жұмыс күні бұрын тексерілетін мемлекеттік органға табыс етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z906" w:id="643"/>
+    <w:bookmarkStart w:name="z906" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мерзімдік тексерулер жүргізудің жартыжылдық жоспарларын қалыптастыру үшін мынадай ақпарат көздері пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkEnd w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) есептілік пен мәліметтер мониторингінің, оның ішінде автоматтандырылған ақпараттық жүйелер арқылы алынған нәтижелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36382,70 +36280,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қашықтан бақылау нәтижелері.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарын талдау және іріктеу кезінде мерзімдік тексерулердің жартыжылдық жоспарларын қалыптастыру үшін өткен жылдың ұқсас кезеңімен салыстырғандағы деректер пайдаланылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z907" w:id="644"/>
+    <w:bookmarkStart w:name="z907" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тексеруді тағайындау туралы бұйрықтың негізінде тексерілетін мемлекеттік органға бару арқылы тексеру жүргізіледі, онда мыналар көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkEnd w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бұйрықтың күні мен нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36672,70 +36570,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мерзімдік тексерулерді тағайындау, ұзарту, тоқтата тұру және қайта бастау туралы бұйрықтарға уәкілетті орган ведомствосының немесе балық шаруашылығы саласындағы уәкілетті орган ведомствосының басшылығы немесе олардың аумақтық бөлімшелерінің басшылары қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексерілетін мемлекеттік органға тексеруді тағайындау туралы акт табыс етілген күн тексеру жүргізудің басталуы болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z908" w:id="645"/>
+    <w:bookmarkStart w:name="z908" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жоспардан тыс тексеруге мыналар негіз болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkEnd w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тексеру және (немесе) қашықтан бақылау нәтижелері бойынша қорытындыда көрсетілген анықталған бұзушылықтарды жою туралы талаптардың орындалуын бақылау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36782,128 +36680,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жеке және заңды тұлғалардың, мемлекеттің құқықтары мен заңды мүдделеріне нұқсан келтірудің нақты фактілері бойынша, сондай-ақ жойылмауы жеке және заңды тұлғалардың, мемлекеттің құқықтары мен заңды мүдделеріне нұқсан келтіруге алып келетін Қазақстан Республикасы заңнамасының талаптарын бұзушылықтардың нақты фактілері бойынша мемлекеттік органдардың жолданымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті органның ведомствосы немесе балық шаруашылығы саласындағы уәкілетті органның ведомствосы немесе олардың аумақтық бөлімшелері тексерілетін мемлекеттік органды тексеру жүргізу нысанасын көрсете отырып, жоспардан тыс тексеру жүргізудің басталатыны туралы оның басталғанынан кемінде бір тәулік бұрын хабардар етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z909" w:id="646"/>
+    <w:bookmarkStart w:name="z909" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жоспардан тыс тексеру жүргізу мерзімі он жұмыс күніне дейін ұзартыла отырып, он жұмыс күнінен аспайтын мерзімді құрауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkEnd w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоспардан тыс тексеру жүргізу мерзімі бір рет қана ұзартылуы мүмкін. Ұзарту уәкілетті органның ведомствосы немесе балық шаруашылығы саласындағы уәкілетті орган ведомствосы басшылығының немесе олардың аумақтық бөлімшелері басшыларының шешімімен жүзеге асырылады. Жоспардан тыс тексеру жүргізу мерзімдерін ұзарту тексерілетін мемлекеттік органды хабардар ете отырып, жоспардан тыс тексеру мерзімін ұзарту туралы қосымша бұйрықпен ресімделеді, онда тексеруді тағайындау туралы алдыңғы бұйрықтың күні мен нөмірі және ұзарту себептері көрсетіледі. Жоспардан тыс тексеру мерзімдерін ұзарту туралы хабарламаны уәкілетті органның немесе балық шаруашылығы саласындағы уәкілетті органның ведомствосы немесе олардың аумақтық бөлімшелері табыс етілгені туралы хабарламамен ұзартылғанға дейін бір жұмыс күні бұрын табыс етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z910" w:id="647"/>
+    <w:bookmarkStart w:name="z910" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Жоспардан тыс тексерулер анонимдік жолданымдар болған жағдайда жүргізілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z911" w:id="648"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z911" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қашықтан бақылау тексерілетін мемлекеттік органға бармай мынадай әрекеттер жасау арқылы жылына бір рет жүргізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkEnd w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тексерілетін мемлекеттік органның қызметін мониторингтеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36932,70 +36830,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тексерудің нысанасына қатысты қажетті ақпаратты алу мақсатында тексерілетін мемлекеттік органның басшысын не оның уәкілетті адамын шақыру.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қашықтан бақылау жүргізу мерзімі он жұмыс күнінен аспауға тиіс. Қашықтан бақылау жүргізу аяқталған күні тексерілетін мемлекеттік органға қашықтан бақылау нәтижелері туралы қорытынды (бұзушылықтар болған кезде) жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z912" w:id="649"/>
+    <w:bookmarkStart w:name="z912" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қашықтан бақылау нәтижелері бойынша бұзушылықтар анықталған жағдайда үш данада қорытынды жасалады, онда мыналар көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkEnd w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қорытындының жасалған күні, нөмірі мен орны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37150,70 +37048,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қашықтан бақылау нәтижелері бойынша ескертулер және (немесе) қарсылықтар болған жағдайда, тексерілетін мемлекеттік орган оларды жазбаша түрде жазады және оны қашықтан бақылау нәтижелері туралы қорытынды табыс етілген күннен бастап үш жұмыс күні ішінде уәкілетті органның ведомствосына немесе о балық шаруашылығы саласындағы уәкілетті органның ведомствосына немесе олардың аумақтық бөлімшелеріне жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті органның немесе балық шаруашылығы саласындағы уәкілетті органның ведомствосы немесе олардың аумақтық бөлімшелері өз құзыреттері шегінде тексерілетін мемлекеттік органның ескертулерін және (немесе) қарсылықтарын он жұмыс күні ішінде қарауға және уәжді жауап беруге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z913" w:id="650"/>
+    <w:bookmarkStart w:name="z913" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Тексеру нәтижелері бойынша үш данада қорытынды жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkEnd w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру нәтижелері туралы қорытындыда мыналар көрсетіледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37422,166 +37320,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) тексеру жүргізген лауазымды адамдардың қолтаңбасы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру нәтижелері туралы қорытындыға болған кезде тексеру нәтижелеріне байланысты құжаттар немесе олардың көшірмелері қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z914" w:id="651"/>
+    <w:bookmarkStart w:name="z914" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тексеру нәтижелері туралы қорытындының бірінші данасы электрондық нысанда өз құзыреті шегінде мемлекеттік құқықтық статистика және арнайы есепке алу саласындағы қызметті жүзеге асыратын мемлекеттік органға тапсырылады, екінші данасы анықталған бұзушылықтармен танысу және оларды жою жөнінде шаралар және басқа да әрекеттер қабылдау үшін тексерілетін мемлекеттік органға (басшыға не оның уәкілетті адамына) қағаз жеткізгіште қол қойғыза отырып немесе электрондық нысанда табыс етіледі, үшінші данасы уәкілетті органның ведомствосында немесе балық шаруашылығы саласындағы уәкілетті органның ведомствосында немесе олардың аумақтық бөлімшелерінде қалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkEnd w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру нәтижелері бойынша ескертулер және (немесе) қарсылықтар болған жағдайда, тексерілетін мемлекеттік орган оларды жазбаша түрде жазады және оны тексеру нәтижелері туралы қорытынды табыс етілген күннен бастап үш жұмыс күні ішінде уәкілетті органның немесе балық шаруашылығы саласындағы уәкілетті органның ведомствосына немесе олардың аумақтық бөлімшелеріне жібереді. Тексеру жүргізген лауазымды адам тексеру нәтижелері туралы қорытындыға тиісті жазба жасайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті органның немесе балық шаруашылығы саласындағы уәкілетті органның ведомствосы немесе олардың аумақтық бөлімшелері өз құзыреттері шегінде тексерілетін мемлекеттік органның ескертулерін және (немесе) қарсылықтарын он жұмыс күні ішінде қарауға және уәжді жауап беруге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z915" w:id="652"/>
+    <w:bookmarkStart w:name="z915" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Тексеру жүргізу кезінде Қазақстан Республикасының заңнамасында белгіленген талаптарды бұзушылықтар болмаған жағдайда, тексеру нәтижелері туралы қорытындыда тиісті жазба жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z916" w:id="653"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z916" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Тексеруді тағайындау туралы бұйрықта (тексеру мерзімін ұзарту туралы қосымша бұйрық болған кезде, сонда) көрсетілген тексерудің аяқталу мерзімінен кешіктірмей тексерілетін мемлекеттік органға тексеру нәтижелері туралы қорытынды табыс етілген күн тексеру мерзімінің аяқталуы деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z917" w:id="654"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z917" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Тексеру немесе қашықтан бақылау нәтижелері туралы қорытындыда көрсетілген анықталған бұзушылықтарды жою туралы талаптар тексерілетін мемлекеттік органдардың орындауы үшін міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkEnd w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру немесе қашықтан бақылау нәтижелері туралы қорытындыда көрсетілген анықталған бұзушылықтарды жою мерзімі өткеннен кейін тексерілетін мемлекеттік орган тексеру немесе қашықтан бақылау нәтижелері туралы қорытындыда белгіленген мерзім ішінде уәкілетті органның немесе балық шаруашылығы саласындағы уәкілетті органның ведомствосына және (немесе) олардың аумақтық бөлімшелеріне анықталған бұзушылықтардың жойылғаны туралы ақпаратты ұсынуға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37592,70 +37490,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексерілетін мемлекеттік орган анықталған бұзушылықтардың жойылғаны туралы ақпаратты белгіленген мерзімде ұсынбаған немесе толық ұсынбаған жағдайларда, уәкілетті органның немесе балық шаруашылығы саласындағы уәкілетті органның ведомствосы және (немесе) олардың аумақтық бөлімшелері жоспардан тыс тексеруді тағайындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тексерілетін мемлекеттік орган анықталған бұзушылықтардың жойылғаны туралы ұсынылған ақпаратқа бұзушылықтардың жойылу фактісін дәлелдейтін материалдарды қоса береді. Бұл жағдайда жоспардан тыс тексеру жүргізу талап етілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z918" w:id="655"/>
+    <w:bookmarkStart w:name="z918" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Уәкілетті орган ведомствосының немесе балық шаруашылығы саласындағы уәкілетті орган ведомствосының және (немесе) олардың аумақтық бөлімшелерінің лауазымды адамдарының тексеру жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkEnd w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тексерілетін мемлекеттік органның аумағына және үй-жайларына кедергісіз кіруге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37702,126 +37600,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аудио -, фото- және бейнетүсірілімді жүзеге асыруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осы бапта көрсетілген жағдайларда тексеруді ұзартуға, тоқтата тұруға және қайта бастауға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z919" w:id="656"/>
+    <w:bookmarkStart w:name="z919" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Уәкілетті органның немесе балық шаруашылығы саласындағы уәкілетті органның тексеру жүргізуге келген лауазымды адамдары тексерілетін мемлекеттік органға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkEnd w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тексеруді тағайындау туралы бұйрықты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қызметтік куәлігін (сәйкестендіру картасын) көрсетуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z920" w:id="657"/>
+    <w:bookmarkStart w:name="z920" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Тексерілетін мемлекеттік органдар не олардың уәкілетті өкілдері тексеру жүргізілген кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkEnd w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер құжаттар мен мәліметтер жүргізілетін тексерудің немесе қашықтан бақылаудың нысанасына жатпаса, оларды ұсынбауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37868,70 +37766,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уәкілетті орган ведомствосының немесе балық шаруашылығы саласындағы уәкілетті орган ведомствосының немесе олардың аумақтық бөлімшелерінің лауазымды адамдарының тексерілетін мемлекеттік органның қызметін шектейтін, заңға негізделмеген тыйымдарын орындамауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тексеруді немесе қашықтан бақылауды жүзеге асыру процесін, сондай-ақ лауазымды адамның тексеру немесе қашықтан бақылау шеңберінде жүргізетін жекелеген әрекеттерін лауазымды адамның қызметіне кедергі келтірмей аудио- және бейнетехника құралдарының көмегімен тіркеп-белгілеуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z921" w:id="658"/>
+    <w:bookmarkStart w:name="z921" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Тексерілетін мемлекеттік органдар не олардың уәкілетті өкілдері тексеру жүргізілген кезде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkEnd w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уәкілетті орган ведомствосының немесе балық шаруашылығы саласындағы уәкілетті орган ведомствосының немесе олардың аумақтық бөлімшелерінің лауазымды адамдарының тексерілетін мемлекеттік органның аумағына және үй-жайларына кедергісіз кіруін қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37978,70 +37876,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) егер осы Заңда не Қазақстан Республикасының өзге де заңдарында өзгеше көзделмесе, тексеру немесе қашықтан бақылау жүргізу кезеңінде тексерілетін құжаттарға өзгерістер мен толықтырулар енгізуге жол бермеуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) басшының не оның уәкілетті адамының тексерілетін мемлекеттік органның тұрған жерінде тексерудің тағайындалған мерзімдерінде болуын қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z922" w:id="659"/>
+    <w:bookmarkStart w:name="z922" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Егер тексеру жүргізу нәтижесінде тексерілетін мемлекеттік органның жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы талаптарды бұзу фактісі анықталса, әкімшілік құқық бұзушылық құрамының белгілерін көрсететін жеткілікті деректер болған кезде уәкілетті орган ведомствосының немесе балық шаруашылығы саласындағы уәкілетті орган ведомствосының немесе олардың аумақтық бөлімшелерінің лауазымды адамдары өкілеттіктері шегінде бұзушылықтарға жол берген адамдарды Қазақстан Республикасының заңдарында белгіленген жауаптылыққа тарту жөнінде шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkEnd w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті орган ведомствосының немесе балық шаруашылығы саласындағы уәкілетті орган ведомствосының немесе олардың аумақтық бөлімшелерінің тексеруді жүзеге асыратын лауазымды адамының тексеру жүргізу үшін қажетті материалдарға қол жеткізуіне кедергі келтірілген не анық емес ақпарат ұсынылған, бұзушылықтарды жою туралы заңды талаптар орындалмаған немесе тиісінше орындалмаған жағдайларда бұзушылықтарға жол берген адамдарды Қазақстан Республикасының заңдарында белгіленген жауаптылыққа тарту жөнінде шаралар қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -38068,51 +37966,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); өзгеріс енгізілді – ҚР 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
@@ -38173,210 +38071,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>50-бап. Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы мемлекеттiк бақылау және қадағалау объектiлерi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы мемлекеттiк бақылау және қадағалау объектiлерi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z363" w:id="660"/>
+    <w:bookmarkStart w:name="z363" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жануарлар дүниесi және олар мекендейтiн орта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z364" w:id="661"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z364" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жануарлардың сирек кездесетін және құрып кету қаупі төнген түрлерін және Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның қолданылу аясына кіретін жануарлардың түрлерін еріксіз және жартылай ерікті жағдайларда ұстау, өсіру шарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z365" w:id="662"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z365" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жануарлар дүниесi объектілерін аулау құралдары, әдістері және (немесе) тәсілдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z366" w:id="663"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z366" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жануарлар дүниесiнiң ауланған өнiмi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z367" w:id="664"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z367" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жануарлар дүниесiн пайдалану құқығын растайтын құжаттама (аңшы және (немесе) балықшы куәлігі, аңшылық, балық шаруашылықтарын жүргізуге арналған шарттар, аң аулауға арналған шарт, жануарлар дүниесiн пайдалануға арналған шарт, рұқсат және балық ресурстары мен басқа да су жануарларын пайдалануға арналған рұқсат, жолдама, кәсiпшiлiк журнал);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z368" w:id="665"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z368" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану жөнiндегі қызмет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z369" w:id="666"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z369" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы нормативтiк құжаттама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z370" w:id="667"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z370" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) жануарлар дүниесiне және олар мекендейтiн ортаға әсер ететiн қызмет болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkEnd w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -38552,371 +38450,371 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>51-бап. Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы мемлекеттiк бақылауды және қадағалауды жүзеге асыратын лауазымды адамдар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z371" w:id="668"/>
+    <w:bookmarkStart w:name="z371" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уәкілетті орган ведомствосының басшысы лауазымы бойынша бiр мезгiлде Қазақстан Республикасының жануарлар дүниесiн қорғау жөнiндегi бас мемлекеттiк инспекторы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkEnd w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық шаруашылығы саласындағы уәкілетті орган ведомствосының басшысы лауазымы бойынша бір мезгілде Қазақстан Республикасының балық ресурстарын және басқа да су жануарларын қорғау жөніндегі бас мемлекеттік инспекторы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z372" w:id="669"/>
+    <w:bookmarkStart w:name="z372" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уәкілетті орган ведомствосы басшысының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы реттеу, бақылау және қадағалау мәселелерiмен айналысатын орынбасарлары лауазымы бойынша бiр мезгiлде Қазақстан Республикасының жануарлар дүниесiн қорғау жөнiндегi бас мемлекеттiк инспекторының орынбасарлары болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkEnd w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық шаруашылығы саласындағы уәкілетті орган ведомствосы басшысының балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында реттеу, бақылау және қадағалау мәселелерімен айналысатын орынбасарлары лауазымы бойынша бір мезгілде Қазақстан Республикасының балық ресурстарын және басқа да су жануарларын қорғау жөніндегі бас мемлекеттік инспекторының орынбасарлары болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z373" w:id="670"/>
+    <w:bookmarkStart w:name="z373" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Уәкілетті орган ведомствосы аумақтық бөлімшесінің басшысы лауазымы бойынша бiр мезгiлде тиiстi облыстың жануарлар дүниесiн қорғау жөнiндегi бас мемлекеттiк инспекторы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkEnd w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық шаруашылығы саласындағы уәкілетті орган ведомствосы аумақтық бөлімшесінің басшысы лауазымы бойынша бір мезгілде тиісті облыстың (бассейннің) балық ресурстарын және басқа да су жануарларын қорғау жөніндегі бас мемлекеттік инспекторы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z374" w:id="671"/>
+    <w:bookmarkStart w:name="z374" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Уәкілетті орган ведомствосының аумақтық бөлімшесі басшысының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы реттеу, бақылау және қадағалау мәселелерiмен айналысатын орынбасарлары лауазымы бойынша бiр мезгiлде тиiстi облыстың жануарлар дүниесiн қорғау жөнiндегi бас мемлекеттiк инспекторының орынбасарлары болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkEnd w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық шаруашылығы саласындағы уәкілетті орган ведомствосы аумақтық бөлімшесі басшысының балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында реттеу, бақылау және қадағалау мәселелерімен айналысатын орынбасарлары лауазымы бойынша бір мезгілде тиісті облыстың (бассейннің) балық ресурстарын және басқа да су жануарларын қорғау жөніндегі бас мемлекеттік инспекторының орынбасарлары болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z479" w:id="672"/>
+    <w:bookmarkStart w:name="z479" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уәкілетті орган ведомствосы құрылымдық бөлiмшелерiнiң жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы реттеу, бақылау және қадағалау мәселелерiмен айналысатын басшылары лауазымы бойынша бiр мезгiлде Қазақстан Республикасының жануарлар дүниесiн қорғау жөнiндегi аға мемлекеттiк инспекторлары, ал уәкілетті орган ведомствосының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы реттеу, бақылау және қадағалау мәселелерiмен айналысатын мамандары Қазақстан Республикасының жануарлар дүниесiн қорғау жөнiндегi мемлекеттiк инспекторлары болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkEnd w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық шаруашылығы саласындағы уәкілетті орган ведомствосы құрылымдық бөлімшелерінің балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында реттеу, бақылау және қадағалау мәселелерімен айналысатын басшылары – лауазымы бойынша бір мезгілде Қазақстан Республикасының балық ресурстарын және басқа да су жануарларын қорғау жөніндегі аға мемлекеттік инспекторлары, ал балық шаруашылығы саласындағы уәкілетті орган ведомствосының балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында реттеу, бақылау және қадағалау мәселелерімен айналысатын мамандары Қазақстан Республикасының балық ресурстарын және басқа да су жануарларын қорғау жөніндегі мемлекеттік инспекторлары болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z480" w:id="673"/>
+    <w:bookmarkStart w:name="z480" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Уәкілетті орган ведомствосының аумақтық бөлімшелері құрылымдық бөлiмшелерiнiң жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы реттеу, бақылау және қадағалау мәселелерiмен айналысатын басшылары лауазымы бойынша бiр мезгiлде тиiстi облыстың жануарлар дүниесiн қорғау жөнiндегi аға мемлекеттiк инспекторлары, ал жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы реттеу, бақылау және қадағалау мәселелерiмен айналысатын мамандары тиiстi облыстың жануарлар дүниесiн қорғау жөнiндегi мемлекеттiк инспекторлары болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkEnd w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық шаруашылығы саласындағы уәкілетті орган ведомствосының аумақтық бөлімшелері құрылымдық бөлімшелерінің балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында реттеу, бақылау және қадағалау мәселелерімен айналысатын басшылары – лауазымы бойынша бір мезгілде тиісті облыстың (бассейннің) балық ресурстарын және басқа да су жануарларын қорғау жөніндегі аға мемлекеттік инспекторлары, ал балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында реттеу, бақылау және қадағалау мәселелерімен айналысатын мамандар тиісті облыстың (бассейннің) балық ресурстарын және басқа да су жануарларын қорғау жөніндегі мемлекеттік инспекторлары болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 51-бап жаңа редакцияда - ҚР 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -38977,505 +38875,505 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z830" w:id="674"/>
+    <w:bookmarkStart w:name="z830" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы мемлекеттiк бақылауды және қадағалауды жүзеге асыратын лауазымды адамдардың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z375" w:id="675"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z375" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объектілерге Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасы талаптарының сақталуы тұрғысынан бақылау мақсатында баруға, сондай-ақ Қазақстан Республикасының заңнамасында белгіленген тәртіппен жануарлар дүниесін пайдаланушылардың қызметі туралы ақпарат алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z376" w:id="676"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z376" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы Заңда берiлген өкiлеттiктер шегiнде актiлер шығаруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z377" w:id="677"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z377" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тексеру материалдарын құқық қорғау органдарына iс жүргiзу шешiмiн қабылдау үшiн беруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkEnd w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4) алып тасталды - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z379" w:id="678"/>
+    <w:bookmarkStart w:name="z379" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы Қазақстан Республикасы заңдарының бұзылуы салдарынан келтiрiлген зиянның көлемiн анықтауға және осының негiзiнде кiнәлi тұлғаларға осы зиянды ерiктi түрде өтеу туралы талап қоюға не сотқа талап-арыз беруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z380" w:id="679"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z380" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының Әкiмшiлiк құқық бұзушылық туралы кодексiне сәйкес жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы әкiмшiлiк құқық бұзушылық туралы iстердi қарауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z381" w:id="680"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z381" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) аңшылық алқаптардың, балық шаруашылығы су айдындарының және (немесе) учаскелерінің аумақтарында және олардың жағалау белдеуінде, сондай-ақ ерекше қорғалатын табиғи аумақтарда және олардан шыққан кезде көлiк және жүзу құралдарын тоқтатуға, оларды жете тексеруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z512" w:id="681"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z512" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) су жинау және ағызу құрылыстарын балықтарды қорғау құрылғыларының бар-жоғына және олардың белгіленген талаптарға сәйкестігіне қарап-тексеруді жүзеге асыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z513" w:id="682"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z513" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-2) аңшылық алқаптары мен балық шаруашылығы су айдындарында және (немесе) учаскелерінде, жағалау белдеуінде болған және олардан шыққан кезде адамдардың жануарлар дүниесін пайдалану құқығына арналған құжаттарын тексеруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z382" w:id="683"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z382" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) жануарлар дүниесі объектілерін заңсыз аулау құралдарын және жүзу, көлік құралдарын сот шешім шығарғанға дейін уақытша сақтау мақсатында және (немесе) жедел ден қою шеңберінде құқық қорғау органдарына беру үшін алып қоюға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z383" w:id="684"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z383" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) заңсыз ауланған жануарлар дүниесі объектілерін және олардың тіршілік ету өнімдерін Қазақстан Республикасының заңнамасында белгіленген тәртіппен алып қоюға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z384" w:id="685"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z384" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасын бұза отырып пайдаланылған атыс қаруын сот шешім шығарғанға дейін уақытша сақтау үшін алып қоюға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z385" w:id="686"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z385" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасының заңдарында белгiленген тәртiппен арнаулы құралдар мен қызметтік қаруды сақтауға, алып жүруге және қолдануға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z923" w:id="687"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z923" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) жануарлар дүниесі объектілерін заңсыз алып қоюды жасаған адамдарды ұстауға, құқық қорғау органдарына жеткізуге құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z386" w:id="688"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z386" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы мемлекеттiк бақылауды және қадағалауды жүзеге асыратын лауазымды адамдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z387" w:id="689"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z387" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аңшылық және балық шаруашылықтарын жүргiзу ережелерiнiң сақталуына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z388" w:id="690"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z388" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аң аулау және балық аулау ережелерiнiң сақталуына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkEnd w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3) алып тасталды - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -39485,240 +39383,240 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4) алып тасталды - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z391" w:id="691"/>
+    <w:bookmarkStart w:name="z391" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жануарлар дүниесiн пайдалану үшiн белгiленген шектеулер мен тыйым салулардың сақталуына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z392" w:id="692"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z392" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану жөнiндегi iс-шаралардың орындалуына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z393" w:id="693"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z393" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жануарларды интродукциялауды, реинтродукциялауды, будандастыруды жүзеге асыру тәртiбiнiң сақталуына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z394" w:id="694"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z394" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы нормалар мен нормативтердiң сақталуына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z780" w:id="695"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z780" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1) жеке және заңды тұлғалардың аңшылық және балық шаруашылығын жүргізуге арналған шарт талаптарын орындауына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z781" w:id="696"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z781" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-2) жануарлардың сирек кездесетін және құрып кету қаупі төнген түрлерін және Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның қолданылу аясына кіретін жануарлардың түрлерін еріксіз және жартылай ерікті жағдайларда ұстау, өсіру, сондай-ақ зоологиялық коллекцияларды жасау тәртібінің сақталуына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z395" w:id="697"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z395" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы заңдарының өзге де талаптарының орындалуына бақылау жасауға мiндеттi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z396" w:id="698"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z396" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы мемлекеттiк бақылауды және қадағалауды жүзеге асыратын лауазымды адамдар айырым белгілері бар нысанды киiммен (погонсыз) қамтамасыз етiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkEnd w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -39987,51 +39885,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -40112,190 +40010,190 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z831" w:id="699"/>
+    <w:bookmarkStart w:name="z831" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы заңнамасы талаптарының анықталған бұзушылықтарына қарай мемлекеттiк бақылау және қадағалау нәтижелерi бойынша ықпал етудiң құқықтық шараларын қолдану мақсатында жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы мемлекеттiк бақылауды және қадағалауды жүзеге асыратын уәкiлеттi орган ведомствосының немесе балық шаруашылығы саласындағы уәкілетті орган ведомствосының және олардың аумақтық бөлімшелерінің лауазымды адамдары мынадай актiлер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z397" w:id="700"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z397" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әкiмшiлiк құқық бұзушылық туралы хаттама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z398" w:id="701"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z398" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) тексеру актiсi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z399" w:id="702"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z399" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасының талаптарын бұзушылықты жою туралы нұсқама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z400" w:id="703"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z400" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасын бұзған жағдайда кінәлі тұлғаларды әкімшілік жауаптылыққа тарту туралы қаулы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z782" w:id="704"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z782" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасын бұза отырып пайдаланылған атыс қаруын, аулау құралдарының тыйым салынған түрлерін және заңсыз ауланған жануарлар дүниесі объектілері мен олардың тіршілік ету өнімдерін сот шешімі шығарылғанға дейін уақытша сақтау үшін алып қою туралы хаттама шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z401" w:id="705"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z401" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы мемлекеттiк бақылауды және қадағалауды жүзеге асыратын уәкiлеттi орган ведомствосы немесе балық шаруашылығы саласындағы уәкілетті орган ведомствосының және олардың аумақтық бөлімшелері лауазымды адамдарының актiлерi жеке және заңды тұлғалардың орындауы үшiн мiндеттi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkEnd w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -40304,211 +40202,211 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -40639,131 +40537,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 54-бапқа өзгерістер енгізілді - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -40784,455 +40682,455 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>55-бап. Жануарлар дүниесiн мемлекеттiк қорғау</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының жануарлар дүниесiн мемлекеттiк қорғау (бұдан әрi - жануарлар дүниесiн мемлекеттiк қорғау) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану мәселелерiн қадағалайтын жануарлар дүниесiн қорғау жөнiндегi мамандандырылған ұйымдардың қызметкерлерiнен құралады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z402" w:id="706"/>
+    <w:bookmarkStart w:name="z402" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жануарлар дүниесiн мемлекеттiк қорғауға өзiне жүктелген мiндеттердi орындау үшiн:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z403" w:id="707"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z403" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке және заңды тұлғалардың аң және (немесе) балық аулау құқығын беретiн құжаттарын тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z404" w:id="708"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z404" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Қазақстан Республикасының әкiмшiлiк құқық бұзушылық туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексiне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы әкiмшiлiк құқық бұзушылық туралы хаттамалар толтыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkEnd w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3) алып тасталды - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z406" w:id="709"/>
+    <w:bookmarkStart w:name="z406" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңдарына сәйкес көлiк құралдарын, өзге де объектiлер мен орындарды, ал қажет болған кезде - ұсталған адамдардың жеке заттарын жете тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkEnd w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5) алып тасталды - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z408" w:id="710"/>
+    <w:bookmarkStart w:name="z408" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасында белгiленген тәртiппен айырым белгілері бар нысанды киiм (погонсыз) кию және қызметтік қару алып жүру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z783" w:id="711"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z783" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласында құқық бұзушылықтар жасаған адамдарды ұстау және құқық қорғау органдарына жеткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z784" w:id="712"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z784" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасының заңнамасында белгіленген тәртіппен жеке және заңды тұлғалардан Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасын бұза отырып пайдаланылған атыс қаруын, аулау құралдарының тыйым салынған түрлерін, заңсыз ауланған жануарлар дүниесі объектілері мен олардың тіршілік ету өнімдерін алып қою және олардың одан әрі тиесілі болуы туралы мәселені шешу құқығы беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z409" w:id="713"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z409" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жануарлар дүниесiн мемлекеттiк қорғау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkEnd w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы құқық бұзушылықтарды болдырмауға және олардың жолын кесуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z410" w:id="714"/>
+    <w:bookmarkStart w:name="z410" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы заңнамасын бұзу фактiлерi бойынша ақпаратты, талап қою мен өзге де материалдарды уәкiлеттi органға, балық шаруашылығы саласындағы уәкілетті органға және құқық қорғау органдарына, сотқа жіберуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkEnd w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3) алып тасталды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -41242,353 +41140,353 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4) алып тасталды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z815" w:id="715"/>
+    <w:bookmarkStart w:name="z815" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заңсыз, хабарлаусыз, реттеусіз кәсіпшілікке, сондай-ақ су биологиялық ресурстарынан дайындалған өнімнің заңсыз айналымына қарсы күрес бойынша шаралар қабылдауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z411" w:id="716"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z411" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жануарлар дүниесiн мемлекеттiк қорғаудың лауазымды адамдарына Қазақстан Республикасының заңдарында белгiленген тәртiппен арнаулы құралдар мен қызметтiк қаруды сақтауға, алып жүруге және қолдануға рұқсат берiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z412" w:id="717"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z412" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жануарлар дүниесiн мемлекеттiк қорғаудың лауазымды адамдары Қазақстан Республикасының заңдарында белгіленген тәртiппен айырым белгілері бар нысанды киiммен (погонсыз) және қызметтiк қарумен қамтамасыз етiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z413" w:id="718"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z413" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жануарлар дүниесiн мемлекеттiк қорғау қызметi уәкілетті орган бекiткен Жануарлар дүниесiн мемлекеттiк қорғау туралы ережемен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkEnd w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 55-бапқа өзгерістер енгізілді - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.02.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2018 жылғы 12 тамызда жасалған Каспий теңізінің құқықтық мәртебесі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>конвенция</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күшіне енген күннен бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
@@ -41631,368 +41529,368 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>56-бап. Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану жөнiндегi өндiрiстiк бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z414" w:id="719"/>
+    <w:bookmarkStart w:name="z414" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану жөнiндегi өндiрiстiк бақылау - бекiтiп берiлген аңшылық алқаптар мен балық шаруашылығы су айдындарында және (немесе) учаскелерiнде жануарлар дүниесiн қорғау функциясын жүзеге асыратын аңшылық шаруашылығы мен балық шаруашылығы субъектілерінің қорықшылық қызметi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z415" w:id="720"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z415" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қорықшының:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z514" w:id="721"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z514" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кейiннен уәкiлеттi орган ведомствосының немесе балық шаруашылығы саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесіне мiндеттi түрде беру үшiн Қазақстан Республикасының әкiмшiлiк құқық бұзушылық туралы заңнамасына сәйкес әкiмшiлiк құқық бұзушылық туралы хаттамалар жасауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z515" w:id="722"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z515" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қызметтік қаруды алып жүруге және айырым белгілері бар  арнаулы киім киюге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z516" w:id="723"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z516" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке және заңды тұлғалардың аң аулауға және балық аулауға құқық беретін құжаттарын тексеруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z682" w:id="724"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z682" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аң аулау қағидаларын бұзғаны үшін атыс қаруын кейіннен ішкі істер органдарына міндетті түрде беру үшін алып қоюға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z683" w:id="725"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z683" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы заңнамасын бұза отырып пайдаланылған аулау құралдарын, заңсыз аулап алынған аң аулау және балық аулау өнімдерін, тыйым салынған аулауға арналған қару түрлерін кейіннен жануарлар дүниесін қорғау жөніндегі мемлекеттік инспекторға, балық ресурстарын және басқа да су жануарларын қорғау жөніндегі мемлекеттік инспекторға немесе Қазақстан Республикасы ішкі істер органдарының қызметкерлеріне беру үшін алып қоюға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkEnd w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бекітіліп берілген аңшылық алқабының, балық шаруашылығы су айдынының және (немесе) учаскесінің аумағында және оның жағалау белдеуінде олардан шығу кезінде көлік және жүзу құралдарын тоқтатуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z684" w:id="726"/>
+    <w:bookmarkStart w:name="z684" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қорықшы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z685" w:id="727"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z685" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бекiтілiп берiлген аңшылық алқаптарында және балық шаруашылығы су айдындарында және (немесе) учаскелерiнде жануарлар дүниесiн қорғауды қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z686" w:id="728"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z686" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аң аулау және балық аулау қағидаларын, аңшылық шаруашылығының ішкі регламентін, өрт қауіпсіздігі қағидаларын, сондай-ақ тыныштық аймақтарында және өсімді молайту учаскелерінде жануарлар дүниесін пайдалануға қойылған шектеулер мен тыйым салуларды бұзушылықтардың жолын кесуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z687" w:id="729"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z687" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке және заңды тұлғалардан жануарлардың қырылуына және олар мекендеу ортасының бұзылуына әкеп соқтыратын әрекеттерді тоқтатуды талап етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z688" w:id="730"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z688" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жануарлар дүниесi объектiлерiнің мекендеу ортасын, олардың көбею жағдайларын және шоғырлану орындарын сақтау жөнінде шаралар қолдануға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z689" w:id="731"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z689" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жануарлар дүниесiне ұқыпты және iзгiлiктi қарау насихатын жүргізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z690" w:id="732"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z690" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жануарлар ауырған және дүлей зiлзала кезiнде қырылу қаупi төнген жағдайларда жануарлар дүниесi объектiлерiне көмек көрсету жөнінде шаралар қолдануға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z691" w:id="733"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z691" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) аншлагтардың сақталуын қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkEnd w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -42101,91 +41999,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -42258,188 +42156,188 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="734"/>
+    <w:bookmarkStart w:name="z69" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkEnd w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>58-бап. Қазақстан Республикасының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы заңнамасын бұзғаны үшiн жауаптылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z517" w:id="735"/>
+    <w:bookmarkStart w:name="z517" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа әкеп соғады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkEnd w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 56-бап жаңа редакцияда - ҚР 2010.01.21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -42772,55 +42670,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>