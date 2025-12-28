--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3a736e8" w14:textId="3a736e8">
+    <w:p w14:paraId="8bceda3" w14:textId="8bceda3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жергілікті маңызы бар балық шаруашылығы су айдындарының тізбесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Алматы облысы әкімдігінің 2025 жылғы 28 наурыздағы № 87 қаулысы. Алматы облысы Әділет департаментінде 2025 жылы 1 сәуірде № 6229-05 болып тіркелді</w:t>
+        <w:t>Алматы облысы әкімдігінің 2025 жылғы 28 наурыздағы № 87 қаулысы. Алматы облысы Әділет департаментінде 2025 жылы 1 сәуірде № 6229-05 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z7" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -767,2925 +767,8458 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Алматы облысы әкімдігінің 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 342</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z22" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Алматы облысы бойынша жергілікті маңызы бар балық шаруашылығы су айдындарының тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Су қоймалары</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық шаруашылығы су айдындарының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су айдынының, су қоймасының, көлдің ауданы (га) / Өзеннің ені (км)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзындығы (км)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық шаруашылығын жүргізу түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...678 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балқаш ауданы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...317 lines deleted...]
-1. Леп-1, 2, 3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әліжан су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ - (көлде тауарлы балық өсіру шаруашылығы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...258 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ардақ су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ - (көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...537 lines deleted...]
-17. Горный</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арқар су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ - (көлде тауарлы балық өсіру шаруашылығы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...177 lines deleted...]
-4. Сүмбе</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жолдыбай су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ - (көлде тауарлы балық өсіру шаруашылығы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...174 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Самғат су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ - (көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...174 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талды өткел су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ - (көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-1. Бестөбе</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумаш-Ноғас су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ - (көлде тауарлы балық өсіру шаруашылығы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...197 lines deleted...]
-3. Төменгі Кутентай</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құмарал көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ - (көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ернат көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ - (көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Райымбек ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайнар су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6,21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Текес өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТБӨШ - тоғанда балық өсіру шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Текес көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаракөль көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7197</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ-( көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрнек көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлкен Қакпақ өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0.0091</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарасу өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0064</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шалкөде өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ-( көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші Қакпақ өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ-( көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеген өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ-( көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарқара өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ-( көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саты өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ-( көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарабұлақ өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ-( көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Енбекшіқазақ ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Баяндай көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саймасай-1 су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЛЭП-3 су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәшкенсаз көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Романовское көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бартоғай су қоймасы, №1 телім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+216,09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТҚБӨШ - тор қоршамада балық өсіру шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бартоғай су қоймасы, №2 телім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+799,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТҚБӨШ - тор қоршамада балық өсіру шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жетікөл су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ-( көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Михайловское көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+230,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Генковское көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+160,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ-( көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жамбыл ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көкқайнар-1 су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеген ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Темірлік өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жіңішке өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0078</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеңсу өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0169</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарасай ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаскелең өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0186</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шамалған өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0052</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақсай өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0066</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талғар ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төрекөл су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,425</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ-( көлде тауарлы балық өсіру шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйғыр ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сарыбұлақ су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘСБА - әуесқойлық (спорттық) балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деревянное көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТБӨШ-( көлде тауарлы балық өсіру шаруашылығы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3706,55 +9239,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>