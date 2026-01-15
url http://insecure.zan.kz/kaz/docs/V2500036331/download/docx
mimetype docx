--- v0 (2025-10-05)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f3a458b" w14:textId="f3a458b">
+    <w:p w14:paraId="5f8a064" w14:textId="5f8a064">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2644,323 +2644,177 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">20. 31.12.2025 қоса алғанда қолданыста болды - осы бұйрықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Кредиттік шартқа қол қойылған күннен бастап 3 (үш) айдың ішінде қарыз алушы бюджеттік кредит бойынша өзінің міндеттемелерінің орындалуын қамтамасыз ететін тиісті шарттарға "е-Қаржымині" ИААЖ, қарыз алушының/сенім білдірілген өкілдің (агенттің) ақпараттық жүйесі арқылы қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      20-тармақ осы бұйрықтың </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">22. 31.12.2025 қоса алғанда қолданыста болды - осы бұйрықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес 31.12.2025 қоса алғанда қолданыста болады.</w:t>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...212 lines deleted...]
-      22. Сенім білдірілген өкілде (агентте)/қарыз алушыда ақпараттық жүйе болмаған жағдайда кредиттік шартқа қол қойылған күннен бастап 3 (үш) айдың ішінде қарыз алушы бюджеттік кредит бойынша өзінің міндеттемелерінің орындалуын қамтамасыз ететін тиісті шарттарға қағаз немесе электрондық жеткізгіште қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z69" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Кредиттік шарт ұлттық, сол сияқты шетелдік валюталарда да жасалады. Бюджеттік кредиттер құбылмалы, сол сияқты тіркелген сыйақы мөлшерлемесімен де беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -3672,127 +3526,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">35. 31.12.2025 қоса алғанда қолданыста болды - осы бұйрықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...60 lines deleted...]
-      35. Сенім білдірілген өкілде (агентте)/қарыз алушыда ақпараттық жүйе болмаған жағдайда жеке тұлғаларды бюджеттік кредиттеу кезінде кредиттік шарт кредитордың тапсырмасы бойынша сенім білдірілген өкіл мен (агент пен) жеке тұлға арасында қағаз немесе электрондық жеткізгіште жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z85" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Сенім білдірілген өкіл (агент) есепті ақпараттық жүйеде "Бюджеттік кредиттерді тіркеу, есепке алу және мониторингтеу қағидаларын бекіту туралы" 2025 жылғы 16 мамырдағы № 236 Қазақстан Республикасы Қаржы министрінің м.а. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -3826,147 +3638,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">37. 31.12.2025 қоса алғанда қолданыста болды - осы бұйрықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген нысан бойынша қалыптастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z87" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Қарыз алушы қайтыс болған не ол қаза болған деп жарияланған жағдайда, мемлекеттік білім беру және студенттік кредиттер бойынша кредитордың талаптарын тоқтату Бюджет кодексінің 160-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -7529,127 +7279,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">8. 31.12.2025 қоса алғанда қолданыста болды - осы бұйрықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...60 lines deleted...]
-      8. Түпкілікті қарыз алушының төлем қабілеттілігін бағалауды түпкілікті қарыз алушының қолма-қол ұсынылған қаржылық құжаттарының негізінде қарыз алушы/сенім білдірілген өкіл (агент) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z204" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Түпкілікті қарыз алушының төлем қабілеттілігін бағалауды қарыз алушы/сенім білдірілген өкіл (агент) мемлекеттік органдардың жүйелерімен интеграцияланған ақпараттық жүйеге қаржылық құжаттарды жүктегеннен кейін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -8534,127 +8242,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">4. 31.12.2025 қоса алғанда қолданыста болды - осы бұйрықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...60 lines deleted...]
-      4. Сенім білдірілген өкілде (агентте) ақпараттық жүйе болмаған жағдайда бюджеттік кредиттің нысаналы пайдаланылуын және ол бойынша міндеттемелердің орындалуын қамтамасыз етудің болуына бақылауды кредит қаражатының нысаналы жұмсалғанын растайтын ұсынылған құжаттарға сәйкес мемлекеттік аудит және қаржылық бақылау органы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z226" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Түпкілікті қарыз алушының бюджеттік кредитті нысаналы пайдаланылуын бақылау қарыз алушымен/сенім білдірілген өкілмен (агентпен) ақпараттық жүйеде осы Қағидалардың 6-тармағында көзделген ақпаратқа талдау жүргізу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
     <w:bookmarkStart w:name="z227" w:id="218"/>
     <w:p>
       <w:pPr>
@@ -8788,127 +8454,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">7. 31.12.2025 қоса алғанда қолданыста болды - осы бұйрықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...60 lines deleted...]
-      7. Қарыз алушыда/сенім білдірілген өкілде (агентте) ақпараттық жүйе болмаған жағдайда түпкілікті қарыз алушының бюджеттік кредитті нысаналы пайдаланылуын бақылау осы Қағидалардың 6-тармағында көрсетілген ұсынылған ақпаратқа сәйкес қолма-қол не электрондық тәсілмен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z234" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Бақылау жүргізу үшін мемлекеттік аудит және қаржылық бақылау органы, бюджеттік бағдарламалар әкімшісі, кредитор және (немесе) сенім білдірілген өкіл (агент) жобаны іске асыруға берілген бюджеттік кредиттердің нысаналы пайдаланылуын растайтын қосымша құжаттарды сұратуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
     <w:bookmarkStart w:name="z235" w:id="225"/>
     <w:p>
       <w:pPr>
@@ -10052,127 +9676,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">3. 31.12.2025 қоса алғанда қолданыста болды - осы бұйрықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...60 lines deleted...]
-      3. Бюджеттік бағдарламаның әкімшісі осы Қағидалардың 2-тармағында көрсетілген құжаттарды алғаннан кейін оларды 5 (бес) жұмыс күні ішінде электрондық құжат айналымы жүйесі арқылы бюджетті атқару жөніндегі уәкілетті органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z266" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бюджеттік бағдарламаның әкімшісі 5 (бес) жұмыс күні ішінде "е-Қаржымині" интеграцияланған автоматтандырылған ақпараттық жүйесінде осы Қағидалардың 2-тармағында көрсетілген құжаттарды бюджетті атқару жөніндегі уәкілетті органға жүктеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
     <w:bookmarkStart w:name="z267" w:id="254"/>
     <w:p>
       <w:pPr>
@@ -13818,55 +13400,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>