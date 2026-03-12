--- v0 (2025-10-12)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4dd7727" w14:textId="4dd7727">
+    <w:p w14:paraId="878215a" w14:textId="878215a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,210 +76,318 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Денисов ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
+        <w:t>Денисов ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қостанай облысы Денисов ауданы мәслихатының 2024 жылғы 10 шілдедегі № 42 шешімі. Қостанай облысының Әділет департаментінде 2024 жылғы 17 шілдеде № 10240-10 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - Қостанай облысы Денисов ауданы мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 62</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы "Тұрғын үй қатынастары туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>97-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Денисов аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Денисов ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі осы шешімнің </w:t>
+      1. Денисов ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес айқындалсын.</w:t>
+        <w:t xml:space="preserve"> сәйкес бекітілсін</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Денисов ауданы мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 62</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мәслихаттың кейбір шешімдері осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -717,368 +825,446 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="4"/>
+    <w:bookmarkStart w:name="z14" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Денисов ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="5"/>
+        <w:t xml:space="preserve"> Денисов ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның тақырыбы жаңа редакцияда - Қостанай облысы Денисов ауданы мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 62</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Денисов ауданында тұратын, Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығында тұрғынжайда тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z16" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z16" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге арналған шығыстарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z17" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z17" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       телекоммуникация желісіне қосылған телефон үшін абоненттік төлемді ұлғайту бөлігінде коммуналдық қызметтер мен байланыс қызметтерін тұтыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z18" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z18" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік тұрғын үй қорынан тұрғын үйді және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғын үйді пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z19" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының тұрғын үй көмегін есептеуге енгізілген шығыстары жоғарыда аталған бағыттардың әрқайсысы бойынша шығыстардың сомасы ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z20" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұрғын үй көмегін тағайындау "Денисов ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен (бұдан әрі - уәкілетті орган) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z21" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Көрсетілетін қызметті алушының жиынтық табысын "Тұрғын үй көмегін беру қағидаларын бекіту туралы" Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі - Қағидалар) айқындалған тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z22" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Тұрғын үй көмегі кондоминиум объектісін басқару және кондоминиум объектісінің ортақ мүлкін күтіп-ұстау, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеу, коммуналдық көрсетілетін қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтыну, мемлекеттік тұрғын үй қорынан тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды пайдалану шығыстарына ақы төлеу сомасы мен көрсетілетін қызметті алушының осы мақсаттарға шығыстарының шектi жол берiлетiн деңгейiнiң арасындағы айырма ретiнде айқындалады.</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      Көрсетілетін қызметті алушының жиынтық кірісіне шығыстарының шекті жол берілетін деңгейі бес (5) процент мөлшерінде айқындалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушының жиынтық табысына шығыстардың жол берілетін шекті деңгейі 5 (бес) пайыз мөлшерінде белгіленген.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Қостанай облысы Денисов ауданы мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 62</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тұрғын үй көмегін тағайындау кезінде бір адамға 15 (он бес) шаршы метрден кем емес және 18 (он сегіз) шаршы метрден артық емес, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес аудан нормасы қабылданады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="15"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Әлеуметтік тұрғыдан қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлеу "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z26" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) тұрғын үй көмегін тағайындау үшін тоқсанына бір рет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қағидаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі - Мемлекеттік корпорация) немесе "электрондық үкіметтің" веб-порталы арқылы жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғын үй көмегін тағайындау" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1135,110 +1321,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:bookmarkStart w:name="z28" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Тұрғын үй көмегі көрсетілетін қызметті алушыға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде шығыстар сметасына сәйкес кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге және коммуналдық қызметтерге ақы төлеу шоттары бойынша жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға бюджет қаражаты есебінен көрсетіледі.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="18"/>
+      7. Тұрғын үй көмегі көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидалардың 4-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қызмет есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - Қостанай облысы Денисов ауданы мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 62</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыларға кондоминиум тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z30" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеуді уәкілетті орган есептелген сомаларды тұрғын үй көмегін алушылардың немесе қызмет көрсетушілердің жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1538,348 +1824,348 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="20"/>
+    <w:bookmarkStart w:name="z36" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денисов аудандық мәслихатының күші жойылды деп танылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z37" w:id="21"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z37" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Мәслихатының "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" 2014 жылғы 17 қарашадағы № 66 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5215 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z38" w:id="22"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z38" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мәслихатының "Денисов аудандық мәслихатының 2014 жылғы 17 қарашадағы № 66 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгеріс енгізу туралы" 2015 жылғы 9 ақпандағы № 6 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5389 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z39" w:id="23"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z39" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Мәслихатының "Денисов аудандық мәслихатының 2014 жылғы 17 қарашадағы № 66 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2016 жылғы 1 сәуірдегі № 14 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6297 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z40" w:id="24"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z40" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мәслихатының "Денисов аудандық мәслихатының 2014 жылғы 17 қарашадағы № 66 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгеріс пен толықтыру енгізу туралы" 2019 жылғы 4 сәуірдегі № 23 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8338 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z41" w:id="25"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z41" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Мәслихатының "Мәслихаттың 2014 жылғы 17 қарашадағы № 66 "Тұрғын үй көмегін көрсету қағидасын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2020 жылғы 5 мамырдағы № 28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9171 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z42" w:id="26"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z42" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Мәслихатының "Мәслихаттың 2014 жылғы 17 қарашадағы № 66 "Тұрғын үй көмегін көрсету Қағидаларын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2021 жылғы 12 қарашадағы № 69 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 25434 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z43" w:id="27"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z43" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Мәслихатының "Қостанай облысы Денисов аудандық мәслихатының 2014 жылғы 17 қарашадағы № 66 "Денисов ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" 2023 жылғы 17 қарашадағы № 75 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10088 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>