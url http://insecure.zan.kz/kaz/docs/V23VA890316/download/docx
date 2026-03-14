--- v0 (2025-11-10)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="20e23c5" w14:textId="20e23c5">
+    <w:p w14:paraId="3fc85c5" w14:textId="3fc85c5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,123 +85,215 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Өскемен қалалық мәслихатының 2019 жылғы 25 қазандағы № 49/2-VI "Өскемен қаласы бойынша тұрғын үй сертификаттарының мөлшерін және алушылар санатының тізбесін айқындау туралы" шешіміне өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 2023 жылғы 19 қазандағы № 10/5-VIII шешімі. Шығыс Қазақстан облысының Әділет департаментінде 2023 жылғы 31 қазанда № 8903-16 болып тіркелді. Күші жойылды - Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 2025 жылғы 19 желтоқсандағы № 40/10-VIII шешімімен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 19.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/10-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өскемен қалалық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Өскемен қалалық мәслихатының 2019 жылғы 25 қазандағы № 49/2-VI "Өскемен қаласы бойынша тұрғын үй сертификаттарының мөлшерін және алушылар санатының тізбесін айқындау туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6248 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келесі өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -212,350 +306,366 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жаңа редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Өскемен қаласы бойынша тұрғын үй сертификаттарын алушылар санатының тізбесі айқындалсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысының ардагерлері;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
-[...15 lines deleted...]
-      Ұлы Отан соғысының ардагерлері;</w:t>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеңілдіктер бойынша Ұлы Отан соғысының ардагерлеріне теңестірілген ардагерлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
-[...15 lines deleted...]
-      жеңілдіктер бойынша Ұлы Отан соғысының ардагерлеріне теңестірілген ардагерлер;</w:t>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқа мемлекеттердің аумағындағы ұрыс қимылдарының ардагерлері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
-[...15 lines deleted...]
-      басқа мемлекеттердің аумағындағы ұрыс қимылдарының ардагерлері;</w:t>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші және екінші топтардағы мүгедектігі бар адамдар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
-[...15 lines deleted...]
-      бірінші және екінші топтардағы мүгедектігі бар адамдар;</w:t>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүгедектігі бар балалары бар немесе оларды тәрбиелеуші отбасылар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
-[...15 lines deleted...]
-      мүгедектігі бар балалары бар немесе оларды тәрбиелеуші отбасылар;</w:t>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жасына қарай зейнет демалысына шыққан зейнеткерлер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
-[...15 lines deleted...]
-      жасына қарай зейнет демалысына шыққан зейнеткерлер;</w:t>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кәмелетке толғанға дейін ата-анасынан айырылған жиырма тоғыз жасқа толмаған жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар жатады. Мұндай адамдардың жасы әскери қызметке шақырылған кезде мерзiмдi әскери қызметтен өту мерзiмiне ұзартылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
-[...15 lines deleted...]
-      кәмелетке толғанға дейін ата-анасынан айырылған жиырма тоғыз жасқа толмаған жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар жатады. Мұндай адамдардың жасы әскери қызметке шақырылған кезде мерзiмдi әскери қызметтен өту мерзiмiне ұзартылады;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қандастар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
-[...15 lines deleted...]
-      қандастар;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      экологиялық зiлзалалар, табиғи және техногендi сипаттағы төтенше жағдайлар салдарынан тұрғын үйiнен айырылған адамдар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...15 lines deleted...]
-      экологиялық зiлзалалар, табиғи және техногендi сипаттағы төтенше жағдайлар салдарынан тұрғын үйiнен айырылған адамдар;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Алтын алқа", "Күміс алқа" алқаларымен наградталған немесе бұрын "Батыр ана" атағын алған, сондай-ақ I және II дәрежелі "Ана даңқы" ордендерімен наградталған көпбалалы аналар, көпбалалы отбасылар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      "Алтын алқа", "Күміс алқа" алқаларымен наградталған немесе бұрын "Батыр ана" атағын алған, сондай-ақ I және II дәрежелі "Ана даңқы" ордендерімен наградталған көпбалалы аналар, көпбалалы отбасылар;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттiк немесе қоғамдық мiндеттерiн, әскери қызметiн орындау кезiнде, ғарыш кеңістігіне ұшуды дайындау немесе жүзеге асыру кезінде, адам өмiрiн құтқару кезiнде, құқық тәртiбiн қорғау кезiнде қаза тапқан (қайтыс болған) адамдардың отбасылары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      мемлекеттiк немесе қоғамдық мiндеттерiн, әскери қызметiн орындау кезiнде, ғарыш кеңістігіне ұшуды дайындау немесе жүзеге асыру кезінде, адам өмiрiн құтқару кезiнде, құқық тәртiбiн қорғау кезiнде қаза тапқан (қайтыс болған) адамдардың отбасылары;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      толық емес отбасылар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 20 мамырдағы № 161 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32546 болып тіркелген) Еңбек ресурстарын болжаудың ұлттық жүйесін қалыптастыру және оның нәтижелерін пайдалану қағидаларына сәйкес құрылатын, еңбек ресурстарының болжамы есебімен, еңбек және жұмыспен қамту статистикасы бойынша статистикалық байқауларды талдау негізінде анықталған, сұранысқа ие денсаулық сақтау, білім беру, мәдениет, спорт және әлеуметтік қамсыздандыру мамандары.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -568,90 +678,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "2. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі." жаңа редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -787,55 +897,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1165,35 +1297,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>