--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2c4eb7e" w14:textId="2c4eb7e">
+    <w:p w14:paraId="5db53d0" w14:textId="5db53d0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1081,113 +1081,135 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 05</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімдерімен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z231" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="13"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1290,51 +1312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1347,126 +1369,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 200 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z24" w:id="13"/>
+          <w:bookmarkStart w:name="z24" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="13"/>
+          <w:bookmarkEnd w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маяковский көшесі, 16, "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Булаев мектеп-сәбижай-балабақша кешені" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z25" w:id="14"/>
+          <w:bookmarkStart w:name="z25" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="14"/>
+          <w:bookmarkEnd w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2067,51 +2089,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2124,70 +2146,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 201 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z47" w:id="15"/>
+          <w:bookmarkStart w:name="z47" w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="15"/>
+          <w:bookmarkEnd w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2208,70 +2230,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Мағжан Жұмабаев атындағы орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="16"/>
+          <w:bookmarkStart w:name="z49" w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="16"/>
+          <w:bookmarkEnd w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2760,51 +2782,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2817,126 +2839,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 202 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="17"/>
+          <w:bookmarkStart w:name="z67" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="17"/>
+          <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәбит Мұқанов көшесі, 34, "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Батыр-Баян атындағы мектеп-гимназия" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="18"/>
+          <w:bookmarkStart w:name="z68" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="18"/>
+          <w:bookmarkEnd w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3733,51 +3755,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3790,70 +3812,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 203 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z97" w:id="19"/>
+          <w:bookmarkStart w:name="z97" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="19"/>
+          <w:bookmarkEnd w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3874,70 +3896,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданының кәсіпкерлік бөлімі" коммуналдық мемлекеттік мекемесінің әкімшілік ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z99" w:id="20"/>
+          <w:bookmarkStart w:name="z99" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="20"/>
+          <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4454,51 +4476,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4511,126 +4533,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 204 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z118" w:id="21"/>
+          <w:bookmarkStart w:name="z118" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="21"/>
+          <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Строительная көшесі, 36, "Қазақстан Республикасының Білім және ғылым министрлігінің Солтүстік Қазақстан облысы әкімдігінің Кәсіптік даярлау және сервис колледжі" коммуналдық мемлекеттік мекемеснің ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z119" w:id="22"/>
+          <w:bookmarkStart w:name="z119" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
+          <w:bookmarkEnd w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5035,51 +5057,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5092,70 +5114,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 205 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z134" w:id="23"/>
+          <w:bookmarkStart w:name="z134" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
+          <w:bookmarkEnd w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5176,70 +5198,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "№2 Булаев орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z136" w:id="24"/>
+          <w:bookmarkStart w:name="z136" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="24"/>
+          <w:bookmarkEnd w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5784,51 +5806,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5841,70 +5863,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 206 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z156" w:id="25"/>
+          <w:bookmarkStart w:name="z156" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
+          <w:bookmarkEnd w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5925,70 +5947,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Мағжан Жумабаев ауданының аудандық ауруханасы" шаруашалық жүргізү құқығындағы коммуналдық мемлекеттік кәсіпорнының медициналық пунктінің үй-жайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z158" w:id="26"/>
+          <w:bookmarkStart w:name="z158" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булаев қаласы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="26"/>
+          <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6029,51 +6051,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6086,70 +6108,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 207 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z160" w:id="27"/>
+          <w:bookmarkStart w:name="z160" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Медвежка ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="27"/>
+          <w:bookmarkEnd w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6226,51 +6248,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6283,70 +6305,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 208 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z162" w:id="28"/>
+          <w:bookmarkStart w:name="z162" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Полтавка ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="28"/>
+          <w:bookmarkEnd w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тахир Мусаев көшесі, 25А, "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Полтавка орта мектебі" коммуналдық мемекеттік мекемесінің ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6395,51 +6417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6452,70 +6474,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 209 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z163" w:id="29"/>
+          <w:bookmarkStart w:name="z163" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Достық ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="29"/>
+          <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6592,51 +6614,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6649,70 +6671,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 210 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z165" w:id="30"/>
+          <w:bookmarkStart w:name="z165" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Александров ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="30"/>
+          <w:bookmarkEnd w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шоқан Уәлиханов көшесі, 2А, "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Александровка негізгі мектебі" коммуналдық мемекеттік мекемесінің ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6761,51 +6783,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
+12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6818,70 +6840,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 211 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z166" w:id="31"/>
+          <w:bookmarkStart w:name="z166" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бастомар ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
+          <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6958,51 +6980,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
+13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7015,70 +7037,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №212 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z168" w:id="32"/>
+          <w:bookmarkStart w:name="z168" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возвышен ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
+          <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7155,51 +7177,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7212,70 +7234,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 214 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z170" w:id="33"/>
+          <w:bookmarkStart w:name="z170" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Золотая Нива ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
+          <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Новосельская көшесі, 8, "Мағжан Жумабаев ауданының аудандық ауруханасы" шаруашалық жүргізү құқығындағы коммуналдық мемлекеттік кәсіпорнының медициналық пунктінің үй-жайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7324,51 +7346,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7381,70 +7403,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 215 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z171" w:id="34"/>
+          <w:bookmarkStart w:name="z171" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарағанды ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
+          <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7521,51 +7543,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
+16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7578,70 +7600,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 216 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z173" w:id="35"/>
+          <w:bookmarkStart w:name="z173" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарақоға ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
+          <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Николай Жигалов көшесі, 11, "Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы Қарақоға ауылдық округі әкімінің аппараты" коммуналдық мемекеттік мекемесінің Мәдениет үйі ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7690,51 +7712,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17</w:t>
+17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7747,70 +7769,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 217 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z174" w:id="36"/>
+          <w:bookmarkStart w:name="z174" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чистое ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
+          <w:bookmarkEnd w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Центральная көшесі, 2/2, "Мағжан Жумабаев ауданының аудандық ауруханасы" шаруашалық жүргізү құқығындағы коммуналдық мемлекеттік кәсіпорнының медициналық пунктінің ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7859,51 +7881,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
+18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7916,70 +7938,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 218 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z175" w:id="37"/>
+          <w:bookmarkStart w:name="z175" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Образец ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
+          <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8056,51 +8078,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
+19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8113,70 +8135,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 219 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z177" w:id="38"/>
+          <w:bookmarkStart w:name="z177" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ноғайбай ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
+          <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ноғайбай көшесі, 31, "Ноғайбай" жауапкершілігі шектеулі серіктестігінің Ноғайбай ауылы тұрғындарының бос уақытын өткізу орталығының ғимараты (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8225,51 +8247,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8282,70 +8304,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 220 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z178" w:id="39"/>
+          <w:bookmarkStart w:name="z178" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Конюхов ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Центральная көшесі, 25, "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Конюхово негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8394,51 +8416,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
+21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8451,70 +8473,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 221 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z179" w:id="40"/>
+          <w:bookmarkStart w:name="z179" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Куломзин ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8591,51 +8613,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
+22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8648,70 +8670,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 222 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z181" w:id="41"/>
+          <w:bookmarkStart w:name="z181" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лебяжье ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8788,51 +8810,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8845,70 +8867,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 223 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z183" w:id="42"/>
+          <w:bookmarkStart w:name="z183" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құралай ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9013,51 +9035,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
+24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9070,70 +9092,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 224 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z186" w:id="43"/>
+          <w:bookmarkStart w:name="z186" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жастар ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9210,51 +9232,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9267,70 +9289,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 225 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z188" w:id="44"/>
+          <w:bookmarkStart w:name="z188" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сарытомар ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
+          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Клубная көшесі, 2, "Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы Мағжан ауылдық округі әкімі аппараты" коммуналдық мемлекеттік мекемесінің Сарытомар Мәдениет үйінің ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9379,51 +9401,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26</w:t>
+26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9436,70 +9458,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 226 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z189" w:id="45"/>
+          <w:bookmarkStart w:name="z189" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Молодогвардейское ауылы, Школьная көшесі, 2,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
+          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Молодогвардейское орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9548,51 +9570,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
+27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9605,70 +9627,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 227 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z190" w:id="46"/>
+          <w:bookmarkStart w:name="z190" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Надежка ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
+          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ново-Лесная көшесі, 41, "Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы Ноғайбай би ауылдық округі әкімінің аппараты" коммуналдық мемлекеттік мекемесінің Надежка Мәдениет үйінің ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9717,163 +9739,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
-[...111 lines deleted...]
-          </w:tcPr>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 229 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z191" w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еремеевка ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 көшесі, 13 "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Еремеевка бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z192" w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еремеевка ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дүйсеке ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9886,4523 +9928,4354 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29</w:t>
-[...127 lines deleted...]
-Еремеевка ауылы</w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 230 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z193" w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бинаш ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 көшесі, 27, "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Бинаш орталау мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бинаш ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
-[...127 lines deleted...]
-Бинаш ауылы</w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 231 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z194" w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гаврин ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Центральная көшесі, 14, Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданының "Гаврин бастауыш мектебі" коммуналдық мемлекеттік мекемесінің бұрынғы ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гаврин ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
-[...127 lines deleted...]
-Гаврин ауылы</w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 232 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z195" w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Октябрьское ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 көшесі, 4,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Октябрьское орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Октябрьское ауылы, Суворовка ауылы, Зарослое ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
-[...155 lines deleted...]
-Октябрьское ауылы, Суворовка ауылы, Зарослое ауылы</w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 233 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z197" w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хлебороб ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 көшесі, 1,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Хлебороб орталау мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хлебороб ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
-[...155 lines deleted...]
-Хлебороб ауылы</w:t>
+33.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 234 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z199" w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Писаревка ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 көшесі, 29,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Писарев орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Писаревка ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34</w:t>
-[...155 lines deleted...]
-Писаревка ауылы</w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 235 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z201" w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Веселовка ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 көшесі, 10,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Мағжан Жұмабаев ауданының аудандық ауруханасы" шаруашалық жүргізу құқығындағы коммуналдық мемлекеттік кәсіпорнының медициналық пунктінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Веселовка ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
-[...155 lines deleted...]
-Веселовка ауылы</w:t>
+35.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 236 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полудино ауылы, Абай Құнанбаев көшесі, 59, "Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы Полудин ауылдық округі әкімінің аппараты" коммуналдық мемлекеттік мекемесінің Полудин мәдениет үйінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полудин ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
-[...107 lines deleted...]
-Полудин ауылы</w:t>
+36.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 238 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ганькино ауылы, Тәуелсіздік көшесі, 6, "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесінің "Ганькино орталау мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ганькино ауылы, Ганькино станциясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
-[...107 lines deleted...]
-Ганькино ауылы, Ганькино станциясы</w:t>
+37.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 240 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z203" w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Советское ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дубинин көшесі, 2,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы Алтын дән ауылдық округі әкімінің аппараты" коммуналдық мемлекеттік мекемесінің Мәдениет үйі ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Советское ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
-[...155 lines deleted...]
-Советское ауылы</w:t>
+38.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 241 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z205" w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Придорожное ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Школьная көшесі, 33,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Придорожное орталау мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Придорожное ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39</w:t>
-[...155 lines deleted...]
-Придорожное ауылы</w:t>
+39.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 242 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z207" w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Майбалық ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Степная көшесі, 10А,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Майбалық негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Майбалық ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
-[...155 lines deleted...]
-Майбалық ауылы</w:t>
+40.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 243 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z209" w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таман ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Школьная көшесі, 21,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Таман мектеп-сәбижай-балабақша кешені" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таман ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41</w:t>
-[...155 lines deleted...]
-Таман ауылы</w:t>
+41.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 244 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пулеметовка ауылы, Центральная көшесі, 28, "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Пулеметовка бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пулеметовка ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
-[...107 lines deleted...]
-Пулеметовка ауылы</w:t>
+42.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 245 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z211" w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзынкөл ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10 көшесі, 1,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы Ұзынкөл ауылдық округі әкімі аппараты" коммуналдық мемлекеттік мекемесінің Ұзынкөл Мәдениет үйінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзынкөл ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43</w:t>
-[...155 lines deleted...]
-Ұзынкөл ауылы</w:t>
+43.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 246 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z213" w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шандақ ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 көшесі, 6,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Мағжан Жумабаев ауданының аудандық ауруханасы" шаруашалық жүргізу құқығындағы коммуналдық мемлекеттік кәсіпорнының медициналық пунктінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шандақ ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44</w:t>
-[...155 lines deleted...]
-Шандақ ауылы</w:t>
+44.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 247 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z215" w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоскөл ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 көшесі, 8,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Рика KZ" жауапкершілігі шектеулі серіктестігінің ғимараты (келісім бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоскөл ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
-[...155 lines deleted...]
-Қоскөл ауылы</w:t>
+45.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 248 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z217" w:id="63"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Успенка ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="63"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Садовая көшесі, 26,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы Успенка ауылдық округі әкімі аппараты" коммуналдық мемлекеттік мекемесінің Успенка Мәдениет үйінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Успенка ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46</w:t>
-[...155 lines deleted...]
-Успенка ауылы</w:t>
+46.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 250 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z219" w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сулышоқ ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 көшесі, 23,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Еңбекші қазақ орталау мектебі"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z222" w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сулышоқ ауылы, Уваковское ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоскөл ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47</w:t>
-[...203 lines deleted...]
-Қоскөл ауылы</w:t>
+47.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 252 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z223" w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бәйтерек ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Молодежная көшесі, 16, "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Фурманов орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бәйтерек ауылы, Рявкино ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
-[...127 lines deleted...]
-Бәйтерек ауылы, Рявкино ауылы</w:t>
+48.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 253 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z224" w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Береке ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 көшесі, 14,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Мағжан Жумабаев ауданының аудандық ауруханасы" шаруашалық жүргізу құқығындағы коммуналдық мемлекеттік кәсіпорнының медициналық пункт ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Береке ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49</w:t>
-[...155 lines deleted...]
-Береке ауылы</w:t>
+49.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 254 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Новотроицкое ауылы, Центральная көшесі, 34 "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Колос орталау мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Новотроицкое ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
-[...107 lines deleted...]
-Новотроицкое ауылы</w:t>
+50.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 255 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z226" w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пролетарка ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 көшесі, 1,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Пролетарка бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пролетарка ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
-[...155 lines deleted...]
-Пролетарка ауылы</w:t>
+51.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 256 сайлау учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z228" w:id="69"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистов ауылы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="69"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Школьная көшесі, 1,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Чистов орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистов ауылы, Урожайное ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52</w:t>
-[...196 lines deleted...]
-53</w:t>
+52.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14415,70 +14288,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 257 сайлау учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z230" w:id="69"/>
+          <w:bookmarkStart w:name="z230" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тищенко ауылы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="69"/>
+          <w:bookmarkEnd w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 көшесі, 1, "Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы Чистов ауылдық округі әкімі аппараты" коммуналдық мемлекеттік мекемесінің бос уақытты ұйымдастыру орталығының ғимараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14487,629 +14360,61 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тищенко ауылы, Украинка ауылы</w:t>
-            </w:r>
-[...555 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -15130,55 +14435,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>