--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3c45f7a" w14:textId="3c45f7a">
+    <w:p w14:paraId="3fb9743" w14:textId="3fb9743">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1085,51 +1085,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әуежайды (әуеайлақты) пайдаланушы – әуежайды меншік құқығымен не өзге де заңды негіздерде пайдаланатын Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес Қазақстан Республикасының, сондай-ақ шет мемлекеттің заңды тұлғасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z36" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) қаржылық шарттар – көлемі мен шарттары конкурстық құжаттамада көзделген және әуежайды (әуеайлақты) пайдаланушының атына төленуге жататын алаңды пайдаланғаны үшін төлемақы;</w:t>
+      6) қаржылық шарттар – белгіленген мөлшерлемені, біржолғы кіру жарнасын (егер қолданылса) және/немесе алаңдарды пайдаланудан алынған табысқа негізделген ауыспалы мөлшерлемені қоса алғанда, әуежайды (әуеайлақты) пайдаланушы өздігімен айқындайтын алаңды пайдаланғаны үшін әуежайды (әуеайлақты) пайдаланушыға төленетін сыйақы. Сыйақы төлеу мөлшері, шарттары мен тәртібі конкурстық құжаттамада белгіленеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z37" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) конкурс – әуежайды (әуеайлақты) пайдаланушымен шарт жасасу үшін конкурс жеңімпазын айқындау тәсілі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z38" w:id="18"/>
     <w:p>
@@ -1149,1469 +1149,2019 @@
         <w:t>
       8) конкурстық комиссия – осы Қағидаларда көзделген конкурс рәсімін орындау үшін әуежайды (әуеайлақты) пайдаланушы құратын алқалы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z39" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) конкурстық құжаттама – конкурсқа қатысуға өтінімді дайындау үшін конкурсқа қатысушыға ұсынылатын құжаттама, онда конкурсқа қатысуға өтінімге қойылатын талаптар, конкурсты жүзеге асырудың шарттары мен тәртібі қамтылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z40" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Конкурсты өткізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z41" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Конкурстың мәні:</w:t>
+      3. Мыналар конкурстың мәні болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z42" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қоғамдық тамақтану объектілеріне, азық-түлік өнімдерін сатудың және багажды ораудың автоматтандырылған құрылғыларына арналған әуежайды (әуеайлақты) пайдаланушының 1 (бір) шаршы метрден басталатын алаңдары;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қоғамдық тамақтану объектілеріне және тамақ өнімдерін сатудың автоматтандырылған құрылғыларына арналмаған әуежайды (әуеайлақты) пайдаланушының 15 (он бес) шаршы метрден басталатын алаңдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әуежай (әуеайлақ) аумағында әуежай (әуеайлақ) қызметіне жатпайтын қызмет көрсетуді әуежайды (әуеайлақты) пайдаланушы дербес не әуежайды (әуеайлақты) пайдаланушымен шарт негізінде өзге де жеке және заңды тұлғалар жүзеге асыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әуежайды (әуеайлақты) пайдаланушы өтініш беруші жиынтығында төменде көрсетілген барлық талаптарды сақтаған жағдайда конкурстық рәсімдерді өткізбей, әуежай қызметіне жатпайтын қызметтер көрсетуге қол жеткізу туралы шарттар жасаса алады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің қаржылық есептілігіне сәйкес соңғы үш қаржы жылының кем дегенде екеуінде шығындары жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің тиісті қызметтер көрсету үшін жеткілікті техникалық және операциялық ресурстары бар, оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білікті персоналдың болуы — тиісті салада кемінде бес жыл жұмыс өтілі бар кемінде үш маман; өтініш берушінің жиынтық өңірлік және/немесе жаһандық операциялық мүмкіндіктері аясында (олар болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметті тәулік бойы және үздіксіз жүзеге асыруды қамтамасыз ететін жабдықтың, инфрақұрылымның және технологиялардың болуы; өтініш берушінің жиынтық өңірлік және/немесе жаһандық операциялық мүмкіндіктері аясында (олар болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметтерді көрсетудің уақытылылығы мен үздіксіздігін қамтамасыз ететін логистикалық қолдау жүйесінің болуы; өтініш берушінің жиынтық өңірлік және/немесе жаһандық операциялық мүмкіндіктері аясында (олар болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші келесі санаттардың біріне жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш беруші Қазақстан Республикасында тіркелген заңды тұлға болып табылады және Қазақстан Республикасы әуежайларының аумағында ұқсас қызметтер көрсетудің расталған тәжірибесі бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш беруші тиісті қызметті жүзеге асыруға әсер ететін Қазақстан Республикасының заңнамасын бұзушылықтар болмаған жағдайда, Республикалық маңызы бар қалаларда орналасқан ірі сауда-ойын-сауық орталықтарында қызметті жүзеге асырған немесе жүзеге асыратын оператор болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұндай шарттардың қолданылу мерзімі 10 (он) жылға дейін белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидалар мынадай жағдайларда әуежайды (әуеайлақты) пайдаланушы алаңын қоса алғанда, әуежайдың инфрақұрылымына қолжетімділікті ұсынуға қолданылмайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жарнаманы орналастыру және (немесе) тарату үшін қолжетімділік берілген жағдайда, бұл ретте мұндай қатынастар Қазақстан Республикасының азаматтық заңнамасының нормаларымен және "Жарнама туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реттеледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әуежайды (әуеайлақты) пайдаланушы мен сенімгерлік басқарушы арасында сенімгерлік басқару шарттары жасалған жағдайда, оларға сәйкес сенімгерлік басқарушыға көрсетілген үй-жайларды жалға беру құқығы беріледі, мұндай сенімгерлік басқарушы осы Қағидалардың 3-бөлігінің 3-тармағында белгіленген өтініш берушілерге қойылатын ұқсас біліктілік талаптарын сақтауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Әуежай қызметіне жатпайтын әуежай (әуеайлақ) аумағында қызметтер көрсетуге қолжетімділікті қамтамасыз ету үшін әуежайды (әуеайлақты) пайдаланушы конкурс өткізеді. Әуежайдың бақыланатын аймағында қызмет көрсетуге қолжетімділік авиациялық қауіпсіздік талаптарын сақтай отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z43" w:id="23"/>
-[...15 lines deleted...]
-      қоғамдық тамақтандыру объектілеріне және азық-түлік өнімдерін сатудың автоматтандырылған құрылғыларына арналмаған әуежайды (әуеайлақты) пайдаланушының 15 (он бес) шаршы метрден басталатын алаңдары.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурсты әуежайдың (әуеайлақтың) пайдаланушы ашық тәсілмен өткізеді, оған дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан да көп пайызы отандық кәсіпкерлік субъектілеріне, қазақстандық тауарлар, жұмыстар мен қызметтер көрсететін кәсіпкерлік субъектілеріне тиесілі кәсіпкерлік қызметті жүзеге асыратын жеке немесе заңды тұлға қатысуға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әуежайды (әуеайлақты) пайдаланушы әуежайдың бақыланатын аймағында және халықаралық және ішкі терминалдардағы жалпы қолжетімділік аймағында әуежай қызметіне жатпайтын қызметтерді ұсыну үшін алаңның кемінде 50 (елу) пайызын отандық кәсіпкерлік субъектілері, оның ішінде қазақстандық тауарлар, жұмыстар мен қызметтер көрсететін кәсіпкерлік субъектілері үшін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 29.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Конкурсты әуежайды (әуеайлақты) пайдаланушы мынадай қағидаттарды сақтай отырып өткізеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z44" w:id="24"/>
-[...15 lines deleted...]
-      4. Әуежай қызметіне жатпайтын әуежай (әуеайлақ) аумағында қызметтер көрсетуге қолжетімділікті қамтамасыз ету үшін әуежайды (әуеайлақты) пайдаланушы конкурс өткізеді. Әуежайдың бақыланатын аймағында қызмет көрсетуге қолжетімділік авиациялық қауіпсіздік талаптарын сақтай отырып жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z161" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конкурсты өткізудің ашықтығы мен жариялылығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) конкурсқа қатысушылардың барлығына конкурсқа қатысу үшін тең мүмкіндіктерді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z163" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) конкурсқа қатысушылар арасындағы адал бәсекелестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z164" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қазақстандық тауарларға, жұмыстарға және қызметтерге қолдау көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 29.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 29.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 287</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="25"/>
-[...75 lines deleted...]
-      3) конкурсқа қатысушылар арасындағы адал бәсекелестік;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Конкурс өткізуді қамтамасыз ету үшін әуежайды (әуеайлақты) пайдаланушы қызметкерлерінің арасынан конкурстық комиссия (бұдан әрі – комиссия) құрады, оның құрамын әуежайды (әуеайлақты) пайдаланушының бірінші басшысы немесе оның міндетін атқарушы тұлға бекітеді. Комиссия мүшелерінің саны тақ болуы және кемінде 5 (бес) адамды құрауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z164" w:id="29"/>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="31"/>
+    <w:bookmarkStart w:name="z51" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Конкурстық комиссияның құрамына конкурстық комиссияның төрағасы, төрағасының орынбасары және мүшелері кіреді. Комиссияны комиссия төрағасы, ал ол болмаған кезде төрағаның орынбасары басқарады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z52" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әуежайды (әуеайлақты) пайдаланушы жұмыскерлер қатарынан комиссия мүшесі болып табылмайтын және комиссия шешім қабылдаған кезде дауыс беруге құқығы жоқ комиссия хатшысын бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z53" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Комиссия отырыстары қажеттілігіне қарай өткізіледі және егер оған комиссия мүшелерінің жалпы санының кемінде үштен екісі қатысса, заңды болады. Комиссия мүшелері отырыстарға жеке қатысады және комиссия отырыстарының хаттамаларына қол қояды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z52" w:id="32"/>
-[...15 lines deleted...]
-      Әуежайды (әуеайлақты) пайдаланушы жұмыскерлер қатарынан комиссия мүшесі болып табылмайтын және комиссия шешім қабылдаған кезде дауыс беруге құқығы жоқ комиссия хатшысын бекітеді.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Комиссия құрылған күннен бастап 5 (бес) жұмыс күні ішінде конкурстық құжаттама бекітіледі және мынадай мәліметтерді көрсете отырып, әуежайды (әуеайлақты) пайдаланушының интернет-ресурсында конкурстық құжаттаманы қоса бере отырып, конкурсты өткізу туралы хабарландыру орналастырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z53" w:id="33"/>
-[...15 lines deleted...]
-      7. Комиссия отырыстары қажеттілігіне қарай өткізіледі және егер оған комиссия мүшелерінің жалпы санының кемінде үштен екісі қатысса, заңды болады. Комиссия мүшелері отырыстарға жеке қатысады және комиссия отырыстарының хаттамаларына қол қояды.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) техникалық ерекшелік;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z54" w:id="34"/>
-[...15 lines deleted...]
-      8. Комиссия құрылған күннен бастап 5 (бес) жұмыс күні ішінде конкурстық құжаттама бекітіледі және мынадай мәліметтерді көрсете отырып, әуежайды (әуеайлақты) пайдаланушының интернет-ресурсында конкурстық құжаттаманы қоса бере отырып, конкурсты өткізу туралы хабарландыру орналастырылады:</w:t>
+    <w:bookmarkStart w:name="z56" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көрсетуге конкурс жүзеге асырылатын қызметтердің қысқаша сипаттамасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z55" w:id="35"/>
-[...15 lines deleted...]
-      1) техникалық ерекшелік;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) конкурсқа қатысушылардың конкурсқа қатысуға құжаттарды ұсынуының басталу және аяқталу мерзімдері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z56" w:id="36"/>
-[...15 lines deleted...]
-      2) көрсетуге конкурс жүзеге асырылатын қызметтердің қысқаша сипаттамасы;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) конкурстық өтінімдері бар конверттерді ашу рәсімін өткізу күні, уақыты және орны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z57" w:id="37"/>
-[...15 lines deleted...]
-      3) конкурсқа қатысушылардың конкурсқа қатысуға құжаттарды ұсынуының басталу және аяқталу мерзімдері;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қолданылу мерзімі көрсетілген шарттың жобасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z58" w:id="38"/>
-[...15 lines deleted...]
-      4) конкурстық өтінімдері бар конверттерді ашу рәсімін өткізу күні, уақыты және орны;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Техникалық ерекшелікте конкурсқа қатысушылар санының шектелуіне әкеп соғатын, оның ішінде мыналарға қатысты шарттар белгілеуге жол берілмейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z59" w:id="39"/>
-[...15 lines deleted...]
-      5) қолданылу мерзімі көрсетілген шарттың жобасы.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конкурсқа қатысушыларға кез келген өлшенбейтін сандық және (немесе) әкімшілендірілмейтін талаптар белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z60" w:id="40"/>
-[...15 lines deleted...]
-      9. Техникалық ерекшелікте конкурсқа қатысушылар санының шектелуіне әкеп соғатын, оның ішінде мыналарға қатысты шарттар белгілеуге жол берілмейді:</w:t>
+    <w:bookmarkStart w:name="z62" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тауар белгілеріне, қызмет көрсету белгілеріне, фирмалық атауларға, патенттерге, пайдалы модельдерге, өнеркәсіптік үлгілерге, тауар шығарылған жердің атауына және жеткізушінің атауына, сондай-ақ тауарлар мен көрсетілетін қызметтердің жекелеген конкурсқа қатысушыға тиесілігін айқындайтын өзге де сипаттамаларға нұсқау мазмұны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z61" w:id="41"/>
-[...15 lines deleted...]
-      1) конкурсқа қатысушыларға кез келген өлшенбейтін сандық және (немесе) әкімшілендірілмейтін талаптар белгілеу;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Конкурстық құжаттамада:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z62" w:id="42"/>
-[...15 lines deleted...]
-      2) тауар белгілеріне, қызмет көрсету белгілеріне, фирмалық атауларға, патенттерге, пайдалы модельдерге, өнеркәсіптік үлгілерге, тауар шығарылған жердің атауына және жеткізушінің атауына, сондай-ақ тауарлар мен көрсетілетін қызметтердің жекелеген конкурсқа қатысушыға тиесілігін айқындайтын өзге де сипаттамаларға нұсқау мазмұны.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әуежайды (әуеайлақты) пайдаланушының толық атауы және орналасқан жері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z63" w:id="43"/>
-[...15 lines deleted...]
-      10. Конкурстық құжаттамада:</w:t>
+    <w:bookmarkStart w:name="z65" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алаңның сипаттамасы және нысаналы мақсаты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z64" w:id="44"/>
-[...15 lines deleted...]
-      1) әуежайды (әуеайлақты) пайдаланушының толық атауы және орналасқан жері;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) конкурстың мәні болып табылатын үй-жайларда көрсетілуі тиіс қызметтердің қажетті техникалық және сапалық сипаттамаларын, сондай-ақ инвестициялардың болжамды көлемін және көрсетілетін қызметтердің озық халықаралық практикаларын, стандарттары мен ерекшеліктерін (қажет болған жағдайда) ескере отырып, көрсетілген қызметтерді ұйымдастыру үшін қажетті біржолғы кіру жарнасын (егер қолданылса) көрсете отырып, конкурсқа қатысушы ұсынатын техникалық ерекшелікке қойылатын талаптар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z65" w:id="45"/>
-[...15 lines deleted...]
-      2) алаңның сипаттамасы және нысаналы мақсаты;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) алаңның орналасу схемасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z66" w:id="46"/>
-[...15 lines deleted...]
-      3) конкурс өткізілетін көрсетілетін қызметтерді жүзеге асырудың талап етілетін техникалық, сапалық сипаттамаларын көрсете отырып, техникалық ерекшелік;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қаржылық шарттар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z67" w:id="47"/>
-[...15 lines deleted...]
-      4) алаңның орналасу схемасы;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) конкурстық өтінімді қабылдау мерзімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z68" w:id="48"/>
-[...15 lines deleted...]
-      5) алаңды пайдаланғаны үшін төлемақы;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) конкурсқа қатысушыларға қойылатын талаптар (оның ішінде біліктілік);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z69" w:id="49"/>
-[...15 lines deleted...]
-      6) конкурстық өтінімді қабылдау мерзімі;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) конкурсқа қатысушылардың конкурстық өтінімдерін ашу, қарау, бағалау және салыстыру рәсімінің сипаттамасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z70" w:id="50"/>
-[...15 lines deleted...]
-      7) конкурсқа қатысушыларға қойылатын талаптар (оның ішінде біліктілік);</w:t>
+    <w:bookmarkStart w:name="z72" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) конкурсқа қатысушыларға конкурстық өтінімдерді ашу күні мен уақыты (конкурстық өтінімдер салынған конверттерді ашу уақыты конкурстық өтінімдерді ұсынудың соңғы мерзімі өткен сәттен бастап 2 (екі) сағаттан аспайды);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z71" w:id="51"/>
-[...15 lines deleted...]
-      8) конкурсқа қатысушылардың конкурстық өтінімдерін ашу, қарау, бағалау және салыстыру рәсімінің сипаттамасы;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) шарттың жобасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z72" w:id="52"/>
-[...15 lines deleted...]
-      9) конкурсқа қатысушыларға конкурстық өтінімдерді ашу күні мен уақыты (конкурстық өтінімдер салынған конверттерді ашу уақыты конкурстық өтінімдерді ұсынудың соңғы мерзімі өткен сәттен бастап 2 (екі) сағаттан аспайды);</w:t>
+    <w:bookmarkStart w:name="z74" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурстық құжаттамада конкурсқа қатысуын шектейтін және қиындататын біліктілік талаптарын белгілеуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z73" w:id="53"/>
-[...15 lines deleted...]
-      10) шарттың жобасы.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармаққа өзгеріс енгізілді - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Егер конкурстың нысанасы 2 (екі) және одан көп алаң болып табылған жағдайда, әуежайды (әуеайлақты) пайдаланушы конкурстық құжаттамада алаңдарды лоттарға бөледі. Бұл ретте конкурстың жеңімпазы әрбір лот бойынша айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z74" w:id="54"/>
-[...15 lines deleted...]
-      Конкурстық құжаттамада конкурсқа қатысуын шектейтін және қиындататын біліктілік талаптарын белгілеуге жол берілмейді.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әуежайда қызмет көрсетілген жолаушылар саны жылына 2 (екі) миллионнан астам адам болған кезде әуежайды (әуеайлақты) пайдаланушы халықаралық және ішкі рейстерге арналған әрбір аэровокзалда нысаналы мақсаты бойынша – кемінде 2 (екі) конкурсқа қатысушыға багажды орау алаңдарын бөледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z75" w:id="55"/>
-[...15 lines deleted...]
-      11. Егер конкурстың нысанасы 2 (екі) және одан көп алаң болып табылған жағдайда, әуежайды (әуеайлақты) пайдаланушы конкурстық құжаттамада алаңдарды лоттарға бөледі. Бұл ретте конкурстың жеңімпазы әрбір лот бойынша айқындалады.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Конкурсқа қатысушы мынадай талаптарға сәйкес келеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z76" w:id="56"/>
-[...15 lines deleted...]
-      Әуежайда қызмет көрсетілген жолаушылар саны жылына 2 (екі) миллионнан астам адам болған кезде әуежайды (әуеайлақты) пайдаланушы халықаралық және ішкі рейстерге арналған әрбір аэровокзалда нысаналы мақсаты бойынша – кемінде 2 (екі) конкурсқа қатысушыға багажды орау алаңдарын бөледі.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқықтық қабілеті бар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z77" w:id="57"/>
-[...15 lines deleted...]
-      12. Конкурсқа қатысушы мынадай талаптарға сәйкес келеді:</w:t>
+    <w:bookmarkStart w:name="z79" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) меншікте немесе шарттың қолданылу кезеңіне жалдау шартында материалдық және материалдық емес активтердің болуы (егер бұл қызмет көрсету жөніндегі жұмыстардың технологиясына сәйкес талап етілсе);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z78" w:id="58"/>
-[...15 lines deleted...]
-      1) құқықтық қабілеті бар;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) техникалық ерекшелікте көрсетілген талаптарға сәйкестігі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z79" w:id="59"/>
-[...15 lines deleted...]
-      2) меншікте немесе шарттың қолданылу кезеңіне жалдау шартында материалдық және материалдық емес активтердің болуы (егер бұл қызмет көрсету жөніндегі жұмыстардың технологиясына сәйкес талап етілсе);</w:t>
+    <w:bookmarkStart w:name="z81" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) конкурс өткізу сәтінде төлемге қабілетті болып табылады, сондай-ақ оның қаржы-шаруашылық қызметі Қазақстан Республикасының заңнамасына сәйкес тоқтатыла тұрмайды және таратылуға жатпайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z80" w:id="60"/>
-[...15 lines deleted...]
-      3) техникалық ерекшелікте көрсетілген талаптарға сәйкестігі;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Мемлекеттік сатып алуға жосықсыз қатысушылар тізілімінде және Борышкерлердің бірыңғай тізілімінде тұрмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z81" w:id="61"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Конкурсқа қатысушы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтінім береді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z84" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінімге мынадай құжаттар (ақпарат) қоса беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z85" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конкурстық өтінімдері бар конверттерді ашу күнінің алдындағы 3 (үш) айдан астам уақыт ішінде конкурсқа қатысушының мерзімі өткен кредиторлық берешегінің жоқтығы туралы конкурсқа қатысушылардың есеп айырысу шоттары ашылған екінші деңгейдегі банктің (банктердің) банк (банктер) алдындағы мәліметтері (егер конкурсқа қатысушы бірнеше екінші деңгейдегі банктердің немесе филиалдардың клиенті болып табылса, ал сондай-ақ, осы анықтама осындай банктердің әрқайсысынан беріледі) бірінші басшының немесе оны ауыстыратын тұлғаның қолы қойылып, банктің (банктердің) мөрі басылады);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z84" w:id="64"/>
-[...15 lines deleted...]
-      Өтінімге мынадай құжаттар (ақпарат) қоса беріледі:</w:t>
+    <w:bookmarkStart w:name="z86" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) конкурстық өтінімдері бар конверттерді ашу күнінің алдындағы бір айдан ерте емес алынған салық төлеушінің салық берешегінің, міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары және әлеуметтік аударымдар бойынша берешегінің болмауы (болуы) туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z85" w:id="65"/>
-[...15 lines deleted...]
-      1) конкурстық өтінімдері бар конверттерді ашу күнінің алдындағы 3 (үш) айдан астам уақыт ішінде конкурсқа қатысушының мерзімі өткен кредиторлық берешегінің жоқтығы туралы конкурсқа қатысушылардың есеп айырысу шоттары ашылған екінші деңгейдегі банктің (банктердің) банк (банктер) алдындағы мәліметтері (егер конкурсқа қатысушы бірнеше екінші деңгейдегі банктердің немесе филиалдардың клиенті болып табылса, ал сондай-ақ, осы анықтама осындай банктердің әрқайсысынан беріледі) бірінші басшының немесе оны ауыстыратын тұлғаның қолы қойылып, банктің (банктердің) мөрі басылады);</w:t>
+    <w:bookmarkStart w:name="z87" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қызметтердің негізгі техникалық және пайдалану сипаттамаларының толық сипаттамасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z86" w:id="66"/>
-[...15 lines deleted...]
-      2) конкурстық өтінімдері бар конверттерді ашу күнінің алдындағы бір айдан ерте емес алынған салық төлеушінің салық берешегінің, міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары және әлеуметтік аударымдар бойынша берешегінің болмауы (болуы) туралы мәліметтер;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тиісті және үздіксіз қызмет көрсету үшін қажетті қолда бар қаржылық, материалдық және еңбек ресурстары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z87" w:id="67"/>
-[...15 lines deleted...]
-      3) қызметтердің негізгі техникалық және пайдалану сипаттамаларының толық сипаттамасы;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әуежайды (әуеайлақты) пайдаланушының талабы бойынша эскиздік және жұмыс жобалары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z88" w:id="68"/>
-[...15 lines deleted...]
-      4) тиісті және үздіксіз қызмет көрсету үшін қажетті қолда бар қаржылық, материалдық және еңбек ресурстары;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Конкурстық өтінімдерді беру мерзімі 15 (он бес) күнтізбелік күнді құрайды және конкурс өткізу туралы хабарландыру орналастырылған күннен бастап есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z89" w:id="69"/>
-[...15 lines deleted...]
-      5) әуежайды (әуеайлақты) пайдаланушының талабы бойынша эскиздік және жұмыс жобалары.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әуежайдың (аэродромның) эксплуатанты конкурсқа өтінімдерді қабылдау мерзімін ұлғайту туралы шешімді бір рет қана қабылдай алады, бұл ретте мұндай ұлғайту осы тармақтың бірінші абзацында белгіленген бастапқы мерзім аяқталғанға дейін және 10 (он) жұмыс күнінен аспайтын мерзімге ғана жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурстық өтінімдерді беру мерзімін ұлғайту туралы ақпарат өтінімдерді берудің бастапқы мерзімі аяқталғанға дейін әуежайды (әуеайлақты) пайдаланушының ресми интернет-ресурсында орналастырылуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурстық өтінім осы Қағидалардың 3-тарауында көзделген тәртіппен ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Конкурстық өтінімдерді қабылдау мен тіркеуді комиссия хатшысы жүзеге асырады. Конкурстық өтінімдердің сақталуын комиссия хатшысы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z90" w:id="70"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="72"/>
+    <w:bookmarkStart w:name="z92" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Конкурсқа қатысуға өтінімдерді қабылдау конкурсқа қатысушылардың өтінімдерді тіркеу журналына өтінімдерді ұсынуына қарай (тігілген, нөмірленген, комиссия хатшысы қол қойған және мөрмен бекітілген) хронологиялық тәртіппен енгізу жолымен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z93" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінімдерді тіркеу журналында өтінімнің келіп түскен күні мен уақыты тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z94" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Белгіленген мерзім өткеннен кейін ұсынылған конкурстық өтінім ашылмайды және конкурсқа қатысушыға қайтарылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z93" w:id="73"/>
-[...15 lines deleted...]
-      Өтінімдерді тіркеу журналында өтінімнің келіп түскен күні мен уақыты тіркеледі.</w:t>
+    <w:bookmarkStart w:name="z95" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Конкурсқа қатысушылар конкурстық өтінімді ұсынудың соңғы мерзімі аяқталғанға дейін өздерінің конкурстық өтінімдерін өзгерте немесе кері қайтарып алады. Конкурстық өтінімді кері қайтарып алу әуежайды (әуеайлақты) пайдаланушының атына еркін нысанда жазбаша өтініш түрінде ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z94" w:id="74"/>
-[...15 lines deleted...]
-      Белгіленген мерзім өткеннен кейін ұсынылған конкурстық өтінім ашылмайды және конкурсқа қатысушыға қайтарылады.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурстық өтінімдерін кері қайтарып алған конкурсқа қатысушылар конкурстық өтінімдерді ұсынудың соңғы мерзімі өткенге дейін конкурсқа қатысуға өтінімді қайта береді. Конкурстық өтінімдерді ұсыну мерзімі өткеннен кейін конкурстық өтінімдерге өзгерістер енгізуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z95" w:id="75"/>
-[...15 lines deleted...]
-      16. Конкурсқа қатысушылар конкурстық өтінімді ұсынудың соңғы мерзімі аяқталғанға дейін өздерінің конкурстық өтінімдерін өзгерте немесе кері қайтарып алады. Конкурстық өтінімді кері қайтарып алу әуежайды (әуеайлақты) пайдаланушының атына еркін нысанда жазбаша өтініш түрінде ресімделеді.</w:t>
+    <w:bookmarkStart w:name="z97" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Конкурсқа қатысушы және оның үлестес тұлғасы конкурсқа бір лот бойынша қатыспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z96" w:id="76"/>
-[...15 lines deleted...]
-      Конкурстық өтінімдерін кері қайтарып алған конкурсқа қатысушылар конкурстық өтінімдерді ұсынудың соңғы мерзімі өткенге дейін конкурсқа қатысуға өтінімді қайта береді. Конкурстық өтінімдерді ұсыну мерзімі өткеннен кейін конкурстық өтінімдерге өзгерістер енгізуге жол берілмейді.</w:t>
+    <w:bookmarkStart w:name="z98" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Конкурстық өтінімдерді қабылдаудың соңғы мерзімі мен конкурстық өтінімдері бар конверттерді ашу процесінің басталуы арасындағы уақыт ұзақтығы – 2 (екі) сағаттан аспайды. Конкурстық өтінімдері бар конверттерді ашу жөніндегі комиссияның отырысына өкілеттіктері сенімхатпен расталған конкурсқа қатысушылар немесе олардың өкілдері қатысады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z97" w:id="77"/>
-[...15 lines deleted...]
-      17. Конкурсқа қатысушы және оның үлестес тұлғасы конкурсқа бір лот бойынша қатыспайды.</w:t>
+    <w:bookmarkStart w:name="z99" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Комиссия отырысы басталғанға дейін комиссия хатшысы конкурстық өтінімдері бар конверттерді ашу рәсімін жүзеге асыру кезінде мүдделер ұсынуға конкурсқа қатысушылар өкілдерінің құжаттамалық ресімделген өкілеттіктерін тексереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z98" w:id="78"/>
-[...15 lines deleted...]
-      18. Конкурстық өтінімдерді қабылдаудың соңғы мерзімі мен конкурстық өтінімдері бар конверттерді ашу процесінің басталуы арасындағы уақыт ұзақтығы – 2 (екі) сағаттан аспайды. Конкурстық өтінімдері бар конверттерді ашу жөніндегі комиссияның отырысына өкілеттіктері сенімхатпен расталған конкурсқа қатысушылар немесе олардың өкілдері қатысады.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Конкурстық өтінімі бар әрбір конвертті ашқан кезде комиссия конкурстық өтінімдегі құжаттардың тізбесін жариялайды. Конкурстық өтінімді ашқан сәттен бастап комиссия конкурсқа қатысушының ұсынылған конкурстық өтінімін және оған қоса берілетін құжаттарды 3 (үш) жұмыс күні ішінде толықтығы мен дұрыстығына қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z99" w:id="79"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z101" w:id="81"/>
+    <w:bookmarkStart w:name="z101" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Ұсынылған құжаттар осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2626,887 +3176,1031 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармақтарының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес келген жағдайда комиссия конкурсқа қатысушыны конкурсқа қатысуға жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z102" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Комиссия конкурсқа қатысушының конкурстық өтінімін мынадай жағдайларда ғана:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конкурсқа қатысушы осы Қағидалардың 12 және 13-тармақтарында көрсетілген талаптарға сәйкес келмесе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) конкурсқа қатысушының конкурстық өтінімі және оған қоса берілетін құжаттар осы Қағидалардың 13-тармағында көрсетілген талаптарға сәйкес келмесе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы Қағидалардың 12 және 13-тармақтарында көрсетілген талаптарға сәйкестігі туралы дәйексіз ақпарат беру фактісі анықталса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы Қағидалардың 3-тарауының талаптарын бұза отырып, конкурстық өтінім берілсе қабылдамайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидаларда көрсетілген жағдайларды қоспағанда, өзге де негіздер бойынша конкурсқа қатысуға жіберуден бас тартуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Комиссия хатшысы:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z102" w:id="82"/>
-[...15 lines deleted...]
-      22. Комиссия конкурсқа қатысушының конкурстық өтінімін қабылдамайды және қайтарады, егер:</w:t>
+    <w:bookmarkStart w:name="z109" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конкурстық өтінімдер салынған конверттерді ашудың тиісті хаттамасын ресімдейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z103" w:id="83"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген талаптарға сәйкес келмесе;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) конкурстық өтінімдер салынған конверттерді ашу хаттамасын комиссия мүшелеріне қол қоюға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z104" w:id="84"/>
-[...15 lines deleted...]
-      2) конкурсқа қатысушының конкурстық өтінімі және оған қоса берілетін құжаттар осы Қағидалардың 13-тармағында көрсетілген талаптарға сәйкес келмесе;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Конкурстық өтінімдерді қарау мерзімі ішінде комиссия төрағасы ұсынылған конкурстық өтінімдерді қарау және талқылау үшін комиссия отырыстарын шақырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z105" w:id="85"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген талаптарға сәйкестігі туралы дәйексіз ақпарат беру фактісі белгіленген;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Конкурсты өткізу кезінде лот бойынша 1 (бір) жеңімпазды айқындауға жол берілмейді. Конкурстың жеңімпазы конкурстық баға ұсынысының ең жоғары бағасы негізінде конкурсқа қатысушыны айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z106" w:id="86"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> талаптарын бұза отырып, конкурстық өтінім беру.</w:t>
+    <w:bookmarkStart w:name="z113" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Комиссияның шешімі ашық дауыс беру арқылы қабылданады және егер оған комиссия мүшелерінің жалпы санының көпшілігі дауыс берсе, қабылданды деп есептеледі. Комиссияның әрбір мүшесінің бір дауысы болады. Дауыстар тең болған жағдайда төраға дауыс берген шешім қабылданды деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z107" w:id="87"/>
-[...15 lines deleted...]
-      Осы Қағидаларда көрсетілген жағдайларды қоспағанда, өзге негіздер бойынша конкурсқа қатысуға рұқсат беруден бас тартуға жол берілмейді.</w:t>
+    <w:bookmarkStart w:name="z114" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшесінің ерекше пікірін білдіруге мүмкіндігі бар, ол жазбаша түрде баяндалады және конкурстың қорытындылары туралы хаттамаға қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z108" w:id="88"/>
-[...15 lines deleted...]
-      23. Комиссия хатшысы:</w:t>
+    <w:bookmarkStart w:name="z115" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Комиссия комиссия мүшелері мен комиссия хатшысы қол қоятын конкурс қорытындылары туралы хаттаманы ресімдей отырып, конкурстық өтінімдері бар конверттер ашылған күннен бастап 7 (жеті) жұмыс күнінен аспайтын мерзімде конкурс қорытындысын шығарады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z109" w:id="89"/>
-[...15 lines deleted...]
-      1) конкурстық өтінімдер салынған конверттерді ашудың тиісті хаттамасын ресімдейді;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурстың қорытындысын шығару кезінде комиссия конкурс жеңімпазынан басқа, ұсынысы конкурс жеңімпазынан кейін неғұрлым қолайлы болған конкурсқа қатысушыны айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z110" w:id="90"/>
-[...15 lines deleted...]
-      2) конкурстық өтінімдер салынған конверттерді ашу хаттамасын комиссия мүшелеріне қол қоюға жібереді.</w:t>
+    <w:bookmarkStart w:name="z117" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Әуежайды (әуеайлақты) пайдаланушы конкурс қорытындылары туралы хаттамаға қол қойылған күннен кейінгі 5 (бес) жұмыс күнінен кешіктірмей, қол қойылған конкурс қорытындылары туралы хаттаманың мәтінін әуежайды (әуеайлақты) пайдаланушының ресми сайтында жариялайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z111" w:id="91"/>
-[...15 lines deleted...]
-      24. Конкурстық өтінімдерді қарау мерзімі ішінде комиссия төрағасы ұсынылған конкурстық өтінімдерді қарау және талқылау үшін комиссия отырыстарын шақырады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әуежайды (әуеайлақты) пайдаланушы конкурс қорытындылары туралы ақпарат жарияланған күннен бастап күнтізбелік 10 (он) күн ішінде конкурс жеңімпазымен 10 (он) жылға дейінгі мерзімге тиісті шарт жасасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шарттың қолданылу мерзімі аяқталғаннан кейін, конкурс жеңімпазы шартта көзделген барлық міндеттемелерді тиісінше орындаған жағдайда және Тараптардың өзара келісімі болған кезде оның қолданылу мерзімі бес жылдан аспайтын қосымша кезеңге ұзартылады. Шартты екі реттен артық ұзартуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Конкурс жеңімпазы әуежайды (әуеайлақты) пайдаланушымен шарт жасасудан бас тартқан кезде комиссия конкурс жеңімпазынан кейін конкурстық ұсынысы неғұрлым қолайлы болып табылатын конкурсқа қатысушымен шарт жасасу туралы келіссөздерді бастайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z112" w:id="92"/>
-[...15 lines deleted...]
-      25. Конкурсты өткізу кезінде лот бойынша 1 (бір) жеңімпазды айқындауға жол берілмейді. Конкурстың жеңімпазы конкурстық баға ұсынысының ең жоғары бағасы негізінде конкурсқа қатысушыны айқындайды.</w:t>
+    <w:bookmarkStart w:name="z120" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурстық ұсыныстары конкурс жеңімпазынан кейін ең үздік деп танылған конкурсқа қатысушы әуежайды (әуеайлақты) пайдаланушымен шарт жасасудан бас тартқан жағдайда, конкурс өткізілмеген деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z113" w:id="93"/>
-[...15 lines deleted...]
-      26. Комиссияның шешімі ашық дауыс беру арқылы қабылданады және егер оған комиссия мүшелерінің жалпы санының көпшілігі дауыс берсе, қабылданды деп есептеледі. Комиссияның әрбір мүшесінің бір дауысы болады. Дауыстар тең болған жағдайда төраға дауыс берген шешім қабылданды деп есептеледі.</w:t>
+    <w:bookmarkStart w:name="z121" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Комиссия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z114" w:id="94"/>
-[...15 lines deleted...]
-      Комиссия мүшесінің ерекше пікірін білдіруге мүмкіндігі бар, ол жазбаша түрде баяндалады және конкурстың қорытындылары туралы хаттамаға қоса беріледі.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конкурсқа қатысуға ұсынылған конкурстық өтінімдер болмаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z115" w:id="95"/>
-[...15 lines deleted...]
-      27. Комиссия комиссия мүшелері мен комиссия хатшысы қол қоятын конкурс қорытындылары туралы хаттаманы ресімдей отырып, конкурстық өтінімдері бар конверттер ашылған күннен бастап 7 (жеті) жұмыс күнінен аспайтын мерзімде конкурс қорытындысын шығарады.</w:t>
+    <w:bookmarkStart w:name="z123" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) конкурсқа қатысуға 2 (екіден) кем конкурстық өтінім ұсынылған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z116" w:id="96"/>
-[...15 lines deleted...]
-      Конкурстың қорытындысын шығару кезінде комиссия конкурс жеңімпазынан басқа, ұсынысы конкурс жеңімпазынан кейін неғұрлым қолайлы болған конкурсқа қатысушыны айқындайды.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) егер конкурсқа қатысуға 1 (бір) конкурсқа қатысушы жіберілген;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z117" w:id="97"/>
-[...15 lines deleted...]
-      28. Әуежайды (әуеайлақты) пайдаланушы конкурс қорытындылары туралы хаттамаға қол қойылған күннен кейінгі 5 (бес) жұмыс күнінен кешіктірмей әуежайды (әуеайлақты) пайдаланушының интернет-ресурсында конкурс қорытындылары туралы қол қойылған хаттаманың мәтінін жариялайды.</w:t>
+    <w:bookmarkStart w:name="z125" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) егер конкурсқа қатысуға бірде-бір конкурсқа қатысушы жіберілмеген жағдайда конкурс өтпеді деп таниды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z118" w:id="98"/>
-[...15 lines deleted...]
-      Әуежайды (әуеайлақты) пайдаланушы конкурс қорытындылары туралы ақпарат жарияланған күннен бастап күнтізбелік 10 (он) күн ішінде конкурс жеңімпазымен 3 (үш) жыл мерзімге тиісті шарт жасасады.</w:t>
+    <w:bookmarkStart w:name="z126" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Комиссия конкурс өтпеді деп таныған жағдайда, комиссия конкурс өтпеді деп танылған күннен бастап 3 (үш) жұмыс күнінен кешіктірмей қайта конкурс өткізу туралы шешім қабылдайды. Қайталама конкурс осы Қағидаларға сәйкес өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z119" w:id="99"/>
-[...15 lines deleted...]
-      29. Конкурс жеңімпазы әуежайды (әуеайлақты) пайдаланушымен шарт жасасудан бас тартқан кезде комиссия конкурс жеңімпазынан кейін конкурстық ұсынысы неғұрлым қолайлы болып табылатын конкурсқа қатысушымен шарт жасасу туралы келіссөздерді бастайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайталама конкурс өтпеді деп танылған жағдайларда әуежайды (әуеайлақты) пайдаланушының бірінші басшысының шешімімен мынадай шешімдердің бірі қабылданады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бір көзден шарт жасасу туралы. Бұл ретте бір көзден алу тәсілімен шарт жасасуға шақыру жіберілетін тұлғаны тең қол жеткізу және кемсітпеу қағидаттарын сақтай отырып, әуежайды (әуеайлақты) пайдаланушы дербес айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте әуежай операторы айқындаған және бір көзден алу тәсілімен шарт жасасуға шақыру жіберілген нарық субъектісі бұрын өткізілген, өтпеді деп танылған тендерлердің конкурстық құжаттамасының талаптарына сәйкес болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Қағидалардың рәсімдері мен талаптарын сақтай отырып, қосымша конкурс өткізу туралы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Конкурсқа қатысушы әуежайды (әуеайлақты) пайдаланушының, конкурстық комиссияның және конкурстық комиссия хатшысының заңсыз әрекеттеріне Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағымдана алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z120" w:id="100"/>
-[...15 lines deleted...]
-      Конкурстық ұсыныстары конкурс жеңімпазынан кейін ең үздік деп танылған конкурсқа қатысушы әуежайды (әуеайлақты) пайдаланушымен шарт жасасудан бас тартқан жағдайда, конкурс өткізілмеген деп танылады.</w:t>
+    <w:bookmarkStart w:name="z129" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Конкурстық өтінімдерді ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z121" w:id="101"/>
-[...15 lines deleted...]
-      30. Комиссия:</w:t>
+    <w:bookmarkStart w:name="z130" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Конкурстық өтінімді конкурсқа қатысушы немесе сенімхат бойынша оның мүдделерін білдіретін тұлға мөрленген конвертте қағаз жеткізгіште ұсынады. Қағаз нұсқасы нөмірленген беттермен тігілуге тиіс, соңғы бет конкурсқа қатысушының қолымен және мөрімен (бар болса) куәландырылады. Құжаттарда жолдар арасында кірістіруге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z122" w:id="102"/>
-[...15 lines deleted...]
-      1) конкурсқа қатысуға ұсынылған конкурстық өтінімдер болмаған;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Мөрленген конверттің алдыңғы жағында конкурсқа қатысушы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z123" w:id="103"/>
-[...15 lines deleted...]
-      2) конкурсқа қатысуға 2 (екіден) кем конкурстық өтінім ұсынылған;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лоттың нөмірі мен атауын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z124" w:id="104"/>
-[...15 lines deleted...]
-      3) егер конкурсқа қатысуға 1 (бір) конкурсқа қатысушы жіберілген;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) конкурсқа қатысушының толық атауы және пошталық мекенжайын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z125" w:id="105"/>
-[...15 lines deleted...]
-      4) егер конкурсқа қатысуға бірде-бір конкурсқа қатысушы жіберілмеген жағдайда конкурс өтпеді деп таниды.</w:t>
+    <w:bookmarkStart w:name="z134" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әуежайды (әуеайлақты) пайдаланушының толық атауын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z126" w:id="106"/>
-[...15 lines deleted...]
-      31. Егер комиссия конкурс өтпеді деп таныған жағдайда, комиссия конкурс өтпеді деп танылған күннен бастап 3 (үш) жұмыс күнінен кешіктірмей қайта конкурс өткізу туралы шешім қабылдайды. Қайта конкурс осы Қағидаларға сәйкес өткізіледі. </w:t>
+    <w:bookmarkStart w:name="z135" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурсқа қатысушы конкурстық өтінімді дайындауға байланысты барлық шығындарды өзі көтереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z127" w:id="107"/>
-[...15 lines deleted...]
-      Комиссияның шешімі бойынша қайталама конкурс кезінде, егер конкурсқа қатысушылардың 2 (екі) кем конкурстық өтінімдері берілген болса, егер конкурсқа жалғыз қатысушы осы Қағидаларда белгіленген біліктілік талаптарына сәйкес келген жағдайда, конкурс өтті деп танылады.</w:t>
+    <w:bookmarkStart w:name="z136" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z128" w:id="108"/>
-[...15 lines deleted...]
-      32. Конкурсқа қатысушы әуежайды (әуеайлақты) пайдаланушының, конкурстық комиссияның және конкурстық комиссия хатшысының заңсыз әрекеттеріне Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағымдана алады.</w:t>
+    <w:bookmarkStart w:name="z137" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Жеңімпаз әуежайды (әуеайлақты) пайдаланушының өкілдерімен алдын ала кездесуге қатысады, шарт талаптарын нақтылау үшін оған қажетті мәліметтерді алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z129" w:id="109"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Конкурстық өтінімдерді ұсыну тәртібі</w:t>
+    <w:bookmarkStart w:name="z138" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Жеңімпазға әуежай (әуеайлақ) аумағында белгіленген қауіпсіздік талаптары сақталған жағдайда тексеру үшін алаңға бару мүмкіндігі беріледі. Жеңімпаз әуежайдың (әуеайлақтың) аумағына өтуге байланысты барлық шығындарды өзі көтереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z130" w:id="110"/>
-[...176 lines deleted...]
-    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3663,88 +4357,126 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z141" w:id="119"/>
+    <w:bookmarkStart w:name="z141" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z142" w:id="120"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымшаға өзгеріс енгізілді - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осымен _______________________________ (бұдан әрі – Конкурсқа қатысушы) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       конкурс өткізу туралы жарияланған хабарландыруды қарап және конкурстық </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3773,316 +4505,256 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       талаптар туралы өзінің хабардар болуын растайды және №____лот бойынша конкурсқа </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қатысуға дайын екендігі туралы хабарлайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="121"/>
-[...133 lines deleted...]
-    <w:bookmarkStart w:name="z154" w:id="125"/>
+    <w:bookmarkStart w:name="z147" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Конкурсқа қатысушы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шарт талаптарына сәйкес қаржылық шарттар мен техникалық ерекшеліктердің орындалуын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) конкурстық құжаттамада мәлімделген біліктілік талаптарына сәйкестікті қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ұсынылатын қаржылық шарттар: қосылған құн салығынсыз (ҚҚС) конкурстық құжаттамада көрсетілген қаржылық шарттарға сәйкес сыйақы беруге кепілдік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Конкурсқа қатысушы осы Конкурсқа қатысушыға қойылатын талаптарға </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сәйкессіздік анықталған жағдайда, Конкурсқа қатысушы конкурсқа қатысу құқығынан </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       айырылатынына толық және сөзсіз келісім білдіреді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="126"/>
+    <w:bookmarkStart w:name="z157" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Осы өтініш конкурсқа қатысуға Конкурсқа қатысушының конкурс өткізу туралы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       хабарландыру тәртібінде баяндалған шарттармен толық және сөзсіз келісімін білдіру </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       нысаны болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="127"/>
+    <w:bookmarkStart w:name="z160" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5._______________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4246,55 +4918,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>