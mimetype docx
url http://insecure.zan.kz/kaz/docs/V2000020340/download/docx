--- v0 (2026-01-15)
+++ v1 (2026-03-04)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1bd787d" w14:textId="1bd787d">
+    <w:p w14:paraId="e66e584" w14:textId="e66e584">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1148,1158 +1148,602 @@
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Мемлекеттік көрсетілетін қызметтер туралы Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және заңды тұлғаларды өнеркәсіптік қауіпсіздік саласындағы жұмыстарды жүргізу құқығына аттестаттау тәртібі мен "Заңды тұлғаларды өнеркәсіптік қауіпсіздік саласында жұмыстар жүргізу құқығына аттестаттау" мемлекеттік қызмет көрсету тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Заңды тұлғаларды өнеркәсіптік қауіпсіздік саласындағы жұмыстарды жүргізу құқығына аттестаттау өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган тарапынан заңды тұлғаның мынадай жұмыстарды орындау құқығын ресми тану мақсатында жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z57" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өнеркәсіптік қауіпсіздік сараптамасын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z58" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнеркәсіптік қауіпсіздік саласындағы басшыларды, мамандарды, жұмыскерлерді даярлау, қайта даярлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z59" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жарылыс жұмыстары саласында сараптама жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z60" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) газ тұтыну жүйелеріне техникалық қызмет көрсетуді жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z61" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) лифтілерді, эскалаторларды, траволаторларды, сондай-ақ мүгедектігі бар адамдарға арналған көтергіштерді монтаждауды, техникалық қызмет көрсетуді, техникалық диагностикалауды, техникалық куәландыруды және жөндеуді жүргізу құқығына аттестаттауға жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z62" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) газ тарату жүйелеріне техникалық қызмет көрсетуді жүргізу; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z63" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сұйытылған мұнай газымен жабдықтау жүйелерінің объектілеріне техникалық қызмет көрсетуді жүргізу құқығына аттестаттауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Заңды тұлғаларды өнеркәсіптік қауіпсіздік саласындағы жұмыстарды жүргізу құқығына аттестаттау өнеркәсіптік қауіпсіздік саласындағы уәкілетті органның заңды тұлғаның өнеркәсіптік қауіпсіздік саласындағы мынадай жұмыс түрлерін орындауға:</w:t>
+      3. Заңды тұлғаларды өнеркәсіптік қауіпсіздік саласындағы жұмыстарды жүргізу құқығына аттестаттау "Заңды тұлғаларды өнеркәсіптік қауіпсіздік саласындағы жұмыстарды жүргізу құқығына аттестаттау" мемлекеттік қызмет көрсету тәртібімен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="10"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) өнеркәсіптік қауіпсіздік сараптамасын жүргізу;</w:t>
+      4. Өнеркәсіптік қауіпсіздік саласында жұмыстар жүргізу құқығына аттестатталған заңды тұлғаларға өнеркәсіптік қауіпсіздік саласында жұмыстар жүргізу құқығына аттестат (бұдан әрі-аттестат) беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) өнеркәсіптік қауіпсіздік саласындағы мамандарды, жұмыскерлерді даярлау, қайта даярлау;</w:t>
+      5. Аттестаттың қолданылу мерзімі бес жылды құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) жарылыс жұмыстары саласында сараптама жүргізу;</w:t>
+      Аттестаттың қолданылуы мынадай жағдайларда тоқтатылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) газ тұтыну жүйелеріне техникалық қызмет көрсетуді жүргізу;</w:t>
+      1) өнеркәсіптік қауіпсіздік саласында жұмыстар жүргізу құқығына аттестатталған заңды тұлғаның аттестаттың қолданылуын тоқтату туралы өтініш беруі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) лифтілерді,</w:t>
-[...19 lines deleted...]
-        <w:t>, траволаторларды, сондай-ақ мүгедектігі бар адамдарға арналған көтергіштерді монтаждауды, техникалық қызмет көрсетуді, техникалық диагностикалауды, техникалық куәландыруды және жөндеуді жүргізу құқығына аттестаттауға жатады.</w:t>
+      2) оның қолданылу мерзімі аяқталған кезде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Заңды тұлғаларды өнеркәсіптік қауіпсіздік саласындағы жұмыстарды жүргізу құқығына аттестаттау "Заңды тұлғаларды өнеркәсіптік қауіпсіздік саласындағы жұмыстарды жүргізу құқығына аттестаттау" мемлекеттік қызмет көрсету тәртібімен жүргізіледі.</w:t>
+      3) заңды тұлға таратылған жағдайда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Өнеркәсіптік қауіпсіздік саласында жұмыстар жүргізу құқығына аттестатталған заңды тұлғаларға өнеркәсіптік қауіпсіздік саласында жұмыстар жүргізу құқығына аттестат (бұдан әрі-аттестат) беріледі.</w:t>
-[...118 lines deleted...]
-        <w:t>
       4) аттестаттан айыру.</w:t>
-      </w:r>
-[...94 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтініш жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі нысанында жазылған.</w:t>
+        <w:t>
+      Аттестаттың қолданылуын тоқтата тұрудың себептері жойылмаған жағдайда аттестаттан айыру сот тәртібімен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...69 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Портал өтінішті автоматты режимде қабылдауды жүзеге асырады.</w:t>
+      6. "Заңды тұлғаларды өнеркәсіптік қауіпсіздік саласында жұмыстар жүргізу құқығына аттестаттау" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) осы Қағидаларға сәйкес Қазақстан Республикасы Төтенше жағдайлар министрлігінің Өнеркәсіптік қауіпсіздік комитеті (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының Еңбек </w:t>
-[...358 lines deleted...]
-        <w:t xml:space="preserve"> жазылған.</w:t>
+      7. Мемлекеттік қызметті алу үшін заңды тұлғалар (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге "электрондық үкіметтің" веб-порталы www.egov.kz (бұдан әрі – портал) арқылы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанындағы өтініш жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес мемлекеттік қызметті көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші тыңдау рәсімін жүзеге асырады.</w:t>
+      Процестің сипаттамаларын, нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсетудің ерекшеліктерін ескере отырып, өзге де мәліметтер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі нысанында жазылған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 01.07.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 01.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 254</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2312,598 +1756,1152 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Мемлекеттік қызметті көрсету нәтижесіне көрсетілетін қызметті беруші басшысының не оны алмастыратын адамның электрондық цифрлық қолтаңбасы қойылады және портал арқылы көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында жолданады.</w:t>
+      8. Портал өтінішті автоматты режимде қабылдауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті" арқылы алу мүмкіндігі бар.</w:t>
+      Көрсетілетін қызметті берушінің кеңсе қызметкері өтінішті тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің басшысына не оның орнындағы адамға (көрсетілетін қызметті берушімен белгілеген қызметтік міндеттерді бөлуге сәйкес) жолдайды, онымен жауапты орындаушы тағайындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпарат мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне автоматты режимде келіп түседі.</w:t>
+      Көрсетілетін қызметті берушінің кеңсе қызметкері құжаттар мен мәліметтерді олар келіп түскен күні қабылдауды және тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің басшысына, не болмаса оны алмастыратын тұлғаға жібереді, ол жауапты орындаушыны тағайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының Еңбек </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері жүгінген жағдайда, өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 01.07.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 01.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 254</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі); 15.04.2025 </w:t>
+        <w:t xml:space="preserve"> енгізіледі); өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің м.а. 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12. Өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган үш жұмыс күні ішінде "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторына, сондай-ақ Бірыңғай байланыс орталығына осы Қағидаларға енгізілген өзгерістер мен толықтырулар туралы хабарлайды.</w:t>
+        <w:t xml:space="preserve">
+      9. Жауапты орындаушы Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2014 жылғы 26 желтоқсандағы "Өнеркәсіптік қауіпсіздік саласындағы жұмыстарды жүргізуге аттестатталатын заңды тұлғаларға қойылатын талаптарды бекіту туралы" № 299 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10188 болып тіркелген) (бұдан әрі – талаптар) қойылатын талаптарға көрсетілетін қызметті алушының сәйкестігі немесе сәйкес еместігі туралы қорытындыны алу үшін көрсетілетін қызметті алушының қызметін жүзеге асыру орны бойынша өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган ведомствосының аумақтық бөлімшелеріне (бұдан әрі-аумақтық департамент) сұрау жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...61 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...57 lines deleted...]
-      Шағым көрсетілетін қызметті берушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
+        <w:t xml:space="preserve">
+      Аумақтық департамент, өтінім аумақтық департаментте тіркелген күннен бастап, 5 (бес) жұмыс күні ішінде көрсетілетін қызметті алушының "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>51-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қойылатын талаптарға сәйкестігіне рұқсаттық бақылауды жүзеге асырады, оның нәтижелері бойынша көрсетілетін қызметті алушының қойылатын талаптарға сәйкестігі немесе сәйкес еместігі туралы қорытынды жасайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушының қойылатын талаптарға сәйкестігі немесе сәйкес еместігі туралы қорытынды алған кезде жауапты орындаушы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандар бойынша мемлекеттік қызмет көрсету нәтижесін ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызметті көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші тыңдау рәсімін жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мемлекеттік қызметті көрсету нәтижесіне көрсетілетін қызметті беруші басшысының не оны алмастыратын адамның электрондық цифрлық қолтаңбасы қойылады және портал арқылы көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті" арқылы алу мүмкіндігі бар.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті беруші, лауазымды адам, егер ол 3 (үш) жұмыс күні ішінде қолайлы шешім қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік әрекет жасаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
+      Мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпарат мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне автоматты режимде келіп түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+        <w:t>
+      12. Өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган үш жұмыс күні ішінде "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторына, сондай-ақ Бірыңғай байланыс орталығына осы Қағидаларға енгізілген өзгерістер мен толықтырулар туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      13. Мемлекеттік қызмет алдын ала жазылусыз және жеделдетілген қызмет көрсетусіз кезек күту тәртібімен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес қажет болған жағдайларда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
+        <w:t>
+      14. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
+      Шағым көрсетілетін қызметті берушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z49" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) қосымша ақпарат алу.</w:t>
+      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті беруші, лауазымды адам, егер ол 3 (үш) жұмыс күні ішінде қолайлы шешім қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік әрекет жасаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Мемлекеттік қызмет көрсету туралы Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап үш жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға шағымды қарау мерзімінің ұзартылғаны туралы, ұзарту себептерін көрсете отырып, жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      17. Егер заңда өзгеше көзделмесе, сотқа шағым жасауға ҚР ӘРПК 91-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
+      16. Көрсетілетін қызметті берушінің, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі Мемлекеттік қызмет көрсету туралы Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қажет болған жағдайларда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қосымша ақпарат алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап үш жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға шағымды қарау мерзімінің ұзартылғаны туралы, ұзарту себептерін көрсете отырып, жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Егер заңда өзгеше көзделмесе, сотқа шағым жасауға ҚР ӘРПК 91-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8305,55 +8303,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>