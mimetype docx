--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1096c97" w14:textId="1096c97">
+    <w:p w14:paraId="1d40196" w14:textId="1d40196">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2906,261 +2906,261 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Жұмыс органы облигациялық қарыз бойынша купондық төлемдер басталған күнге дейін 10 (он) жұмыс күні бұрын астық нарығы жөніндегі оператор болып табылатын эмитенттің банктік шотына жасалған келісімге сәйкес купондық сыйақының субсидияланатын бөлігін төлеммен аударады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте есеп беретін жылы астық нарығы жөніндегі оператордың облигациялары бойынша есептелетін купондық сыйақы бойынша субсидиялар есеп беретін жылдың 30 қаңтарынан кешіктірілмей тиісті қаржы жылына арналған бюджетте көзделген қаражат шегінде эмитенттің банк шотына аванстық төлеммен аударылады.</w:t>
+      Бұл ретте, есептік жылы астық нарығы жөніндегі оператордың облигациялары бойынша есептелетін купондық сыйақы бойынша субсидияларды аудару тиісті қаржы жылына арналған бюджетте көзделген қаражат шегінде эмитенттің банктік шотына есептік жылдың 30 қаңтарынан кешіктірілмей аванстық төлеммен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Эмитент, оның ішінде астық нарығы жөніндегі оператор болып табылатын эмитент облигациялар бойынша купондық сыйақыны өз қаражаты есебінен төлеген жағдайда, жұмыс органы эмитентке купондық сыйақының субсидияланатын бөлігінің сомасын эмитенттің банк шотына аудару жолымен облигациялар бойынша купондық сыйақының бұдан бұрын төленген бөлігін өтейді.</w:t>
+        <w:t xml:space="preserve">
+      Эмитент, оның ішінде астық нарығы жөніндегі оператор болып табылатын эмитент облигациялар бойынша купондық сыйақыны өз қаражаты есебінен төлеген жағдайда, жұмыс органы эмитентке облигациялар бойынша купондық сыйақының субсидияланатын бөлігінің сомасын эмитенттің банктік шотына аудару жолымен облигациялар бойынша купондық сыйақының бұрын төленген бөлігін өтейді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Жұмыс органы субсидиялар қаражаты болған кезде, жасалған келісімге сәйкес облигациялар бойынша төленуі тиіс, шығарылған мерзімі 18 (он сегіз) айды қоса алғанға дейінгі уақытты құрайтын облигациялар бойынша 100% (жүз процент) купондық сыйақыны эмитенттің, оның ішінде астық нарығы жөніндегі оператор болып табылатын эмитенттің банк шотына аванстық төлеммен аударады.</w:t>
+        <w:t xml:space="preserve">
+      Жұмыс органы субсидиялар қаражаты болған кезде, жасалған келісімге сәйкес облигациялар бойынша төленуі тиіс, шығарылған мерзімі 18 (он сегіз) айды қоса алғанға дейінгі мерзімді құрайтын облигациялар бойынша 100% (жүз пайыз) купондық сыйақыны эмитенттің, оның ішінде астық нарығы жөніндегі оператор болып табылатын эмитенттің банктік шотына аванстық төлеммен аударады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Эмитентке облигациялар бойынша купондық сыйақыларды аванс түрінде өтеуге жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Эмитент, астық нарығы жөніндегі операторды қоспағанда, субсидия қаражатын алғаннан кейін не Қазақстан Республикасы Үкіметінің резервінен қаражат бөлу туралы Қазақстан Республикасы Үкіметінің қаулысы болған жағдайда немесе тиісті қаржы жылына арналған республикалық бюджетте купондық сыйақыны субсидиялауға қаражат болған кезде Қарыз алушыларды купондық сыйақының 100 % (жүз пайызы) мөлшерінде субсидиялар көзделген жалпы сомаға қарыз шарттарын жасасу жолымен қысқа мерзімді/орта мерзімді облигациялар есебінен сыйақының жеңілдікті мөлшерлемесі бойынша кредиттер түрінде қаржыландыру жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve">
+      Эмитент, астық нарығы жөніндегі операторды қоспағанда, субсидия қаражатын алғаннан кейін не Қазақстан Республикасы Үкіметінің резервінен қаражат бөлу туралы Қазақстан Республикасы Үкіметінің қаулысы болған кезде не тиісті қаржы жылына арналған республикалық бюджетте купондық сыйақыны субсидиялауға қаражат болған кезде қарыз алушыларды купондық сыйақының 100 % (жүз пайызы) мөлшерінде субсидиялар көзделген жалпы сомаға қарыз шарттарын жасасу жолымен қысқа мерзімді/орта мерзімді облигациялар есебінен сыйақының жеңілдетілген мөлшерлемесі бойынша кредиттер түрінде қаржыландыру жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген қысқа мерзімді/орта мерзімді облигациялар есебінен:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2025 жылғы 1 шілдеден бастап жасалған қарыз шарттары бойынша агроөнеркәсіптік кешен жобаларын қаржыландыруға бұрын берілген кредиттік қаражатты ауыстыруға;</w:t>
+      2025 жылғы 1 шілдеден бастап жасалған қарыз шарттары бойынша агроөнеркәсіптік кешен жобаларын қаржыландыруға бұрын берілген кредиттік қаражатты ауыстыруға жол беріледі. Бұл ретте бюджеттік кредиттерді ауыстыруға жол берілмейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2023 жылғы 1 қарашадан бастап жасалған қарыз шарттары бойынша көктемгі дала және егін жинау жұмыстарын жүргізуге бұрын берілген кредиттік қаражатты ауыстыруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      көктемгі дала және егін жинау жұмыстарын жүргізуге 2023 жылғы 1 қарашадан бастап жасалған қарыз шарттары бойынша екінші деңгейлі банктердің, әлеуметтік-кәсіпкерлік корпорациялардың, өңірлік инвестициялық орталықтардың және микроқаржы ұйымдарының қарыз алушыларының міндеттемелерін қайта қаржыландыруға жол беріледі.</w:t>
+      көктемгі дала және егін жинау жұмыстарын жүргізуге 2023 жылғы 1 қарашадан бастап жасалған қарыз шарттары бойынша екінші деңгейлі банктердің, әлеуметтік-кәсіпкерлік корпорациялардың, өңірлік инвестициялық орталықтардың және микроқаржы ұйымдарының қарыз алушыларының міндеттемелерін қайта қаржыландыруына жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Эмитенттің қарыз алушыға 36 (отыз алты) айдан аспайтын мерзімге кредит желісін беруіне (ашуына) жол беріледі. Бұл ретте кредит желісі шеңберінде берілетін кредит мерзімі облигациялардың айналыс мерзімінен аспауы тиіс.</w:t>
+      Эмитенттің қарыз алушыға 36 (отыз алты) айдан аспайтын мерзімге кредит желісін беруге (ашуға) жол беріледі. Бұл ретте кредит желісі шеңберінде берілетін кредит мерзімі облигациялардың айналыс мерзімінен аспауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 29.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 270</w:t>
+        <w:t>№ 468</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z89" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3391,91 +3391,91 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z98" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Эмитенттің ұзақ мерзімді облигациялық қарыздары бойынша купондық сыйақыны субсидиялау мынадай шарттарда жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z157" w:id="95"/>
+    <w:bookmarkStart w:name="z177" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) субсидиялау облигациялық қарыздың купондық сыйақысының толық мөлшерін құрайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z158" w:id="96"/>
+    <w:bookmarkStart w:name="z178" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) субсидиялаудың шекті мөлшері облигациялық қарыз тарту сәтінде Қазақстан Республикасы Ұлттық Банкінің базалық мөлшерлемесінің жиынтық мәнінен плюс 1,5%-тен (бір бүтін оннан бестен) аспайды. Бұл ретте "Қазақстан қор биржасы" акционерлік қоғамы www.kase.kz ресми ресурсында жарияланатын сауда-саттық/жазылым өткізу күні облигациялық қарызды тарту күні болып есептеледі; </w:t>
+      2) субсидиялаудың шекті мөлшері облигациялық қарыз тарту сәтінде Қазақстан Республикасы Ұлттық Банкінің базалық мөлшерлемесінің жиынтық мәнінен плюс 2,5%-тен (екі бүтін оннан бестен) аспайды. Бұл ретте "Қазақстан қор биржасы" акционерлік қоғамының www.kase.kz ресми интернет-ресурсында жарияланатын сауда-саттық/жазылым өткізу күні облигациялық қарызды тарту күні болып есептеледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z159" w:id="97"/>
+    <w:bookmarkStart w:name="z179" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) облигациялық қарызды өтеу мерзімі – Проспектінің шарттарына сәйкес.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3494,71 +3494,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 22.05.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 169</w:t>
+        <w:t>№ 468</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z102" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15164,371 +15184,353 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>субсидиялау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
-          </w:p>
-[...62 lines deleted...]
-              <w:t>Әкімшілік деректерді жинауға</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өтеусіз негізде жинауға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұсынылады: Қазақстан Республикасы Ауыл шаруашылығы министрлігіне</w:t>
+      Ұсынылады: Қазақстан Республикасының Ауыл шаруашылығы министрлігіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет-ресурста орналастырылған: www.gov.kz</w:t>
+        <w:t xml:space="preserve">
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz интернет-ресурсында орналастырылған </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z118" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Облигациялар бойынша купондық сыйақы субсидияларының нақты пайдаланылуы туралы есеп</w:t>
+        <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Облигациялар бойынша купондық сыйақы бойынша субсидиялардың нақты пайдаланылуы туралы есеп</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 22.05.2025 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 169</w:t>
+        <w:t>№ 468</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № ОКС-1 нысан</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № КСЕ-1 нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кезеңділігі: жыл сайын</w:t>
+      Жиілігі: жыл сайын</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Есепті кезең: 20__ жыл</w:t>
+      Есепті кезең: 20 __ жыл</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын тұлғалар тобы: эмитент</w:t>
+        <w:t xml:space="preserve">
+      Өтеусіз негізде әкімшілік деректерді жинауға арналған нысанды ұсынатын тұлғалар тобы: эмитент </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: есепті жылдан кейінгі жылдың 25 қаңтарына дейін</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none"/>
-[...2 lines deleted...]
-          <w:right w:val="none"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
-            <w:tcBorders/>
-[...23 lines deleted...]
-Бизнес-сәйкестендіру нөмірі</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес-сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -15564,88 +15566,77 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жинау әдісі: электронды түрде</w:t>
+            Жинау әдісі: электрондық түрде</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -15669,345 +15660,437 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Эмитенттің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Эмитенттің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бизнес-сәйкестендіру нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес-сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Облигациялар проспектісі (халықаралық сәйкестендіру нөмірі (ұлттық сәйкестендіру нөмірі))</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Облигациялар проспектісі (халықаралық сәйкестендіру нөмірі (ұлттық сәйкестендіру нөмірі))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Облигациялық қарыз сомасы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Облигациялық қарыз сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Облигациялар айналысының бүкіл мерзіміне көзделген субсидиялардың барлығы, теңге</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Облигациялар айналысының барлық мерзіміне барлықкөзделген субсидиялар , теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлық аударылған субсидиялар, теңге</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлық аударылған субсидиялар, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауытқу ( + , -) ( + ) артық төлеу, ( - ) жетіспеушілік, теңге</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауытқу ( + , -) ( + ) артық төлем, ( - ) кемшілік, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
-            <w:tcBorders>
-[...28 lines deleted...]
-Пайдаланылмаған субсидияларды қайтару (нақты), теңге</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пайдаланылмаған субсидияларды қайтару (факт), теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
-            <w:tcBorders>
-[...28 lines deleted...]
-Банктік шоттарда жатқан субсидиялар қалдығы, теңге</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Банк шотындағы субсидиялардың қалдығы, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -16105,51 +16188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есептік кезең үшін</w:t>
+Есепті кезеңде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16177,117 +16260,79 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есептік кезең үшін</w:t>
-[...65 lines deleted...]
-          </w:p>
+Есепті кезеңде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -17388,60 +17433,417 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Жалпы:</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17738,233 +18140,213 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Атауы __________________________________________________</w:t>
+      Атауы ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мекенжайы __________________________________________________________</w:t>
+      Мекенжайы ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Телефон ________________________________________________________</w:t>
+      Телефоны ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Электрондық почта мекенжайы _________________________________________</w:t>
+      Электрондық поштасының мекенжайы______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Орындаушы ____________________________________________________ </w:t>
+        <w:t>
+      Орындаушы _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аты және әкесінің аты (бар болса), тегі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      Басшы немесе уәкілетті тұлға</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _________________________________________________________________ </w:t>
+        <w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аты және әкесінің аты (бар болса), тегі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескертпе: "Облигациялар бойынша купондық сыйақы субсидияларының нақты пайдаланылуы туралы есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды толтыру бойынша түсіндірме осы нысанға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> көрсетіледі.</w:t>
+      Ескертпе: әкімшілік деректерді өтеусіз негізде жинауға арналған "Облигациялар бойынша купондық сыйақы бойынша субсидияларды нақты пайдалану туралы есеп" нысанын толтыру бойынша түсінікдірме осы нысанға қосымшада келтірілген. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18000,458 +18382,432 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Облигациялар бойынша</w:t>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">купондық сыйақы </w:t>
+              <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">субсидияларының нақты </w:t>
+              <w:t>"Облигациялар бойынша купондық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пайдаланылуы туралы есеп"</w:t>
+              <w:t>сыйақы бойынша субсидияларды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">әкімшілік деректерді өтеусіз </w:t>
+              <w:t>нақты пайдалану туралы есеп"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">негізде жинауға </w:t>
-[...25 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>нысанына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z161" w:id="113"/>
+    <w:bookmarkStart w:name="z181" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Облигациялар бойынша купондық сыйақы субсидияларының нақты пайдаланылуы туралы есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды толтыру бойынша түсіндірме (индекс: ОКС-1 нысаны, кезеңділігі: жыл сайын)</w:t>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Облигациялар бойынша купондық сыйақы бойынша субсидияларды нақты пайдалану туралы есеп"  нысанын толтыру бойынша түсіндірме (индекс: КСЕ-1 нысаны, кезеңділігі: жыл сайынғы)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z162" w:id="114"/>
+    <w:bookmarkStart w:name="z182" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z163" w:id="115"/>
+    <w:bookmarkStart w:name="z183" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы түсіндірме "Облигациялар бойынша купондық сыйақы субсидияларының нақты пайдаланылуы туралы есеп" әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
+      1. Осы түсіндірме Әкімшілік деректерді өтеусіз негізде жинауға арналған "Облигациялар бойынша купондық сыйақы бойынша субсидияларды нақты пайдалану туралы есеп" нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z164" w:id="116"/>
+    <w:bookmarkStart w:name="z184" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысанды эмитент толтырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z165" w:id="117"/>
+    <w:bookmarkStart w:name="z185" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Нысанға орындаушы және басшы, не оның міндетін атқарушы тұлға қол қояды.</w:t>
+      3. Нысанға орындаушы және басшы не уәкілетті тұлға қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z166" w:id="118"/>
+    <w:bookmarkStart w:name="z186" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Нысанды Қазақстан Республикасы Ауыл шаруашылығы министрлігіне жыл сайын есепті кезеңнен кейінгі жылдың 25 қаңтарына дейін эмитент ұсынады.</w:t>
+      4. Нысанды эмитент Қазақстан Республикасының Ауыл шаруашылығы министрлігіне жыл сайын есепті жылдан кейінгі жылдың 25 қаңтарына дейін ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z167" w:id="119"/>
+    <w:bookmarkStart w:name="z187" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z168" w:id="120"/>
+    <w:bookmarkStart w:name="z188" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысанның 1-бағанында эмитенттің атауы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z169" w:id="121"/>
+    <w:bookmarkStart w:name="z189" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нысанның 2-бағанында бизнес-сәйкестендіру нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z170" w:id="122"/>
+    <w:bookmarkStart w:name="z190" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Нысанның 3-бағанында облигациялар проспектісі (халықаралық сәйкестендіру нөмірі (ұлттық сәйкестендіру нөмірі)) көрсетіледі.</w:t>
+      7. Нысанның 3-бағанында облигациялардың проспектісі (халықаралық сәйкестендіру нөмірі (ұлттық сәйкестендіру нөмірі)) көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z171" w:id="123"/>
+    <w:bookmarkStart w:name="z191" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Нысанның 4-бағанында облигациялық қарыз сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z172" w:id="124"/>
+    <w:bookmarkStart w:name="z192" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Нысанның 5-бағанында облигациялар айналысының бүкіл мерзіміне, бүкіл кезеңге және есепті кезеңге көзделген субсидиялар теңгемен көрсетіледі.</w:t>
+      9. Нысанның 5-бағанында облигациялар айналысының бүкіл мерзіміне, бүкіл кезеңге және есепті кезеңге теңгемен субсидиялар көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z173" w:id="125"/>
+    <w:bookmarkStart w:name="z193" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Нысанның 6 және 7-бағандарында бүкіл кезеңде және есепті кезеңде аударылған субсидиялар теңгемен көрсетіледі.</w:t>
+      10. Нысанның 6 және 7-бағандарында бүкіл кезең мен есепті кезең үшін аударылған субсидиялар теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z174" w:id="126"/>
+    <w:bookmarkStart w:name="z194" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Нысанның 8 және 9-бағандарында барлық кезеңдегі және есепті кезеңдегі ауытқулар (артық төлеу, жетіспеушілік) теңгемен көрсетіледі.</w:t>
+      11. Нысанның 8 және 9-бағандарында барлық кезең үшін және есепті кезең үшін теңгемен ауытқу (артық төлем, кемшілік) көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z175" w:id="127"/>
+    <w:bookmarkStart w:name="z195" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Нысанның 10-бағанында пайдаланылмаған субсидиялардың қайтарылғаны (нақты) теңгемен көрсетіледі.</w:t>
+      12. Нысанның 10-бағанында пайдаланылмаған субсидияларды қайтару (факті), теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z176" w:id="128"/>
+    <w:bookmarkStart w:name="z196" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Нысанның 11-бағанында банктік шотта жатқан субсидиялар қалдығы теңгемен көрсетіледі.</w:t>
+      13. Нысанның 11-бағанында банктік шоттағы субсидиялардың қалдығы теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18501,210 +18857,664 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Облигациялар бойынша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>купондық сыйақыны</w:t>
+              <w:t xml:space="preserve">купондық сыйақыны </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>субсидиялау қағидаларына</w:t>
+              <w:t>субсидиялау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>3-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өтеусіз негізде жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Нысан</w:t>
+      Ұсынылады: Қазақстан Республикасының Ауыл шаруашылығы министрлігіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      интернет ресурсында орналастырылған </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z137" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ұсыныс</w:t>
+        <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Ұсыныс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Эмитент: ____________________________________________________ </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 468</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      (заңды тұлғаның толық атауы) </w:t>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № КСЕ-2 нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Кімге: _______________________________________________________ </w:t>
+        <w:t>
+      Кезеңділігі: бір реттік</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (жұмыс органының атауы)</w:t>
+      Есепті кезең: 20 ____ жылғы "___" _____________ (қаржы институты ұсыныс берген күні)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Эмитент туралы мәліметтер</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын тұлғалар тобы: эмитент</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: тиісті жылдың 1 қаңтарынан бастап</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес-сәйкестендіру нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: электрондық түрде / қағаз түрінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осымен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) қаржылық берешекті қайта құрылымдау және жеделдетілген оңалту рәсімін қоспағанда, эмитент қызметінің ұйымдастырушылық-құқықтық нысанын өзгерту, таратылу немесе банкротқа ұшырау сатысында тұрмағаны, сондай-ақ қызметі Қазақстан Республикасының қолданыстағы заңнамасына сәйкес тоқтатылмағаны; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       2) ұсыныста көрсетілген облигациялық қарыз бойынша купондық сыйақы басқа мемлекеттік және (немесе) бюджеттік бағдарламалар бойынша субсидияланбайтыны расталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қосымша: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облигациялар шығарылымы проспектісінің көшірмесі ______ парақта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облигациялар шығарылымын мемлекеттік тіркеу туралы куәліктің көшірмесі ______ парақта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағалы қағаздарды ұстаушылар тізілімдері жүйесінен алынған үзіндінің көшірмесі______ парақта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       1-кесте. Эмитент туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18717,87 +19527,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Эмитенттің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Эмитенттің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19189,108 +20019,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Байланыс телефондары</w:t>
+Байланыс телефоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z139" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Субсидиялауға жататын облигациялық қарыздар туралы ақпарат</w:t>
+       2-кесте Субсидиялауға жататын облигациялық қарыздар туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -19305,195 +20133,245 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Облигациялар проспектісі (ISIN (ҰСН) **</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Облигациялар проспектісі (ISIN (НИН)**)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Облигациялық қарыз сомасы, теңге</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Облигациялық қарыз сомасы, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Купондық сыйақы, %</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Купондық сыйақы, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Облигациялардың айналыс мерзімі аяқталған күн</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Облигациялардың айналыс мерзімі аяқталған күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19675,51 +20553,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19844,51 +20722,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20013,51 +20891,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20182,51 +21060,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20316,238 +21194,104 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z140" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осымен:</w:t>
-[...58 lines deleted...]
-      Қосымша: </w:t>
+      Эмитент басшысының немесе уәкілетті адамның аты, әкесінің аты (бар болса), тегі және қолы_______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      облигациялар шығарылымы проспектісінің көшірмесі ______ парақта;</w:t>
+      Берілген күні: 20___ жылғы "___" _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...71 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: аббревиатуралардың толық жазылуы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       * БСН – бизнес-сәйкестендіру нөмірі; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20617,50 +21361,526 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізде жинауға арналған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысанға қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Ұсыныс"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z198" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Ұсыныс" нысанын толтыру бойынша түсіндірме (индекс: № КСЕ-2 нысаны, кезеңділігі: бір реттік)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z199" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z200" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсіндірме әкімшілік деректерді өтеусіз негізде жинауға арналған "Ұсыныс" нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z201" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Нысанды эмитент толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z202" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нысанға эмитент басшысы не уәкілетті адам қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z203" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанды эмитент Қазақстан Республикасының Ауыл шаруашылығы министрлігіне ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z204" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Нысан қазақ немесе орыс тілдерінде толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z205" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z206" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Нысанның 1-кестесінің 1-бағанында эмитенттің атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z207" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Нысанның 1-кестесінің 2-бағанында басшының аты, әкесінің аты (бар болса), тегі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z208" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Нысанның 1-кестесінің 3-бағанында эмитент туралы мәліметтер көрсетіледі: бизнес сәйкестендіру нөмірі (бұдан әрі – БСН).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z209" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Нысанның 1-кестесінің 4-бағанында банк деректемелері көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z210" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Нысанның 1-кестесінің 5-бағанында байланыс телефондары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z211" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Нысанның 2-кестесінің 1-бағанында реттік нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z212" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Нысанның 2-кестесінің 2-бағанында халықаралық сәйкестендіру нөмірі (ұлттық сәйкестендіру нөмірі) облигациялардың проспектісі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z213" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Нысанның 2-кестесінің 3-бағанында облигациялық қарыз сомасы, теңгемен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z214" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Нысанның 2-кестесінің 4-бағанында купондық сыйақы пайызбен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z215" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Нысанның 2-кестесінің 5-бағанында облигациялардың айналысы мерзімінің аяқталған күні көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Облигациялар бойынша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>купондық сыйақыны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -20680,68 +21900,68 @@
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="136"/>
+    <w:bookmarkStart w:name="z145" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Субсидиялауға арналған өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20__жылғы "___" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21010,200 +22230,501 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>субсидиялау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізде жинауға арналған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Нысан</w:t>
-[...35 lines deleted...]
-      Эмитент:_______________________________________________________ </w:t>
+      Ұсынылады: Қазақстан Республикасының Ауыл шаруашылығы министрлігіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      (қаржы институтының атауы) </w:t>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан https://gosagro.kz/auth/login</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+       интернет-ресурста орналастырылған:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Қаражат тарту жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Эмитенттің бизнес сәйкестендіру нөмірі:________________________ </w:t>
+      Ескерту. 5-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 468</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Кімге:__________________________________________________________ </w:t>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № КСЕ-3 нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (жұмыс органы)</w:t>
+      Кезеңділігі: бір реттік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қаржы жылының жоспарлы кезеңіне агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін қаражат тарту жоспары. </w:t>
+      Есепті кезең: 20 ____ жылғы "___" _____________ (эмитенттің қаражат тарту жоспарын берген күні)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын тұлғалар тобы: эмитент </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: тиісті жылдың 1 қаңтарынан 31 желтоқсанына дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес-сәйкестендіру нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z216" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: электрондық түрде</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z217" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       1-кесте. Қаржы жылының жоспарлы кезеңіне агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін қаражат тарту жоспары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -21228,125 +22749,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы ____ жылға</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы ____ жылға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оның ішінде айлар бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оның ішінде айлар бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -21797,473 +23348,529 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -23188,60 +24795,513 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Барлығы</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23587,70 +25647,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z149" w:id="139"/>
+    <w:bookmarkStart w:name="z218" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қаржы жылының екінші жоспарлы кезеңіне агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін қаражат тартудың болжамды жоспары.</w:t>
+       2-кесте. Қаржы жылының екінші жоспарлы кезеңіне агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін қаражат тартудың болжамды жоспары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -23675,125 +25735,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Р/с№ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы ____ жылға</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы ____ жылға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оның ішінде айлар бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оның ішінде айлар бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -24244,473 +26334,529 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -25635,60 +27781,513 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Барлығы</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26034,70 +28633,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z150" w:id="140"/>
+    <w:bookmarkStart w:name="z219" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қаржы жылының үшінші жоспарлы кезеңіне агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін қаражат тартудың болжамды жоспары.</w:t>
+       3-кесте. Қаржы жылының үшінші жоспарлы кезеңіне агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін қаражат тартудың болжамды жоспары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -26122,125 +28721,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы _ _ _ _ жылға</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы ____ жылға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оның ішінде айлар бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оның ішінде айлар бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -26691,473 +29320,529 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -28082,60 +30767,513 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Барлығы</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28481,70 +31619,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z151" w:id="141"/>
+    <w:bookmarkStart w:name="z220" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін тартылған облигациялық қарыздар бойынша негізгі борыштың қалдығы.</w:t>
+       4-кесте. Агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін тартылған облигациялық қарыздар бойынша негізгі борыштың қалдығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -28569,143 +31707,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с</w:t>
-[...17 lines deleted...]
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы _ _ _ _ жылға</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы ____ жылға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оның ішінде айлар бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оның ішінде айлар бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -29156,473 +32306,529 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -30547,60 +33753,513 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Барлығы</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30946,70 +34605,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z152" w:id="142"/>
+    <w:bookmarkStart w:name="z221" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг мақсаттары үшін тартылған қаражат қалдығының және тарту жоспарының сомасы.</w:t>
+      5-кесте. Агроөнеркәсіптік кешен субъектілеріне кредит, лизинг беру мақсаттары үшін тартылған қаражат қалдығының және тарту жоспарының сомасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -31034,143 +34693,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с</w:t>
-[...17 lines deleted...]
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы _ _ _ _ жылға</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы ____ жылға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оның ішінде айлар бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оның ішінде айлар бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -31621,473 +35292,529 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -33012,60 +36739,513 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Барлығы</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33426,71 +37606,660 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Эмитент басшысының немесе оның орынбасарының аты, әкесінің аты (бар болса) тегі және қолы _______________________________</w:t>
+      Эмитент басшысының немесе уәкілетті адамның аты, әкесінің аты (бар болса) және қолы _____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өтініштің берілген күні 20 __ жылғы "___"_______</w:t>
+      Берілген күні 20 __ жылғы "___" _______.</w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өтеусіз негізде жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Қаражат тарту жоспары"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысанына қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z223" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Қаражат тарту жоспары" нысанын толтыру бойынша түсіндірме (индекс: № КСЕ-3 нысаны, кезеңділігі: бір реттік)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z224" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z225" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы түсіндірме әкімшілік деректерді өтеусіз негізде жинауға арналған "Қаражат тарту жоспары" нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z226" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Нысанды қаржы институттары толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z227" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нысанға басшы не уәкілетті адам қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z228" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанды қаржы институттары Қазақстан Республикасының Ауыл шаруашылығы министрлігіне ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z229" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Нысан қазақ немесе орыс тілдерінде толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z230" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z231" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Нысанның 1-кестесінің 1-жолында реттік нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z232" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Нысанның 1-кестесінің 2-жолында қаржы жылының жоспарлы кезеңіне агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін қаражат тарту жоспары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z233" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Нысанның 1-кестесінің 3-14-жолдарында қаржы жылының айлары бөлінісінде агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін қаражат тарту жоспары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z234" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Нысанның 2-кестесінің 1-жолында реттік нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z235" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Нысанның 2-кестесінің 2-жолында қаржы жылының екінші жоспарлы кезеңіне агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін қаражат тартудың болжамды жоспары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z236" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Нысанның 2-кестесінің 3-14-жолдарында қаржы жылының айлары бөлінісінде екінші жоспарлы кезеңге агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін қаражат тартудың болжамды жоспары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z237" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Нысанның 3-кестесінің 1-жолында реттік нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z238" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Нысанның 3-кестесінің 2-жолында қаржы жылының үшінші жоспарлы кезеңіне агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін қаражат тартудың болжамды жоспары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z239" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Нысанның 3-кестесінің 3-14-жолдарында қаржы жылының айлары бөлінісінде үшінші жоспарлы кезеңге агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін қаражат тартудың болжамды жоспары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z240" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Нысанның 4-кестесінің 1-жолында реттік нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z241" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Нысанның 4-кестесінің 2-жолында қаржы жылының жоспарлы кезеңінің агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін тартылған облигациялық қарыздар бойынша негізгі борыштың қалдығы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z242" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Нысанның 4-кестесінің 3-14-жолдарында қаржы жылының жоспарлы кезеңінің айлары бөлінісінде агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін тартылған облигациялық қарыздар бойынша негізгі борыштың қалдығы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z243" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Нысанның 5-кестесінің 1-жолында реттік нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z244" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Нысанның 5-кестесінің 2-жолында қаржы жылының жоспарлы кезеңінің агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін тартылған қаражат қалдығының және тарту жоспарының сомасы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z245" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Нысанның 5-кестесінің 3-14-жолдарында қаржы жылының жоспарлы кезеңі айлары бөлінісінде агроөнеркәсіптік кешен субъектілеріне кредит беру, лизинг беру мақсаттары үшін тартылған қаражат қалдығы және тарту жоспарының сомасы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -33528,55 +38297,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -33898,35 +38667,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>