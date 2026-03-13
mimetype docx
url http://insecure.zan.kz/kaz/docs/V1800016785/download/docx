--- v0 (2025-12-31)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="888caa6" w14:textId="888caa6">
+    <w:p w14:paraId="0dd513b" w14:textId="0dd513b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -298,51 +298,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 25.08.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 131</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -500,51 +500,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 25.08.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 131</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1024,3262 +1024,1526 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Мемлекеттік қызмет істері агенттігінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесі</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Мемлекеттік қызмет істері агенттігінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Үлгілік әдістемесі жаңа редакцияда – ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 31.03.2023 </w:t>
+      Ескерту. Әдістеме жаңа редакцияда – ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 26.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 69</w:t>
+        <w:t>№ 214</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="10"/>
+    <w:bookmarkStart w:name="z151" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 33-бабының </w:t>
+      1. Осы Қазақстан Республикасы Мемлекеттік қызмет істері агенттігінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың Әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының 33-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленген және Қазақстан Республикасы Мемлекеттік қызмет істері агенттігі және оның аумақтық органдарымен "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленген және Қазақстан Республикасы Мемлекеттік қызмет істері агенттігі (бұдан әрі - Агенттік) және оның аумақтық органдарымен "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...15 lines deleted...]
-      2. Мемлекеттік органдардың "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесін мемлекеттік органдардың бірінші басшылары осы Әдістеменің негізінде мемлекеттік орган қызметінің ерекшелігін есепке ала отырып бекітеді.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...15 lines deleted...]
-      3. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басшылық лауазым – өзіне бағынышты бөлімшенің немесе жекелеген қызметшілердің қызметін ұйымдастыруға өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...15 lines deleted...]
-      1) жоғары тұрған басшы – бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...15 lines deleted...]
-      2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) құрылымдық бөлімшенің/мемлекеттік органның басшысы – В-1, В-3 (дербес құрылымдық бөлімшелердің басшылары), C-O-1 (аумақтық бөлімшелердің басшылары), санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
-[...15 lines deleted...]
-      3) бағалаушы адам – мемлекеттік орган қызметінің ерекшелігіне байланысты тікелей басшы және/немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бағалаушы адам – тікелей басшы және/немесе құрылымдық бөлімшенің/мемлекеттік органның басшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...15 lines deleted...]
-      4) құрылымдық бөлімшенің/мемлекеттік органның басшысы –, В-1, В-3 (дербес құрылымдық бөлімшелердің басшылары), C-O-1 (аумақтық бөлімшелердің басшылары), санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...15 lines deleted...]
-      5) "Б" корпусының қызметшісі – құрылымдық бөлімшенің/мемлекеттік органның басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін лауазымды адамдардың кездесулері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...15 lines deleted...]
-      6) бағаланатын адам – құрылымдық бөлімшенің/мемлекеттік органның басшысы немесе "Б" корпусының қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...15 lines deleted...]
-      7) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) – құрылымдық бөлімшенің/мемлекеттік органның басшысы үшін белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына, оның ішінде ұлттық жобаларға, "А" корпусы қызметшісінің келісіміне қол жеткізуге немесе мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
-[...15 lines deleted...]
-      8) саралау әдісі – "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі – бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды бағалаушы адам болмаған жағдайда, оны алмастырушы адам жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
-[...15 lines deleted...]
-      9) 360 әдісі – бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іссапарға жіберілген адамдарды бағалау қабылдаушы мемлекеттік органмен іссапарда болу кезеңі үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
-[...15 lines deleted...]
-      10) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Агенттік Төрағасының шешімі бойынша оның тікелей бағынысындағы адамдар осы мемлекеттік органның аппарат басшысымен бағалана алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
-[...15 lines deleted...]
-      11) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:p>
-[...149 lines deleted...]
-      5. НМИ қол жеткізу және саралау әдісі бойынша бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірілмей, 360 әдісі бойынша – есепті жылдан кейінгі айдың оныншы күнінен кешіктірілмей жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:p>
-[...151 lines deleted...]
-      7. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 5-тармақта көрсетілген мерзімде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
-[...15 lines deleted...]
-      8. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:p>
-[...186 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. 360 әдісі бойынша бағалау нәтижелері қызметшіні оқыту бойынша шешімдер қабылдау үшін негіз болып табылады.</w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      11. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметі немесе ол болмаған жағдайда персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – персоналды басқару қызметі) міндеттерін атқару жүктелген құрылымдық бөлімше (адам), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
+        <w:t xml:space="preserve">
+      6. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармақта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген мерзімде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиісті түрде атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бағалауды ұйымдастырушылық сүйемелдеуді Агенттіктің Персоналды басқару департаменті (бұдан әрі - Департамент) ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде, таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодекспен белгіленген тәртіпте шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде Департаментте және ақпараттық жүйеде сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Бағалау нәтижелері жасырын ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен Департамент қарастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Департамент директоры:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қажет болған жағдайда бағалаушы мен бағаланатын адамдардың кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізуге жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...43 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. В-1, В-3 (дербес құрылымдық бөлімшелердің басшылары), C-O-1 (аумақтық бөлімшелердің басшылары), санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген адамдарды қоспағанда, басшы лауазымдарды атқаратын "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау Агенттіктің құрылымдық бөлімшенің немесе аумақтық департамент басшысымен осы Әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өзге тұлғаларды бағалау құрылымдық Агенттіктің құрылымдық бөлімшенің немесе аумақтық департамент басшысымен осы Үлгілік Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Бағалаушы адамға бағалау парағы Департаментпен ақпараттық жүйе арқылы жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адаммен 0-ден 5-ке дейінгі баға қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер бағаланатын адамдардың саны жиырма адамнан асқан жағдайда, бағалауды бағалаушы адам айқындайтын "Б" корпусының мемлекеттік әкімшілік қызметшілері де жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...72 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. Мемлекеттік қызметші калибрлеу сессиясның шешіміне Қазақстан Республикасының </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+      18. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z63" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды және оның құрамын бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z64" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z65" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z66" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы адамдар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ Департаменттің қызметшісі кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z67" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. Бағалау нәтижелері қатаң жасырын ақпарат болып табылады және "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
-[...727 lines deleted...]
-      27. Ақпараттық жүйе немесе ол болмаған жағдайда персоналды басқару қызметі құрылымдық бөлімшенің/мемлекеттік органның басшысын оған қатысты бағалауды өткізу туралы есепті тоқсаннан кейінгі айдың бесінші күнінен кешіктірмей хабардар етеді.</w:t>
+      20. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
-[...15 lines deleted...]
-      28. Ақпараттық жүйемен немесе ол болмаған жағдайда персоналды басқару қызметі ресімделген бағалау парағын бағалаушы адамға қарау үшін жолдайды.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Департамент калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:p>
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. "Б" корпусының қызметшілерін саралау әдісімен бағалау тәртібі</w:t>
+    <w:bookmarkStart w:name="z69" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z70" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29. "Б" корпусының қызметшілерін бағалау саралау әдісі бойынша жүзеге асырылады.</w:t>
+      Бағаланатын адам калибрлеу сессиясының мүшелеріне жазбаша немесе ауызша нысанда бағалауға өзінің келіспейтіндігін дәлелдеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z71" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік органда жұмыс істейтін ақпараттық жүйе арқылы (техникалық мүмкіндік болған жағдайда) жүзеге асырады. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта жүргізіледі.</w:t>
+        <w:t>
+      Калибрлеу сессиясының мүшелері бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z72" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. Ақпараттық жүйе немесе ол болмаған жағдайда персоналды басқару қызметі "Б" корпусының қызметшісін оған қатысты бағалау жүргізілетіні туралы есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірмей хабардар етеді.</w:t>
+      Бағалауды түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
-[...15 lines deleted...]
-      32. Ақпараттық жүйе арқылы немесе ол болмаған жағдайда персоналды басқару қызметімен бағалаушы адамға бағалау парағы жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға калибрлеу сессиясы мүшелерінің басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Департамент хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:p>
-[...51 lines deleted...]
-      33. "Б" корпусының қызметшілерін бағалау олардың бағаланатын кезеңде функционалдық міндеттерін орындау кезінде қол жеткізген нәтижелерінің деңгейі мен орындалған жұмыстың көлемі мен күрделілігі ескере отырып, мынадай параметрлер бойынша айқындалады:</w:t>
+    <w:bookmarkStart w:name="z74" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:p>
-[...85 lines deleted...]
-        <w:t xml:space="preserve"> 4-тарау. 360 әдісі бойынша бағалау тәртібі</w:t>
+    <w:bookmarkStart w:name="z75" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
-[...15 lines deleted...]
-      34. 360 әдісі бойынша бағалау жылына бір рет ақпараттық жүйеде жасырын жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағаланатын кезеңдегі жетістіктеріне шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:p>
-[...73 lines deleted...]
-      35. 360 әдісімен бағалау кезінде бағаланатын адамдардың санаттарына байланысты мынадай құзыреттер бағаланады:</w:t>
+    <w:bookmarkStart w:name="z77" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      машықтар мен құзыреттердің дамуына шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:p>
-[...411 lines deleted...]
-      36. Сауалнамаға қатысатын адамдардың саны әрбір бағаланатын адам үшін ақпараттық жүйемен немесе ол болмаған жағдайда персоналды басқару қызметі дербес анықтайтын үш адамнан кем болмауы және жеті адамнан артық болмауы тиіс.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:p>
-[...51 lines deleted...]
-      1) тікелей басшы;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
-[...400 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4326,6370 +2590,391 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттікқызмет істері агенттігінің</w:t>
+              <w:t>Мемлекеттік қызмет істері</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Б" корпусы мемлекеттік әкімшілік</w:t>
+              <w:t>агенттігінің "Б" корпусы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметшілерінің қызметін бағалаудың </w:t>
+              <w:t>мемлекеттік әкімшілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>үлгілік әдістемесіне</w:t>
+              <w:t>қызметшілерінің қызметін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>бағалаудың Әдістемесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>1-қосымша</w:t>
-            </w:r>
-[...193 lines deleted...]
-              <w:t>қолы____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
-[...3348 lines deleted...]
-      НМИ санына бөлінген НМИ бойынша бағалау сомасы</w:t>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы лауазымды атқаратын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын адамның Т.А.Ә., Агенттіктегі лауазымын көрсете отырып)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағалайтын қызметшінің Т.А.Ә., Агенттіктегі лауазымын көрсете отырып)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Мемлекеттік қызмет істері агенттігінің "Б" корпусы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бағалау нәтижесі: ____________ </w:t>
-[...19 lines deleted...]
-    </w:p>
+      мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қызметшінің бағалау нәтижесі қорытынды бағаның негізінде қойылады </w:t>
-[...2662 lines deleted...]
-      Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
+      Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аласыз.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -10761,221 +3046,247 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Критерийлер</w:t>
+              <w:t>Бағалау (0-ден* 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z92" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бағалау (1-ден 5 баллға дейін)</w:t>
+              <w:t>Түсініктеме</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(қалау бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Негіздеме</w:t>
+              <w:t>Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1. Функционалдық міндеттерді орындау сапасы*</w:t>
+              <w:t xml:space="preserve">
+ 1. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің сапалы орындалуын қамтамасыз ету </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10983,140 +3294,188 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z93" w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - жетекшілік ететін бөлімшелердегі міндеттер мен тапсырмаларды сапалы орындау; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша Агенттіктің Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2. Міндеттерді орындау мерзімдерін сақтау</w:t>
+              <w:t xml:space="preserve">
+ 2. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің орындалу мерзімдерінің сақталуын қамтамасыз ету </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11124,140 +3483,188 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z95" w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- орындаудың жеделдігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша Агенттіктің Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Дербестік және бастамашылық.</w:t>
+3. Көшбасшылық және шешім қабылдау дағдылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11265,140 +3672,300 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z97" w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- команданы басқаруды және командалық нәтиже үшін жауапкершілікті өз мойнына ала білу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мақсаттар мен міндеттерді нақты белгілей білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- жеке мысал арқылы тиімді қарым-қатынас және оң командалық климат құру арқылы команданы ынталандыру мүмкіндігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- белгісіздік жағдайында тиімді әрекет ете білу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- ықтимал тәуекелдерді ескере отырып, міндеттерді шешудің бірнеше нұсқаларын ұсына білу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша Агенттіктің Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Еңбек тәртібін сақтау</w:t>
+4. Бағалаушы адамның еңбек тәртібін сақтауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11406,104 +3973,267 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z103" w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- кешігудің болмауы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- қызметтік әдеп бұзушылықтардың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ақпараттық қауіпсіздік талаптарын сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша Агенттіктің Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орташа қорытынды баға</w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11527,124 +4257,441 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z109" w:id="90"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="90"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z112" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z113" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z114" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z115" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z116" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z117" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электрондық цифрлық қолтаңба арқылы куәландырылған)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z118" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11678,346 +4725,404 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызмет істері агенттігінің</w:t>
+              <w:t>Мемлекеттік қызмет істері</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Б" корпусы мемлекеттік әкімшілік </w:t>
+              <w:t>агенттігінің "Б" корпусы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметшілерінің қызметін бағалаудың</w:t>
+              <w:t>мемлекеттік әкімшілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">үлгілік әдістемесіне </w:t>
+              <w:t>қызметшілерінің қызметін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-қосымша</w:t>
-[...64 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>бағалаудың Әдістемесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="89"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z120" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы лауазымды атқармайтын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z122" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағалайтын қызметшінің Т.А.Ә., Агенттіктегі лауазымын көрсете отырып)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z123" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z124" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z125" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z126" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағалайтын қызметшінің Т.А.Ә., Агенттіктегі лауазымын көрсете отырып)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z127" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Құрылымдық бөлімше басшысының Т. А.Ә___________________ </w:t>
-[...125 lines deleted...]
-      Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстығын арттыра аласыз.</w:t>
+      "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұсынамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z129" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z130" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аласыз.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -12033,12856 +5138,1478 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ р/р</w:t>
+Параметрлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Құзыреттердің атауы</w:t>
+Бағалау (0*-ден 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Құзыреттер бойынша сұрақтар</w:t>
+Түсініктеме (қалау бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9688 lines deleted...]
-              <w:t>Паутинка</w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1. Функционалдық міндеттерді орындау сапасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесіне сәйкес өзге де кемшіліктердің болмауы.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2. Міндеттерді орындау мерзімдерін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:bookmarkStart w:name="z131" w:id="108"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="108"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша Агенттіктің Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3. Дербестік және бастамашылдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:bookmarkStart w:name="z132" w:id="109"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="109"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- қызметшінің функционалдық міндеттерін жоғары деңгейде дербес орындай алуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- жетекшілік ететін қызмет саласын жақсартуға бағытталған тәсілдерді, ұсыныстарды пысықтаудағы бастамашылдық;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- жетекшілік ететін міндеттерді шешуге қатысу және белсенділігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша Агенттіктің Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4. Еңбек тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:bookmarkStart w:name="z136" w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- кешігудің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- қызметтік әдеп бұзушылықтардың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ақпараттық қауіпсіздік талаптарын сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша Агенттіктің Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:bookmarkStart w:name="z142" w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі. Тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+Орташа қорытынды баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...16 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...701 lines deleted...]
-          <w:p/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...1507 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z145" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z146" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z147" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z148" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z149" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электрондық цифрлық қолтаңба арқылы куәләндырылған)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z150" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -24920,55 +6647,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -25294,31 +7021,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>