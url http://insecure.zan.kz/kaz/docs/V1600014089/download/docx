--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cd075cd" w14:textId="cd075cd">
+    <w:p w14:paraId="8ce41a9" w14:textId="8ce41a9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -113,316 +113,409 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті төрағасының 2016 жылғы 7 шілдедегі № 138 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 10 тамызда № 14089 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік статистика туралы" Қазақстан Республикасының 2010 жылғы 19 наурыздағы Заңының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы Ұлттық экономика министрлігі туралы ереженің 17-тармағының 258) тармақшасына сәйкес, </w:t>
+      "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 12-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Президентінің 2020 жылғы 5 қазандағы № 427 Жарлығымен бекітілген Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>38) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі Төрағасының 2020 жылғы 23 қазандағы № 9-нқ бұйрығымен бекітілген Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Еңбек құнының индексін есептеу бойынша </w:t>
+      1. Қоса беріліп отырған Еңбек құнының индексін есептеу бойынша </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әдістеме</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің Еңбек және тұрмыс деңгейі статистикасы басқармасы Заң басқармасымен бірлесіп заңнамада белгіленген тәртіппен:</w:t>
+      2. Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің Еңбек және тұрмыс деңгейі статистикасы басқармасы Заң басқармасымен бірлесіп заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрық мемлекеттік тіркегеннен кейін күнтізбелік он күн ішінде оның көшірмесін мерзімді баспасөз басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жіберілуін;</w:t>
+      2) осы бұйрық мемлекеттік тіркегеннен кейін күнтізбелік он күн ішінде оның көшірмесін мерзімді баспасөз басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жіберілуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) тіркелген бұйрықты алған күннен бастап бес жұмыс күні ішінде баспа және электрондық түрде Қазақстан Республикасының нормативтік құқықтық актілерінің эталондық бақылау банкіне қосу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберілуін;</w:t>
+      3) тіркелген бұйрықты алған күннен бастап бес жұмыс күні ішінде баспа және электрондық түрде Қазақстан Республикасының нормативтік құқықтық актілерінің эталондық бақылау банкіне қосу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберілуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің интернет-ресурсында орналастырылуын қамтамасыз етсін. </w:t>
+      4) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің интернет-ресурсында орналастырылуын қамтамасыз етсін. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің Еңбек және тұрмыс деңгейі статистикасы басқармасы осы бұйрықты Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің құрылымдық бөлімшелеріне және аумақтық органдарына жұмыс бабында басшылыққа алу және пайдалану үшін жеткізсін.</w:t>
+      3. Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің Еңбек және тұрмыс деңгейі статистикасы басқармасы осы бұйрықты Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің құрылымдық бөлімшелеріне және аумақтық органдарына жұмыс бабында басшылыққа алу және пайдалану үшін жеткізсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті төрағасының орынбасарына (Қ.К. Орынханов) жүктелсін.</w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитеті төрағасының орынбасарына (Қ.К. Орынханов) жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Осы бұйрық оның алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      5. Осы бұйрық оның алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -433,68 +526,61 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -503,68 +589,61 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлттық экономика министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -794,515 +873,701 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Еңбек құнының индексін есептеу бойынша әдістеме (бұдан әрі - Әдістеме) халықаралық стандарттарға сәйкес қалыптастырылатын және "Мемлекеттік статистика туралы" (бұдан әрі - Заң) Қазақстан Республикасының 2010 жылғы 19 наурыздағы </w:t>
+      1. Еңбек құнының индексін есептеу бойынша әдістеме (бұдан әрі – Әдістеме) халықаралық стандарттарға сәйкес қалыптастырылатын және "Мемлекеттік статистика туралы" (бұдан әрі – Заң) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілетін статистикалық әдіснамаға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Әдістеме жалпымемлекеттік статистикалық байқау өткізу кезінде уақыт бірлігіне есептелген жұмыс күшіне жұмсалған шығыстары туралы статистикалық ақпараттарды алудың негізгі аспектілерін және әдістерін айқындайды.</w:t>
+      2. Әдістеме жалпымемлекеттік статистикалық байқау өткізу кезінде уақыт бірлігіне есептелген жұмыс күшіне жұмсалған шығыстары туралы статистикалық ақпараттарды алудың негізгі аспектілерін және әдістерін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы Әдістеме Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетімен халықаралық салыстырулар және елдің әлеуметтік-экономикалық даму болжауында пайдаланатын еңбек құнының индексін есептеу үшін қолданылады.</w:t>
+      3. Осы Әдістемені Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы халықаралық салыстырулар және елдің әлеуметтік-экономикалық даму болжауында пайдаланатын еңбек құнының индексін есептеу үшін қолданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Әдістемеде Заңда айқындалған мәндердегі ұғымдар мен мынадай негізгі анықтамалар қолданылады:</w:t>
+      4. Әдістемеде Заңда айқындалған мәндердегі ұғымдар мен мынадай негізгі анықтамалар қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) базистік жыл (тоқсан) – жыл (тоқсан) көрсеткіштеріне келесі жылғы (тоқсандағы) есептік көрсеткіштерді салыстыру үшін келтірілді;</w:t>
+      1) базистік жыл (тоқсан) – жыл (тоқсан) көрсеткіштеріне келесі жылғы (тоқсандағы) есептік көрсеткіштерді салыстыру үшін келтірілді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) еңбек құнының индексі – жұмыспен өтелген 1 сағатқа есептегендегі жұмыс күшіне арналған шығындар құнының орташа деңгейі уақытындағы өзгерісін сипаттайтын салыстырмалы көрсеткіш;</w:t>
+      2) еңбек құнының индексі – жұмыспен өтелген 1 сағатқа есептегендегі жұмыс күшіне арналған шығындар құнының орташа деңгейі уақытындағы өзгерісін сипаттайтын салыстырмалы көрсеткіш;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) жалақы қоры – Қазақстан Республикасының нормативтік құқықтық актілеріне сәйкес және олардың қаржыландыру көзі мен оларды нақты төлеу мерзіміне қарамастан, салықтар мен басқа да ұстап қалуларды (табыс салығы, жинақтаушы зейнетақы қорларына міндетті зейнетақы жарнасы) ескере отырып, ұйымның қызметкерлерінің еңбегіне ақы төлеу үшін есептелген жиынтық ақшалай қаражаттары (лауазымдық айлықақылар (тарифтік мөлшерлемелер), қосымша төлемдер, үстеме ақылар, сыйлықақылар және өзге де ынталандыру мен өтемдік сипаттағы төлемдер);</w:t>
+      3) жалақы қоры – Қазақстан Республикасының нормативтік құқықтық актілеріне сәйкес және олардың қаржыландыру көзі мен оларды нақты төлеу мерзіміне қарамастан, салықтар мен басқа да ұстап қалуларды (табыс салығы, жинақтаушы зейнетақы қорларына міндетті зейнетақы жарнасы) ескере отырып, ұйымның қызметкерлерінің еңбегіне ақы төлеу үшін есептелген жиынтық ақшалай қаражаттары (лауазымдық айлықақылар (тарифтік мөлшерлемелер), қосымша төлемдер, үстеме ақылар, сыйлықақылар және өзге де ынталандыру мен өтемдік сипаттағы төлемдер);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) жеке индекс - тек бір ғана элемент жиынтығын өзгеруін көрсетеді және жеке құбылыстарды сипаттау үшін пайдаланылады;</w:t>
+      4) жеке индекс - тек бір ғана элемент жиынтығын өзгеруін көрсетеді және жеке құбылыстарды сипаттау үшін пайдаланылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) жұмыс күшіне арналған шығындар құны – қаржыландыру көздеріне қарамастан жұмыс күшін ұстаумен және пайдаланумен байланысты жұмыс берушінің (ұйымдардың) барлық ұсталымдар (шығындар) соммасы;</w:t>
+      5) жұмыс күшіне арналған шығындар құны – қаржыландыру көздеріне қарамастан жұмыс күшін ұстаумен және пайдаланумен байланысты жұмыс берушінің (ұйымдардың) барлық ұсталымдар (шығындар) соммасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) жұмыспен өтелген адам-сағаттарының саны – ұйымның барлық қызметкерлерімен нақты жұмыс істелген, жұмыстың қалыпты кезеңі сияқты мерзімнен тыс жұмыс істеген уақыты. </w:t>
+      6) жұмыспен өтелген адам-сағаттарының саны – ұйымның барлық қызметкерлерімен нақты жұмыс істелген, жұмыстың қалыпты кезеңі сияқты мерзімнен тыс жұмыс істеген уақыты. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Ақпарат дереккөздері және еңбек құнының индексін құру кезеңдері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Еңбек құнының индексін есептеу үшін алғашқы статистикалық деректерді өндеу процесі кезінде алынған еңбек статистикасының біріктірілген статистикалық деректері қолданылады.</w:t>
+      5. Еңбек құнының индексін есептеу үшін бастапқы статистикалық деректерді өңдеу процесі кезінде алынған еңбек статистикасының біріктірілген деректері пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Еңбек құнының индексі Экономикалық қызмет түрлерінің жалпы жіктеуішінен (бұдан әрі – ЭҚЖЖ) жекелеген қызмет түрлері бойынша есептелінеді. </w:t>
+      6. Еңбек құнының индексі Экономикалық қызмет түрлерінің жалпы жіктеуішінен (бұдан әрі – ЭҚЖЖ) жекелеген қызмет түрлері бойынша есептелінеді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Еңбек құнының индексін құру екі негізгі кезеңде жүзеге асырылады. Бірінші кезеңде жұмыс күшіне арналған шығындар құнын тоқсандық бағалау және олардың орташа көрсеткіштері есептеледі, екінші кезеңде – еңбек құнының индексін есептеу.</w:t>
+      7. Еңбек құнының индексін құру екі негізгі кезеңде жүзеге асырылады. Бірінші кезеңде жұмыс күшіне арналған шығындар құнын тоқсандық бағалау және олардың орташа көрсеткіштері есептеледі, екінші кезеңде – еңбек құнының индексін есептеу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Жұмыс күшіне арналған шығындар құнының өзгерісіне әсер ететін факторларды айқындау мақсатында еңбек құнының индексін құрудың 3 түрі жүргізіледі:</w:t>
+      8. Жұмыс күшіне арналған шығындар құнының өзгерісіне әсер ететін факторларды айқындау мақсатында еңбек құнының индексін құрудың 3 түрі жүргізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) жұмыс күшіне арналған шығындардың жалпы құны бойынша еңбек құнының индексі;</w:t>
+      1) жұмыс күшіне арналған шығындардың жалпы құны бойынша еңбек құнының индексі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жалақы қоры бойынша еңбек құнының индексі;</w:t>
+      2) жалақы қоры бойынша еңбек құнының индексі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) жалақы қорында есепке алынбайтын жұмыс күшіне арналған шығындардың құны бойынша еңбек құнының индексі.</w:t>
+      3) жалақы қорында есепке алынбайтын жұмыс күшіне арналған шығындардың құны бойынша еңбек құнының индексі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Жұмыс күшіне арналған шығындар құнын есептеу</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1-параграф. Жұмыс күшіне арналған шығындар құнының тоқсандық бағалауларын есептеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Жалақы қоры бойынша тоқсандық еңбек құнының индексін есептеу қолдағы бар жалақы қоры деректерінің және еңбек бойынша жалпымемлекеттік статистикалық байқау бойынша тоқсандық есептен алынған барлық қызметкерлердің жұмыспен өтелген уақыты негізінде жүргізіледі. Тиісті кезең үшін еңбек құны индексінің басқа екі түрі бойынша тоқсандық есептеулерін жүргізу үшін жұмыс күшіне жұмсалатын шығындардың жалпы құнының бағалауы және жалақы қорында есепке алынбайтын жұмыс күшіне жұмсалатын шығындар құнының бағалауы жүргізіледі.</w:t>
+      9. Жалақы қоры бойынша тоқсандық еңбек құнының индексін есептеу қолдағы бар жалақы қоры деректерінің және еңбек бойынша жалпымемлекеттік статистикалық байқау бойынша тоқсандық есептен алынған барлық қызметкерлердің жұмыспен өтелген уақыты негізінде жүргізіледі. Тиісті кезең үшін еңбек құны индексінің басқа екі түрі бойынша тоқсандық есептеулерін жүргізу үшін жұмыс күшіне жұмсалатын шығындардың жалпы құнының бағалауы және жалақы қорында есепке алынбайтын жұмыс күшіне жұмсалатын шығындар құнының бағалауы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ол үшін коэффициент анықталады, мұнда жалақы қоры жұмыс күшіне жұмсалатын шығындардың жалпы құнынан белгілі бір тәуелділікте болады.</w:t>
+      Ол үшін коэффициент анықталады, мұнда жалақы қоры жұмыс күшіне жұмсалатын шығындардың жалпы құнынан белгілі бір тәуелділікте болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Есепті жылы жұмыс күшіне жұмсалған шығындардың жалпы құнының тоқсандық бағалау коэффициентін есептеу үшін өткен жылдың жылдық деректері қолданылады. </w:t>
+      Есепті жылы жұмыс күшіне жұмсалған шығындардың жалпы құнының тоқсандық бағалау коэффициентін есептеу үшін өткен жылдың жылдық деректері қолданылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Жұмыс күшіне арналған шығындар құнының тоқсандық бағалауларының коэффициенті келесі формула бойынша есептеледі:</w:t>
+      10. Жұмыс күшіне арналған шығындар құнының тоқсандық бағалауларының коэффициенті келесі формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -1373,161 +1638,161 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұнда</w:t>
-[...17 lines deleted...]
-      </w:t>
+      мұнда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>К</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - жұмыс күшіне арналған шығындардың жалпы құнының тоқсандық бағалау коэффициенті;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      COST_TOT – өткен жылғы жұмыс күшіне арналған шығындардың жалпы құны;</w:t>
-[...35 lines deleted...]
-      OTH_TOT – өткен жылғы жалақы қорында есепке алынбаған жұмыс күшіне арналған шығындардың құны.</w:t>
+      COST_TOT – өткен жылғы жұмыс күшіне арналған шығындардың жалпы құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      WAG_TOT – өткен жылғы жалақының жалпы қоры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      OTH_TOT – өткен жылғы жалақы қорында есепке алынбаған жұмыс күшіне арналған шығындардың құны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Коэффициентті есептеу кезінде </w:t>
+      Коэффициентті есептеу кезінде </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="812800" cy="419100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -1577,51 +1842,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Жұмыс күшіне арналған шығындар құнының тоқсандық бағалауын есептеу келесі формула бойынша жүргізіледі:</w:t>
+      11. Жұмыс күшіне арналған шығындар құнының тоқсандық бағалауын есептеу келесі формула бойынша жүргізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -1692,144 +1957,144 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұнда</w:t>
-[...53 lines deleted...]
-      </w:t>
+      мұнда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      COST_TOTk – тоқсандағы жұмыс күшіне арналған шығындар құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      WAG_TOTk – тоқсандық жалақы қоры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>К</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - жұмыс күшіне арналған шығындардың жалпы құнын тоқсандық бағалау коэффициенті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      12. Жалақы қорында есепке алынбайтын жұмыс күшіне арналған шығындар құнының тоқсандық бағалауын есептеу келесі формула бойынша жүргізіледі: </w:t>
+      12. Жалақы қорында есепке алынбайтын жұмыс күшіне арналған шығындар құнының тоқсандық бағалауын есептеу келесі формула бойынша жүргізіледі: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -1900,162 +2165,162 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұнда</w:t>
+      мұнда</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      OTH_TOTk – тоқсандағы жалақы қорында есепке алынбайтын жұмыс күшіне арналған шығындар құны; </w:t>
-[...17 lines deleted...]
-      COST_TOTk – тоқсандағы жұмыс күшіне арналған шығындар құны;</w:t>
+      OTH_TOTk – тоқсандағы жалақы қорында есепке алынбайтын жұмыс күшіне арналған шығындар құны; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      COST_TOTk – тоқсандағы жұмыс күшіне арналған шығындар құны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      WAG_TOTk – тоқсандық жалақы қоры. </w:t>
+      WAG_TOTk – тоқсандық жалақы қоры. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Жұмыс күшіне арналған шығындар құнының орташа көрсеткіштерін есептеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Жұмыс күшіне арналған шығындардың жалпы құнының тоқсандық бағалауын, жалақы қорында есепке алынбайтын жұмыс күшіне арналған шығындардың құнын алған соң жұмыс күшіне арналған шығындар құнының орташа жылдық көрсеткіштерін (1 жұмыспен өтелген сағатқа) есептеуді жүргізу қажет.</w:t>
+      13. Жұмыс күшіне арналған шығындардың жалпы құнының тоқсандық бағалауын, жалақы қорында есепке алынбайтын жұмыс күшіне арналған шығындардың құнын алған соң жұмыс күшіне арналған шығындар құнының орташа жылдық көрсеткіштерін (1 жұмыспен өтелген сағатқа) есептеуді жүргізу қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Орташа тоқсандық көрсеткіштерді есептеу еңбек құны индексінің әрбір түрі бойынша жеке келесі формула бойынша жүзеге асырылады:</w:t>
+      14. Орташа тоқсандық көрсеткіштерді есептеу еңбек құны индексінің әрбір түрі бойынша жеке келесі формула бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -2126,160 +2391,160 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұнда</w:t>
-[...53 lines deleted...]
-      h – барлық қызметкерлермен жұмыспен өтелген адам-сағат саны.</w:t>
+      мұнда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      w – шығындар құны көрсеткіштерінің орташа мәні (жұмыс күшіне арналған шығындардың жалпы құнын тоқсандық бағалау, жалақы қорында есепке алынбайтын жұмыс күшіне арналған шығындар құнының тоқсандық бағалауы және жұмыспен өтелген 1 сағатқа есептегендегі жалақының тоқсандық қоры);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W – жұмыс күшіне арналған шығындардың құны (жұмыс күшіне арналған шығындардың жалпы құнын тоқсандық бағалау, жалақы қорында есепке алынбайтын жұмыс күшіне арналған шығындардың құнын тоқсандық бағалау және жалақының тоқсандық қоры);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      h – барлық қызметкерлермен жұмыспен өтелген адам-сағат саны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жылға арналған орташа көрсеткіштерді есептеу өткен жылғы еңбек бойынша жылдық есеп деректері негізінде 4-формула бойынша жүргізіледі. </w:t>
+      Жылға арналған орташа көрсеткіштерді есептеу өткен жылғы еңбек бойынша жылдық есеп деректері негізінде 4-формула бойынша жүргізіледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Еңбек құнының индексін есептеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15. Ласпейрестің формуласына сәйкес еңбек құны индексінің өзгеруі еңбек құнына жүйелі байқаулар жүргізу негізінде есептеледі. Әрбір уақыт кезеңінде салмақты үлес жеке индекстің соңғы мәніне көбейтіледі. Еңбек құнының индексін есептеу республика бойынша экономикалық қызмет түрлерінің белгіленген тізбесі бөлінісінде тоқсандық кезеңділікпен жүзеге асырылады:  </w:t>
+      15. Ласпейрестің формуласына сәйкес еңбек құны индексінің өзгеруі еңбек құнына жүйелі байқаулар жүргізу негізінде есептеледі. Әрбір уақыт кезеңінде салмақты үлес жеке индекстің соңғы мәніне көбейтіледі. Еңбек құнының индексін есептеу республика бойынша экономикалық қызмет түрлерінің белгіленген тізбесі бөлінісінде тоқсандық кезеңділікпен жүзеге асырылады:  </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -2438,51 +2703,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұнда</w:t>
+      мұнда</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3305,124 +3570,124 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      t – есепті тоқсан;</w:t>
-[...17 lines deleted...]
-      j – ағымдағы жыл;</w:t>
+      t – есепті тоқсан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      j – ағымдағы жыл;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      k – базистік жыл. </w:t>
+      k – базистік жыл. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Бірыңғай базаға еңбек құнының индексін есептеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. Еңбек құны индексінің серпінділік қатары үздіксіз болуы үшін </w:t>
+      16. Еңбек құны индексінің серпінділік қатары үздіксіз болуы үшін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> базистік жылдың салмақ құрылымы бойынша бағаланған еңбек құны индексі қатарларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3533,51 +3798,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      мұнда </w:t>
+      мұнда </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="977900" cy="203200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -3960,51 +4225,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Тізбекті" әдіспен алынған коэффициенттер негізінде </w:t>
+      "Тізбекті" әдіспен алынған коэффициенттер негізінде </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">k=0 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">бірыңғай базистік жылмен салыстыру бойынша </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4134,51 +4399,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      мұнда </w:t>
+      мұнда </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>LCI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>tj/0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4242,51 +4507,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тоқсандағы еңбек құнының индексі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бірыңғай базистік жылмен салыстыру бойынша жылына орташа еңбек құнының индексін есептеу мына формула бойынша есептеледі:</w:t>
+      Бірыңғай базистік жылмен салыстыру бойынша жылына орташа еңбек құнының индексін есептеу мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4356,51 +4621,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      мұнда </w:t>
+      мұнда </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>LCI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>gj/0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4464,108 +4729,108 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>орташа жылдық мәніндегі еңбек құнының индексі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осылайша, тоқсандық және жылдық индекстерінің бірыңғай базаға келтірілген динамикалық қатары тізіледі. Серпінділік қатардың деректері өткен жылғы тиісті тоқсанға және сәйкесінше өткен жылға еңбек құнының индексін есептеу үшін қолданылады. </w:t>
+      Осылайша, тоқсандық және жылдық индекстерінің бірыңғай базаға келтірілген динамикалық қатары тізіледі. Серпінділік қатардың деректері өткен жылғы тиісті тоқсанға және сәйкесінше өткен жылға еңбек құнының индексін есептеу үшін қолданылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-параграф. Тиісті кезеңдерге еңбек құнының индексін есептеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Тиісті кезеңдерге еңбек құнының индексін есептеу (жылдық мәндегі) тоқсан сайын (тоқсан өткен жылғы тиісті тоқсанға) және жыл сайын (жыл өткен жылға) жүргізіледі.</w:t>
+      17. Тиісті кезеңдерге еңбек құнының индексін есептеу (жылдық мәндегі) тоқсан сайын (тоқсан өткен жылғы тиісті тоқсанға) және жыл сайын (жыл өткен жылға) жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      18. Өткен жылғы тиісті тоқсанға тоқсандағы еңбек құнының индексін есептеу тоқсандық индекстердің серпінділік қатарының деректері негізінде жүзеге асырылады: </w:t>
+      18. Өткен жылғы тиісті тоқсанға тоқсандағы еңбек құнының индексін есептеу тоқсандық индекстердің серпінділік қатарының деректері негізінде жүзеге асырылады: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -4636,69 +4901,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұнда</w:t>
-[...17 lines deleted...]
-      LCI</w:t>
+      мұнда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      LCI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>tj/0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – базистік жылмен салыстыру бойынша </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4732,51 +4997,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тоқсандағы еңбек құнының индексі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      LCI</w:t>
+      LCI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>t(j-1)/0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – базистік жылмен салыстыру бойынша </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4810,51 +5075,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тоқсандағы еңбек құнының индексі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Өткен жылға жылдағы еңбек құнының индексін жылдық индекстердің динамикалық қатары деректерінің негізінде келесі формула бойынша есептеледі:</w:t>
+      19. Өткен жылға жылдағы еңбек құнының индексін жылдық индекстердің динамикалық қатары деректерінің негізінде келесі формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4924,69 +5189,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мұнда</w:t>
-[...17 lines deleted...]
-      LCI</w:t>
+      мұнда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      LCI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>gj/0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – базистік жылмен салыстыру бойынша </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -5020,51 +5285,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> еңбек құнының индексі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      LCI</w:t>
+      LCI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>g(j-1)/0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -5107,1831 +5372,3355 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> еңбек құнының индексі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. ЕҚИ-дің уақытша қатарларын күнтізбелік және маусымдық тегістеу (түзету)</w:t>
+        <w:t xml:space="preserve"> 4-тарау. Еңбек құны индексінің уақыт қатарларын күнтізбелік және маусымдық түзету</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-тараудың тақырыбы жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Еңбек құнының индексі дамуының негізгі тенденциясын анықтау үшін серпінді қатарды құрамдық талдау әдісін қолдана отырып еңбек құны индексінің серпінді қатарларын маусымдық және күнтізбелік тегістеу (түзету) рәсімі жүзеге асырылады.</w:t>
+      20. Еңбек құны индексіндегі негізгі үрдісті анықтау үшін JDemetra+ бағдарламалық жасақтамасында X-13-ARIMA әдісін пайдалану арқылы еңбек құны индексінің динамикалық қатарына маусымдық және күнтізбелік түзету жүргізіледі. Уақыт қатары мына түрде ұсынылуы мүмкін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аддитивті модель:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Xₜ = TCₜ + Sₜ + Oₜ + Cₜ + Iₜ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(11)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мультипликативті модель:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Xₜ = TCₜ*Sₜ* Oₜ* Cₜ*Iₜ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(12)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұнда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Xₜ - бастапқы уақыт қатар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      TCₜ - трендтік цикл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Sₜ - маусымдық компонент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Oₜ - ауытқулар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Cₜ - күнтізбелік компонент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Iₜ - тұрақсыз тербелістер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      21. Маусымдық түзету процесі үш кезеңмен орындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рәсімнің бірінші кезеңінде уақыт қатарын алдын ала түзету орындалады. Алдын ала түзетудің мақсаты – детерминирленген әсерлерді ескере отырып уақыттық қатарды түзету және ең соңғы деректердің маусымдық түзетуін жақсарту үшін қатарды болжамдар арқылы кеңейту. Осы кезеңде ARIMA моделі таңдалады, ал күнтізбелік әсерлер мен ауытқулар анықталып, қатардан жойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Xₜ = Oₜ + Cₜ + Zₜ немесе Xₜ = Oₜ * Cₜ * Zₜ, мұнда Zₜ процесін ұстанады және</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(13)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Zₜ = TCₜ + Sₜ + Iₜ немесе Zₜ = TCₜ * Sₜ * Iₜ, ұстанады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(14)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұнда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Zₜ - ARIMA(p,d,q) бойынша үлгіленген стохастикалық компонент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Oₜ, Cₜ - анықталған және жойылған ауытқулар және күнтізбелік әсерлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рәсімнің екінші кезеңінде линеаризацияланған уақыт қатарын X-11 жылжымалы орташа сүзгілерін пайдалана отырып компоненттерге бөледі. Жылжымалы орташа реттің сүзгісі p+f+1 және коэффициенттері (салмақтары) {</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i} былай анықталады:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="2044700" cy="863600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId30"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2044700" cy="863600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(15)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      21. Серпінді қатарлар деректерін талдау рәсімін орындау екі кезеңмен жүргізіледі. </w:t>
-[...186 lines deleted...]
-      S – маусымдық компонент,</w:t>
+      Үшінші кезеңде әртүрлі маусымдылық тесттері, модельдің тұрақтылығы және түзетілген қатарлар негізінде маусымдық түзету процесінің сапасына диагностика жүргізіледі. Сапа диагностикасының негізгі принциптері мыналар: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      модельдің/транформациялаудың нақты емес ерекшелігінің болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қалдық маусымдық/күнтізбелік әсерлердің немесе маусымдық/күнтізбелік әсерлердің шамадан тыс түзетулерінің болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауытқуларды/маусымдық үзілістерді жеткіліксіз немесе шамадан тыс өңдеудің болмауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-         </w:t>
-[...113 lines deleted...]
-      R – қалдық компонент.</w:t>
+      трендтік циклде/маусымдық/күнтізбелік компоненттерде тұрақсыздықтың немесе тұрақсыз компоненттегі заңдылықтардың болмауы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      трендтік циклде, маусымдық және күнтізбелік компоненттерде тұрақсыз әсердің ықпалының болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      модель қалдықтарында корреляцияның болмауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      22. Маусымдық және күнтізбелік түзету үшін қажетті шарт – тоқсандық уақыт қатарлары үшін кемінде бес (5) жылдық бақылаулардың болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Жұмыс күнінің компонент моделі ресми мереке емес дүйсенбіден жұмаға дейінгі барлық жұмыс күндері ұқсас әсерлер беретінін және демалыс күндері (сенбі, жексенбі және ресми мереке күндері) де ұқсас әсерлер беретінін болжайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="4724400" cy="914400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId31"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="4724400" cy="914400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(16)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұнда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      LYt - кібісе жыл регрессоры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Njt - t кезеңнің j аптасының күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      22. Бұл есептеу сызықтық регрессияның келесі формуласын қолдану арқылы жүзеге асырылады: </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1 - регрессия коэффициенттері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уақыт қатарының маусымдық компонентін сенімді бағалауды қамтамасыз ету үшін түзету процесінде Қазақстанның ұлттық күнтізбесі пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық күнтізбелік әсерлерге мыналар кіреді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) демалыс күндері; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) мемлекеттік мерекелер; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) кібісе жылдың әсері; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Құрбан айттың бірінші күні және православ Рождествосы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күнтізбелік әсерлер Қазақстан үшін жұмыс күндері әсерлерінің әртүрлі комбинацияларын көрсететін он (10) күнтізбелік регрессордың көмегі арқылы есепке алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10 күнтізбелік регрессордың сипаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сипаттамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-регрессор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non-Fixed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мереке күндері жұмыс істемейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-регрессор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non-Moving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрбан айттың бірінші күні мен православ Рождествосында жұмыс істемейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-регрессор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non-Sunday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жексенбі күндері жұмыс істемейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-регрессор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Sunday &amp; Fixed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жексенбі және мереке күндері жұмыс істемейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-регрессор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Sunday &amp; Moving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жексенбі күндері, Құрбан айттың бірінші күні және православ Рождествосында жұмыс істемейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6-регрессор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Sunday &amp; Fixed &amp; Moving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жексенбі күндері, мереке күндері, Құрбан айттың бірінші күні және православ Рождествосында жұмыс істемейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7-регрессор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Saturday &amp; Sunday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Демалыс күндері жұмыс істемейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8-регрессор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Saturday &amp; Sunday &amp; Fixed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Демалыс және мереке күндері жұмыс істемейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-регрессор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Saturday &amp; Sunday &amp; Moving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Демалыс күндері, Құрбан айттың бірінші күні және православ Рождествосында жұмыс істемейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-регрессор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Saturday &amp; Sunday &amp; Fixed &amp; Moving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Демалыс күндері, мереке күндері, Құрбан айттың бірінші күні және православ Рождествосында жұмыс істемейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      24. Алып тасталды - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-[...58 lines deleted...]
-        <w:t xml:space="preserve">      (12)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. Алып тасталды - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...1303 lines deleted...]
-        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -6939,55 +8728,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7309,35 +9098,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/><Relationship Target="media/document_image_rId33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId33"/><Relationship Target="media/document_image_rId34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId34"/><Relationship Target="media/document_image_rId35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId35"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>