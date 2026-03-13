--- v0 (2025-10-03)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4f0e499" w14:textId="4f0e499">
+    <w:p w14:paraId="c1b56e8" w14:textId="c1b56e8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,84 +112,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ішкі істер министрінің 2016 жылғы 30 қаңтардағы № 89 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 3 наурызда № 13373 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Үкіметінің 2005 жылғы 22 маусымдағы № 607 қаулысымен бекітілген Қазақстан Республикасының Ішкі істер министрлігі туралы ереженің 16-тармағының </w:t>
-[...9 lines deleted...]
-        <w:t>29) тармақшасына</w:t>
+      Қазақстан Республикасы Үкіметінің 2005 жылғы 22 маусымдағы № 607 қаулысымен бекітілген Қазақстан Республикасы Ішкі істер министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>51) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Бас бостандығынан айыру орындарынан босатылған адамдарды есепке алуды жүзеге асыру бойынша Қазақстан Республикасы ішкі істер органдары бөліністерінің өзара іс-қимыл жасасу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -438,62 +510,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -506,51 +579,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Министр</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -558,51 +631,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      полиция генерал-полковнигі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -833,74 +906,136 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z65" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Бас бостандығынан айыру орындарынан босатылған адамдарды есепке алуды жүзеге асыру бойынша Қазақстан Республикасы ішкі істер органдары бөліністерінің өзара іс-қимыл жасасу қағидалары Қазақстан Республикасы Үкіметінің 2005 жылғы 22 маусымдағы № 607 қаулысымен бекітілген Қазақстан Республикасы Ішкі істер министрлігі туралы ереженің 16-тармағының </w:t>
-[...9 lines deleted...]
-        <w:t>29) тармақшасына</w:t>
+      1. Осы Бас бостандығынан айыру орындарынан босатылған адамдарды есепке алуды жүзеге асыру бойынша Қазақстан Республикасы ішкі істер органдары бөліністерінің өзара іс-қимыл жасасу қағидалары Қазақстан Республикасы Үкіметінің 2005 жылғы 22 маусымдағы № 607 қаулысымен бекітілген Қазақстан Республикасы Ішкі істер министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>51) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бас бостандығынан айыру орындарынан босатылған адамдарды есепке алуды жүзеге асыру бойынша Қазақстан Республикасы ішкі істер органдары бөліністерінің өзара іс-қимыл жасасу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1070,51 +1205,113 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) босатылатын адамның фотосуретімен бірге ақпараттық-іздеу карточкасын (бұдан әрі – Адам-АІК) жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ҚАЖ мекемелері сондай-ақ босатылатын адамға арналған хабарламаның көшірмесін одан әрі оның уақтылы есепке алынуын бақылау үшін облыстардың, республикалық маңызы бар қалалардың және астананың Полиция департаменттерінің жергілікті полиция қызметіне қосымша жолдайды.</w:t>
+      ҚАЖ мекемелері сондай-ақ босатылатын адамға арналған хабарламаның көшірмесін одан әрі оның уақтылы есепке алынуын бақылау үшін облыстардың, республикалық маңызы бар қалалардың және астананың Полиция департаменттерінің қоғамдық қауіпсіздік бөлімшесіне қосымша жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бас бостандығынан айыру орындарынан босатқан кезде ҚАЖ мекемелері әкімшілік қадағалау белгіленген адамдарды (бұдан әрі – қадағалаудағы) қылмыстық жауапкершілік туралы, ал шартты түрде мерзімінен бұрын (бұдан әрі – ШТМББ) босатылған адамдарды заңда белгіленген мерзімде таңдап алған мекенжайға келмегені үшін ШТМББ күшін жою мүмкіндігі туралы ескерту парағына сәйкес қол қойдыра отырып, таныстырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
@@ -1149,151 +1346,213 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Полиция органдарының жергілікті полиция қызметі бөліністері (бұдан әрі – ҚАПб(Б) ЖПҚ):</w:t>
+      6. Полиция органдарының қоғамдық қауіпсіздік бөлімшелері (бұдан әрі - ҚАПб(Б) қоғамдық қауіпсіздік):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkStart w:name="z66" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) босатылған адамның хабарламада көрсетілген мекенжайы бойынша жоспарланған мерзімде келуін тексереді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkStart w:name="z67" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) босатылған адам хабарламада көрсетілген мекенжайға келген кезде Адам-АІК профилактикалық немесе тізімдік есепке алу санаты бойынша Біріктірілген деректер базасындағы (бұдан әрі – БДБ) "Есептегі элементке" енгізу үшін ақпараттандыру және байланыс бөліністеріне (бұдан әрі – АБ) жолдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkStart w:name="z68" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) криминалдық полиция бөліністеріне қадағалаудағыларға және ШТМББ қатысты сот қаулыларының көшірмелерін жолдайды. Криминалдық полиция бөліністері қадағалаудағыларға жедел есепке алудың ісін жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Жедел-криминалистикалық бөліністер профилактикалық есепке алынуға жататын адамдарды суретке, бейне, аудио (дауыс), одорогиялық (иіс) және биологиялық есептерге қоюды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Босатылған сәттен бастап бес жұмыс күні өткеннен кейін босатылған адамның орналасқан орнын анықтамаған жағдайда ҚАПб(Б) ЖПҚ АБ-ға оны "бас бостандығынан айыру орнынан босатылғанан кейін таңдап алған тұрғылықты орнына келмеген адам" ретінде тиісті санат бойынша есепке қою үшін баянат жолдайды.</w:t>
+      8. Босатылған сәттен бастап бес жұмыс күні өткеннен кейін босатылған адамның орналасқан орнын анықтамаған жағдайда ҚАПб(Б) қоғамдық қауіпсіздік бөлімшесі АБ-ға оны "бас бостандығынан айыру орнынан босатылғаннан кейін таңдап алған тұрғылықты орнына келмеген адам" ретінде тиісті санат бойынша есепке қою үшін баянат жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Босатылған сәттен бастап 15 жұмыс күні ішінде таңдаған тұрғылықты жеріне келмеген қадағалаудағылар мен ШТМББ қатысты полиция органдарының қызметкерлері оның орналасқан жерін анықтау бойынша іс-шараларды (туыстарынан, көршілерінен сұрақ-жауап алу, медициналық мекемелерге, мәйітханаларға, әлеуметтік ұйымдарға және тағы басқа сұрау салуды жолдау) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1304,51 +1563,113 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қадағалаудағының орналасқан жері анықталмаған жағдайда полиция органы сотқа дейінгі тергеуді бастайды, бұлтартпау шарасын таңдап, оны іздестіруге жариялайды, ал ШТМББ-ға қатысты сотқа іздестіру жариялау және бұлтартпау шарасын таңдау туралы ұсынысты дереу жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ҚАЖ мекемесінен таңдаған тұрғылықты жеріне келмеген адамдарға қатысты ҚАПб(Б) ЖПҚ жинақтау ісі жүргізіледі, оған келмеген адамның орналасқан жерін анықтау жөніндегі іс-шаралардың нәтижелері туралы мәліметтер қоса тіркеледі. Тоқсан сайын Ішкі істер министрлігі, Қазақстан Республикасы Бас прокуратурасының құқықтық статитика және арнайы есепке алу жөніндегі комитетінің автоматтандырылған деректер базасы бойынша, босатылған адамдардың таңдаған тұрғылықты жері бойынша тексеру жүзеге асырылады. Тексеру нәтижелері анықтамада көрсетіледі, ол жинақтау ісіне тігіледі.</w:t>
+      ҚАЖ мекемесінен таңдаған тұрғылықты жеріне келмеген адамдарға қатысты ҚАПб(Б) қоғамдық қауіпсіздік бөлімшесі жинақтау ісі жүргізіледі, оған келмеген адамның орналасқан жерін анықтау жөніндегі іс-шаралардың нәтижелері туралы мәліметтер қоса тіркеледі. Тоқсан сайын Ішкі істер министрлігі, Қазақстан Республикасы Бас прокуратурасының Құқықтық статитика және арнайы есепке алу жөніндегі комитетінің автоматтандырылған деректер базасы бойынша, босатылған адамдардың таңдаған тұрғылықты жері бойынша тексеру жүзеге асырылады. Тексеру нәтижелері анықтамада көрсетіледі, ол жинақтау ісіне тігіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Таңдаған тұрғылықты жеріне келмеген адам туралы ақпарат оның жүрген жерлері анықталған сәтке дейін "Есептегі элемент" БДБ есебінен алынбайды, ал анықталғаннан кейін профилактикалық немесе тізімдік есептің тиісті санатына ауыстырылады және соттылығы өтелгенге дейін есепте тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1403,106 +1724,168 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Таңдаған тұрғылықты жеріне келмеген адам" санаты бойынша есепте тұрған адамдарды "Есептегі элемент" БДБ есебіне қою, түзетулер енгізу кезінде "Бастамашыл сұрау салулар" БДБ-ның кіші жүйесімен "Әкімшілік құқық бұзушылықтар", "Паспорт", "Тіркелген автокөлік", "Жүргізуші куәлігі" және "Техникалық байқау", "Криминалдық зат" және "Криминалдық құжаттар" есептерімен сәйкестіктер анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Web-модуль құралдары бойынша бастамашыл хабарламаларды өңдеу кезінде облыстардың ПД АБ басқармаларының жауапты адамдары тәулік ішінде мынадай шешімдер қабылдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkStart w:name="z69" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) "хабардар ету" - мүдделі қызметтерге хабарлама – әкімшілік полиция – УПИ (ПД ЖПҚ);</w:t>
+      1) "хабардар ету" - мүдделі қызметтерге хабарлама – қоғамдық қауіпсіздік бөлімшесі – УПИ (ПД қоғамдық қауіпсіздік бөлімшесі);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkStart w:name="z70" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "елемеу" - сәйкестік себебін көрсетеді (01-деректердің бірдей еместігі, 02 – бұрын хабарлама жіберілген қайталанған сәйкестік, 06 - өзекті емес).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Хабарламаны Web-модульдің құралдары бойынша алған кезде ПД ЖПҚ-ның жауапты адамдары "назарға алу" батырмасын басу арқылы хабарламаны алу фактісін дереу растайды. Алынған ақпаратты екі жұмыс күні ішінде ҚАПб(Б) ЖПҚ-ның аумақтық бөліністеріне жолдайды.</w:t>
+      Хабарламаны Web-модульдің құралдары бойынша алған кезде ПД қоғамдық қауіпсіздік бөлімшесінің жауапты адамдары "назарға алу" батырмасын басу арқылы хабарламаны алу фактісін дереу растайды. Алынған ақпаратты екі жұмыс күні ішінде ҚАПб(Б) қоғамдық қауіпсіздік бөлімшесінің аумақтық бөліністеріне жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. БДБ-ға сатып алынған жол жүру билеттері (теміржол, авиа-билеттер) бойынша ақпаратты жүктеу кезінде және "Бастамашылық сұрау салулар" БДБ-ның кіші жүйесімен "Есептегі элемент" БДБ-ның: "234-ББАО-дан босатылғаннан кейін таңдаған тұрғылықты жеріне келмеген "А" тармағы бойынша әкімшілік қадағалау орнатылған адам", "235-ББАО-дан босатылғаннан кейін таңдаған тұрғылықты жеріне келмеген "Б" тармағы бойынша әкімшілік қадағалау орнатылған адам", "236-ББАО-дан босатылғаннан кейін таңдаған тұрғылықты жеріне келмеген шартты түрде мерзімінен бұрын босатылған адам", "237-ББАО-дан босатылғаннан кейін таңдаған тұрғылықты жеріне келмеген, формальді түрде әкімшілік қадағалауға жататын адам" және "69-ББАО-дан босатылғаннан кейін таңдаған тұрғылықты жеріне келмеген адам (өзге санаттар)" санаттары бойынша есепте тұрған адамдарға сәйкестіктер анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1551,54 +1934,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қабылданған іс-әрекеттердің нәтижелері бойынша желілік полиция бөлімі үш тәулік ішінде ПД(К)-нің Әкімшілік полиция басқармасына қабылданған шаралар туралы хабарлайды және жиналған материалдарды екі жұмыс күні ішінде есепке қойған бастамашыға және материалдың көшірмесін бастамашылық сәйкестікке қосу үшін ПД(К) АБ басқармасына жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. ҚАПб(Б) ЖПҚ-ның аумақтық бөліністері тиісті шаралар қабылдайды және көліктегі полицияның аумақтық бөліністерінен алынған материалдарды тиісті іске қосады.</w:t>
+      13. ҚАПб(Б) қоғамдық қауіпсіздік бөлімшесінің аумақтық бөліністері тиісті шаралар қабылдайды және көліктегі полицияның аумақтық бөліністерінен алынған материалдарды тиісті іске қосады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. ІІМ АБ департаменті (бұдан әрі – АБД) пысықталатын бастамашылық хабарламалардың сапасын бақылау мақсатында ай сайын 5 күніне ІІМ Әкімшілік полиция комитетіне (бұдан әрі - ӘПК) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1631,88 +2076,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. ІІМ АБД ай сайын ӘПК-ге және ІІМ-нің Қылмыстық - атқару жүйесі комитетіне (бұдан әрі – ҚАЖК) "Есептегі элемент" - "Теміржол билеттер" және "Есепке алу элементі" - "Авиа-билеттер" ("Авиа-билеттер" есебі пайдалануға енгізілгеннен кейін) есептері арасында жолданған бастамашылық хабарламалардың саны туралы мәліметтер жолдайды".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Таңдап алған тұрғылықты жеріне келмеген адамның орналасқан орнын басқа ҚАПб(Б), ҚАПб(Б) ЖПҚ қызмет көрсететін аумақта анықтаған кезде осындай адамдарды анықтаған сұрақ-жауап алуды жүргізеді және оның осы өңірде болу себебін анықтайды. Ол тұрақты тұрған кезде тиісті есепке қояды. Тексеру нәтижелері бойынша ҚАПб(Б) ЖПҚ 3 тәулік ішінде есепке қоюдың бастамашысына тиісті хабарлама жолдайды.</w:t>
+      16. Таңдап алған тұрғылықты жеріне келмеген адамның орналасқан орнын басқа ҚАПб(Б), ҚАПб(Б) қоғамдық қауіпсіздік бөлімшесі қызмет көрсететін аумақта анықтаған кезде осындай адамдарды анықтаған сұрақ-жауап алуды жүргізеді және оның осы өңірде болу себебін анықтайды. Ол тұрақты тұрған кезде тиісті есепке қояды. Тексеру нәтижелері бойынша ҚАПб(Б) қоғамдық қауіпсіздік бөлімшесі 3 тәулік ішінде есепке қоюдың бастамашысына тиісті хабарлама жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бас бостандығынан айыру орындарынан босатылған адамның тұрақты тұрғылықты жері болмаған жағдайда учаскелік полиция инспекторы пробация қызметімен бірлесіп, одан әрі ішкі істер органдарының (бұдан әрі – ІІО) есебіне қоя отырып, өмірлік қиын жағдайға тап болған адамдарды әлеуметтік бейімдеу орталығына орналастыру бойынша шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Таңдаған тұрғылықты орнына келмеген адамның басқа өңірде тұруы туралы растау алған кезде ҚАПб(Б) ЖПҚ бір тәулік ішінде "Қазақстан Республикасында тұрғылықты жерін ауыстыру" есептен алу себебін және жаңа тұрғылықты мекенжайын көрсете отырып, "Есептегі элемент" БДБ-ның есебінен алады.</w:t>
+      Таңдаған тұрғылықты орнына келмеген адамның басқа өңірде тұруы туралы растау алған кезде ҚАПб(Б) қоғамдық қауіпсіздік бөлімшесі бір тәулік ішінде "Қазақстан Республикасында тұрғылықты жерін ауыстыру" есептен алу себебін және жаңа тұрғылықты мекенжайын көрсете отырып, "Есептегі элемент" БДБ-ның есебінен алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Есепке алу мен бақылауды жүзеге асыратын ІІО бөлінісі адамның бас бостандығынан айыру орындарынан босатылған сәттен бастап бір ай мерзімде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
@@ -1969,306 +2476,514 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес хабарлама беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. ПД КҚБ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:bookmarkStart w:name="z71" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) "Шетелдіктердің құқықтық жағдайы туралы" Қазақстан Республикасының 1995 жылғы 19 маусымдағы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес шетелдікті немесе азаматтығы жоқ адамдарды елімізде болу тәртібі туралы ақпараттандыру бойынша шаралар қабылдайды;</w:t>
+      1) "Шетелдіктердің құқықтық жағдайы туралы" Қазақстан Республикасының Заңына сәйкес шетелдікті немесе азаматтығы жоқ адамдарды елімізде болу тәртібі туралы ақпараттандыру бойынша шаралар қабылдайды; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:bookmarkStart w:name="z72" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) шетелдіктің немесе азаматтығы жоқ адамның босатылуына дейін 1 ай бұрын үкімінде Қазақстан Республикасының тыс жеріне шығару түрінде қосымша жаза түрі болмаған жағдайда 2015 жылғы 31 қазандағы Қазақстан Республикасы Азаматтық-процестік </w:t>
-[...9 lines deleted...]
-        <w:t>кодексіне</w:t>
+      2) шетелдіктің немесе азаматтығы жоқ адамның босатылуына дейін 1 ай бұрын үкімінде Қазақстан Республикасының тыс жеріне шығару түрінде қосымша жаза түрі болмаған жағдайда Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Азаматтық-процестік кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының тыс жеріне шетелдікті немесе азаматтығы жоқ адамды шығару туралы мәселені шешу үшін сотқа өтініш береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2014 жылғы 5 шілдедегі Қазақстан Республикасының Қылмыстық-атқару кодексінің </w:t>
+      Қазақстан Республикасының Қылмыстық-атқару кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>70-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес шығарып жіберілетін шетелдік немесе азаматтығы жоқ адам ішкі істер органдарының жүріп-тұру еркіндігін алдын ала шектеу туралы сот санкциялаған қаулысы негізінде оны Қазақстан Республикасының шегінен тысқары жерге шығарып жіберуді ұйымдастыру үшін қажетті, бірақ отыз тәуліктен аспайтын мерзімге ішкі істер органдарының арнаулы мекемесіне орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сот шетелдікті немесе азаматтығы жоқ адамды Қазақстан Республикасының тыс жеріне шығарудан бас тартқан жағдайда ПД КҚБ көрсетілген адамдарды тиісті есепке қою үшін ПД ЖПҚ-ға хабарлайды.</w:t>
+      Сот шетелдікті немесе азаматтығы жоқ адамды Қазақстан Республикасының тыс жеріне шығарудан бас тартқан жағдайда ПД КҚБ көрсетілген адамдарды тиісті есепке қою үшін қоғамдық қауіпсіздік бөлімшесіне хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. ҚАЖД бас бостандығынан айыру түріндегі жазаны өтеуден босаған адамдарды олар таңдаған тұрғылықты жеріне немесе жұмысқа тегін жол жүрумен, сондай-ақ азық-түлікпен не Қазақстан Республикасы аумағында жол жүруі үшін ақшамен қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Шетелдік немесе азаматтығы жоқ адам бас бостандығынан айыру орындарынан босатылған күні ҚАЖ мекемелерінің қызметкерлері оны ПД КҚБ қызметкерлеріне ұйымдастыру іс-шараларын жүргізу үшін тапсырады, одан кейін ПД ЖПҚ (патрульдік полиция) қызметкерлері Қазақстан Республикасының тыс жеріне шығару туралы соттың шешімін орындайды.</w:t>
+      24. Шетелдік немесе азаматтығы жоқ адам бас бостандығынан айыру орындарынан босатылған күні ҚАЖ мекемелерінің қызметкерлері оны КҚБ қызметкерлеріне ұйымдастыру іс-шараларын жүргізу үшін тапсырады, одан кейін әкімшілік полиция (патрульдік полиция) қызметкерлері Қазақстан Республикасының тыс жеріне шығару туралы соттың шешімін орындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      25. ҚАЖД және қоғамдық қауіпсіздік бөлімшесі шартты түрде, бас бостандығынан айырумен байланысты емес жазалау шараларына сотталған, сондай-ақ өтелмеген жазаның бір бөлігін едәуір жеңіл түріне ауыстыра отырып, мекемелерден шартты түрде мерзімінен бұрын босатылған шетелдіктер мен азаматтығы жоқ адамдарға қатысты қалған пробациялық бақылау мерзімі өткенге дейін бір ай бұрын Қазақстан Республикасының Азаматтық-процестік кодексінің нормаларына сәйкес шығаруға материалдарды дайындау үшін ПД КҚБ-ға хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      25. ҚАЖД шартты түрде, бас бостандығынан айырумен байланысты емес жазалау шараларына сотталған, сондай-ақ өтелмеген жазаның бір бөлігін едәуір жеңіл түріне ауыстыра отырып, мекемелерден шартты түрде мерзімінен бұрын босатылған шетелдіктер мен азаматтығы жоқ адамдарға қатысты қалған пробациялық бақылау мерзімі өткенге дейін бір ай бұрын 2015 жылғы 31 қазандағы Қазақстан Республикасының Азаматтық-процестік </w:t>
-[...39 lines deleted...]
-      26. ПД КҚБ және ЖПҚ (патрульдік полиция), бас бостандығынан айырумен байланысты емес жазалау шараларына сотталған, сондай-ақ өтелмеген жазаның бір бөлігін едәуір жеңіл түріне ауыстыра отырып, шартты түрде мерзімінен бұрын мекемелерден босатылған шетелдіктер мен азаматтығы жоқ адамдар туралы ақпаратты алғаннан кейін осы Қағидалардың </w:t>
+      26. ПД КҚБ және әкімшілік полиция басқармасы (патрульдік полиция), бас бостандығынан айырумен байланысты емес жазалау шараларына сотталған, сондай-ақ өтелмеген жазаның бір бөлігін едәуір жеңіл түріне ауыстыра отырып, шартты түрде мерзімінен бұрын мекемелерден босатылған шетелдіктер мен азаматтығы жоқ адамдар туралы ақпаратты алғаннан кейін осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген шараларды қабылдайды және пробациялық бақылау мерзімі өткен күні Қазақстан Республикасының тыс жеріне шығару туралы соттың шешімін орындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4848,110 +5563,111 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы ІІМ ААО-ның анықталған бастамашыл сәйкестіктері бойынша алынған хабарламалар туралы мәліметтер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="369"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1261"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өңір (облыс)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5050,339 +5766,339 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шартты түрде мерзімінен бұрын босатылғандар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкімшілік қадағалау "а" тармағы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкімшілік қадағалау "б" тармағы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Формальді түрде әкімшілік қадағалауға жататындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="369" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шартты түрде мерзімінен бұрын босатылғандар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкімшілік қадағалау "а" тармағы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1261" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкімшілік қадағалау "б" тармағы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1261" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5416,7142 +6132,6022 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ІІМ АБ-дан "Бастамашыл сұрау салулар" БДБ сәйкестіктері бойынша аумақтық ПД-ға келіп түскен хабарламалар саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="369" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2643" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "ТЖ-билеттер"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2643" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Әкімшілік құқық бұзушылықтар"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2643" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Паспорт"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2643" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Тіркелген автокөлік"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2643" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жүргізуші куәлігі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2643" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Техникалық қарау"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкімшілік қадағалаудың бұзушылықтары анықталды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="369" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Олар бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2643" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы ҚК-нің 431-бабы бойынша СДТБТ-ге материалдардың тіркелгені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ШТМББ шектеу белгіленген бұзушылықтардың анықталғаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="369" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Олар бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2643" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ШТМББ алынып тасталды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түзетулер енгізу және есепке қою туралы қабылданған шешім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептен шығарылды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="369" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2643" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тұрғылықты жерінің өзгеруіне байланысты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2643" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қылмыстық жауапкершілікке тартылуына байланысты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2643" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ШТМББ қаулысының жойылуына байланысты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="227" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12811,759 +12407,760 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЖ мекемелерінде жазасын өтеп жатқан шетелдіктер мен азаматтығы жоқ адамдардың  ТІЗІМІ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="573"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="863"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1582" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Т.А.Ә. (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азаматтығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке куәлігінің немесе ұлттық паспортының (азаматтығы жоқ адамның куәлігі) №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке куәлігінің, ұлттық паспортының (азаматтығы жоқ адамның куәлігі) жарамдылық мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1274" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұруға ықтиярхаттың № (егер болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үкім бойынша босату мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шартты түрде мерзімінен бұрын босатудың мүмкін мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Талап-арыздың болуы (талап сомасы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="863" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1582" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1274" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="863" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13602,831 +13199,691 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _____________ облысының ҚАЖД</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="573" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="573" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14434,831 +13891,691 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _____________ облысының ҚАЖД</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="573" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="573" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
@@ -15677,31 +14994,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>