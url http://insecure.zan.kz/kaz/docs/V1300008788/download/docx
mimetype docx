--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="921118e" w14:textId="921118e">
+    <w:p w14:paraId="b44824f" w14:textId="b44824f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1476,51 +1476,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Автоматтандырылған өлшеу станциялары мынадай функцияларды орындайды: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) жүріп өтетін автокөлік құралдарын тіркеу, кейін тиісті мәліметтерді интеллектуалды көлік жүйесіне (бұдан әрі - ИКЖ) және көлік дерекқорының ақпараттық-талдамалық жүйесіне (бұдан әрі – КДҚ АТЖ) жіберу;</w:t>
+      1) жүріп өтетін автокөлік құралдарын тіркеу, кейін тиісті мәліметтерді интеллектуалды көлік жүйесіне (бұдан әрі - ИКЖ) және/немесе көлік дерекқорының ақпараттық-талдамалық жүйесіне (бұдан әрі – КДҚ АТЖ) жіберу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) автокөлік құралдарды түрі бойынша жіктеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
@@ -1536,91 +1536,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) автокөлік құралдарының мемлекеттік тіркеу нөмірлік белгісін айырып тану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) автокөлік құралдарының рұқсат етілген салмақтық немесе габариттік параметрлердің асуын анықтау;</w:t>
+      4) маршрут бойынша тасымалдау қашықтығын айқындамай, автокөлік құралдарының (автобустарды, шағын автобустарды және жеңіл автомобильдерді қоспағанда) рұқсат етілген салмақтық және/немесе габариттік параметрлерінің асып кетуін анықтау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) есептік деректерді қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) деректерді Қазақстан Республикасы Көлік министрлігі Автомобиль көлігі және көліктік бақылау комитетінің Ахуалдық орталыққа (бұдан әрі – Ахуалдық орталық), ИКЖ және КДҚ АТЖ-ге жіберу;</w:t>
+      6) деректерді Қазақстан Республикасы Көлік министрлігі Автомобиль көлігі және көліктік бақылау комитетінің Ахуалдық орталыққа (бұдан әрі – Ахуалдық орталық), ИКЖ және/немесе КДҚ АТЖ-ге жіберу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) автокөлік құралдарының автоматтандырылған өлшеу станциясымен дұрыс өтпеуін айқындау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
@@ -1645,71 +1645,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тармаққа өзгеріс енгізілді - ҚР Көлік министрінің 27.05.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармаққа өзгерістер енгізілді - ҚР Көлік министрінің 27.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1738,51 +1758,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) автокөлік құралы автоматтандырылған өлшеу станциясы арқылы жүріп өтеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) нақты уақыт режимінде автокөлік құралының түрі анықталады, мемлекеттік тіркеу нөмірлік белгісі оқылады, салмақтық және (немесе) габариттік параметрлері айқындаладыы, жүріп өтудің 4 данада сурет тіркелуі жүргізіледі (алдынан көрініс, бүйірден көрініс, алдынан және артынан мемлекеттік тіркеу нөмірі);</w:t>
+      2) нақты уақыт режимінде автокөлік құралының түрі айқындалады, мемлекеттік тіркеу нөмірлік белгісі оқылады, салмақтық және/немесе габариттік параметрлері айқындалады, көлік құралын толық қамту үшін жүріп өтуді фотофиксациялау және мемлекеттік тіркеу нөмірлік белгісінің фотосуретінің тіркелуі жүргізіледі (алдынан көрініс, бүйірден көрініс, алдынан мемлекеттік тіркеу нөмірі);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аппараттық-бағдарламалық кешен қабылданған деректерді (сурет, мемлекеттік тіркеу нөмірлік белгісі, біліктер арасындағы қашықтық, доңғалақтардың еңкулігі, жалпы салмағы, білікке түсетін жүктемелер, габариттік параметрлері, жол жүру күні мен уақыты) тіркеп, өңдейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
@@ -1798,590 +1818,854 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) автокөлік құралдарының салмақтық габариттік параметрлерінің артуы анықталған кезде фотобейнелер мен автокөлік құралы туралы ақпарат бұзушылықтар туралы есепті қалыптастыру және айыппұл төлеу қажеттілігі мен бұзушылықтарды жою туралы нұсқаманы қалыптастыру үшін ИКЖ және КДҚ АТЖ-де сақталады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) өлшеу нәтижелері бойынша жүргізушіні немесе тасымалдаушыны хабардар ету мақсатында автоматтандырылған өлшеу станциясы орнатылған жерде визуалды шолу үшін қолжетімді жерде орналасқан ауыспалы ақпарат тақтасында автокөлік құралының (автокөлік құралының түрі, маркасы, мемлекеттік тіркеу белгісі, салмақтық және габариттік параметрлері, осьтік жүктемелері және қозғалыс жылдамдығы, сондай-ақ салмақтық-габариттік параметрлердің асып кетуі туралы ақпарат);</w:t>
+      5) өлшеу нәтижелері бойынша жүргізушіні немесе тасымалдаушыны хабардар ету мақсатында автоматтандырылған өлшеу станциясы орнатылған жерде визуалды шолу үшін қолжетімді жерде орналасқан ауыспалы ақпарат тақтасында автокөлік құралының (автокөлік құралының мемлекеттік тіркеу белгісі және салмақтық-габариттік параметрлердің асып кетуі туралы ақпарат);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қашықтық мониторингтің барлық функциялары Ахуалдық орталыққа автоматтандырылған өлшеу станциясының байланыс арналары арқылы түседі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармаққа өзгеріс енгізілді - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9-1. Техникалық рұқсат етілген ең жоғары массасы он екі тоннадан асатын автокөлік құралдарының иелері автоматтандырылған өлшеу станциялары жұмыс істейтін аймақ арқылы жүріп өткен кезде автоматтандырылған өлшеу станцияларының жұмысын ұйымдастыру қағидаларында айқындалған тәртіппен автоматтандырылған өлшеу станциясында осындай автокөлік құралының нақты салмақтық және габариттік параметрлерінің өлшенуін қамтамасыз етуге міндетті.</w:t>
+      9-1. Техникалық рұқсат етілген ең жоғары массасы он екі тоннадан асатын автокөлік құралдарының иелері автоматтандырылған өлшеу станциялары жұмыс істейтін аймақ арқылы жүріп өткен кезде, стационарлық типтегі автоматтандырылған өлшеу станцияларының жұмысын ұйымдастыру қағидаларында айқындалған тәртіппен автоматтандырылған өлшеу станциясында осындай автокөлік құралының нақты салмақтық және габариттік параметрлерінің өлшенуін қамтамасыз етеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:bookmarkStart w:name="z151" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) белгіленген жол белгілеріне сәйкес бөлінген жолақ бойынша жүру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z57" w:id="52"/>
+    <w:bookmarkStart w:name="z152" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) автоматтандырылған өлшеу станциясында автокөлік құралының салмақтық габариттік өлшемінен өту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z58" w:id="53"/>
-[...15 lines deleted...]
-      3) автокөлік құралы салмақтық габариттік параметрлерін бұзбаған жағдайда жүру бағыты бойынша қозғалысын жалғастырады;</w:t>
+    <w:bookmarkStart w:name="z153" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) автоматтандырылған өлшеу станцияларымен анықтаған бұзушылықтарды жою автомобиль жолының жақын маңындағы жол жиегінде немесе автотұрақта жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z59" w:id="54"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-1-тармақ жаңа редакцияда - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарында автоматтандырылған өлшеу станцияларын орнатуды жол органымен келісім бойынша Ұлттық оператор жүзеге асырады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Жол органымен келісу бойынша жалпыға ортақ пайдаланылатын облыстық және аудандық маңызы бар автомобиль жолдарында, елді мекендердің көшелерінде автоматтандырылған өлшеу станцияларын орнату.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарында автоматтандырылған өлшеу станцияларының жұмыс істеуін қамтамасыз етуді Ұлттық оператор жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Облыстық және аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарында, елді мекендердің көшелерінде автоматтандырылған өлшеу станцияларының жұмыс істеуін қамтамасыз етуді жергілікті атқарушы органдар жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z63" w:id="58"/>
-[...15 lines deleted...]
-      11. Жол органымен келісу бойынша жалпыға ортақ пайдаланылатын облыстық және аудандық маңызы бар автомобиль жолдарында, елді мекендердің көшелерінде автоматтандырылған өлшеу станцияларын орнату.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Ұлттық оператор және жергілікті атқарушы органдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z64" w:id="59"/>
-[...15 lines deleted...]
-      12. Халықаралық және республикалық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарында автоматтандырылған өлшеу станцияларының жұмыс істеуін қамтамасыз етуді Ұлттық оператор жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z154" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) стационарлық типтегі автоматтандырылған өлшеу станциялары орналасқан аумақты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z65" w:id="60"/>
-[...15 lines deleted...]
-      13. Облыстық және аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарында, елді мекендердің көшелерінде автоматтандырылған өлшеу станцияларының жұмыс істеуін қамтамасыз етуді жергілікті атқарушы органдар жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z155" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) автокөлік құралдарының салмақтық габариттік параметрлерін өлшеу нәтижелері туралы (автокөлік құралының мемлекеттік тіркеу белгісі және салмақтық габариттік параметрлердің асып кетуі туралы ақпарат) автокөлік құралының жүргізушісін көзбен шолып хабардар етуді қамтамасыз ететін жабдықтар орнатуды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z66" w:id="61"/>
-[...15 lines deleted...]
-      14. Ұлттық оператор және жергілікті атқарушы органдар:</w:t>
+    <w:bookmarkStart w:name="z156" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы Қағидаларға 2-қосымшаға сәйкес ауыспалы ақпарат тақтасы параметрлеріне сәйкес ауыспалы ақпарат таблосын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z77" w:id="62"/>
-[...15 lines deleted...]
-      1) автоматтандырылған өлшеу станциялары орналасқан аумақты, сондай-ақ автокөлік құралдарын орналастыруға арналған тұрақ орындарын сыртқы жарықтандыруды;</w:t>
+    <w:bookmarkStart w:name="z157" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) автоматтандырылған өлшеу станцияларының қолдану аймағында жол белгілерін орнатуды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z78" w:id="63"/>
-[...15 lines deleted...]
-      2) автокөлік құралдарының салмақтық габариттік параметрлерін өлшеу нәтижелері туралы (автокөлік құралының түрі, маркасы, мемлекеттік тіркеу белгісі, салмақтық және габариттік параметрлері, осьтік жүктемелері және қозғалыс жылдамдығы, сондай-ақ салмақтық габариттік параметрлердің асып кетуі туралы ақпарат) автокөлік құралының жүргізушісін көзбен шолып хабардар етуді қамтамасыз ететін жабдықтар орнатуды;</w:t>
+    <w:bookmarkStart w:name="z158" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) автоматты режимде жұмыс істейтін және автокөлік құралының мемлекеттік тіркеу белгісін, фронтальды бейнесін, жалпы түрін (алдыңғы көрінісі, бүйірлік көрінісі, алдыңғы мемлекеттік тіркеу белгісі) анықтай отырып, фото - және бейнежазба функциялары бар арнайы техникалық құралдарды (сервері қорғалған қалқанда орналастырылған) автоматтандырылған өлшеу станциялары арқылы өту сәтінде орнатуды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z79" w:id="64"/>
-[...15 lines deleted...]
-      3) осы Қағидаларға 2-қосымшаға сәйкес ауыспалы ақпарат тақтасы параметрлеріне сәйкес ауыспалы ақпарат таблосын;</w:t>
+    <w:bookmarkStart w:name="z159" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жол жабынының қаттылығын қамтамасыз ететін таразы жабдығын орнату орнына дейін ұзындығы 100 метрден кем емес бөлінген жолақ бойынша бетондалған және/немесе асфальтталған, сондай-ақ автомобиль жолының жиегіне автокөлік құралы доңғалақтарының шығуын жүзеге асыруға мүмкіндік бермейтін автоматтандырылған өлшеу станциясы орнатылған жерге дейін және одан кейін екі жағынан таразы жабдығы бойымен ұзындығы кемінде 7 метр қоршауды қамтамасыз ететін жол жабыны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z80" w:id="65"/>
-[...15 lines deleted...]
-      4) автоматтандырылған өлшеу станцияларының қолдану аймағында жол белгілерін орнатуды, автоматтандырылған өлшеу станцияларының қолдану аймағына кіру және шығу, сондай-ақ автокөлік құралдары жүргізушілерінің әрекеттерін реттеу үшін бағдаршамдар орнатуды;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Автоматтандырылған өлшеу станцияларының тізілімін (бұдан әрі – тізілім) жүргізуді Қазақстан Республикасы Көлік министрлігінің Автомобиль көлігі және көліктік бақылау комитеті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z81" w:id="66"/>
-[...15 lines deleted...]
-      5) автоматты режимде жұмыс істейтін және автокөлік құралының маркасын, мемлекеттік тіркеу белгісін, фронтальды бейнесін, жалпы түрін (алдыңғы көрінісі, бүйірлік және артқы көрінісі) анықтай отырып, фото - және бейнежазба функциялары бар арнайы техникалық құралдарды автоматтандырылған өлшеу станциялары арқылы өту сәтінде орнату, сондай-ақ автоматтандырылған өлшеу станцияларын айналып өтуіне мемлекеттік өлшеу станцияларын жасыру фактілерін тіркеу белгісін орнатуды;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық оператор және жергілікті атқарушы органдарға тізілімге енгізу үшін автоматтандырылған өлшеу станцияларының орналасқан жері туралы ақпаратты осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Көлік министрінің 27.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z160" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Автоматтандырылған өлшеу станциясының дұрыс жұмыс істемеу фактілері анықталған жағдайда және/немесе техникалық жұмыстарды жүргізу кезінде Ұлттық оператор және/немесе жергілікті атқарушы органдар мынадай шараларды қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z82" w:id="67"/>
-[...15 lines deleted...]
-      6) жол жабынының қаттылығын қамтамасыз ететін таразы жабдығын орнату орнына дейін ұзындығы 100 метрден кем емес бөлінген жолақ бойынша бетондалған жол жабыны;</w:t>
+    <w:bookmarkStart w:name="z161" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жабдықты дереу өшіреді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z83" w:id="68"/>
-[...15 lines deleted...]
-      7) автоматтандырылған өлшеу станцияларының қолданылу аймағында техникалық рұқсат етілген ең жоғары массасы он екі тоннадан асатын жүк автокөлік құралдары үшін арнайы жолақтармен қамтамасыз етуді қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z162" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) автомобиль көлігі саласындағы уәкілетті органды ажырату туралы бір жұмыс күні ішінде хабардар етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z163" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жабдықтың ақаулары еркін нысанда көрсетіле отырып, "Автоматтандырылған өлшеу станцияның ақауы туралы актіні (атауын)" жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z164" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жабдықтың жұмысқа қабілеттілігін жедел қалпына келтіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z165" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) автомобиль көлігі саласындағы уәкілетті органды қосылу күні мен уақыты туралы хабардар етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z166" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жабдықты осы тармақтың 5) тармақшасына сәйкес хабарламада белгіленген мерзімде қосады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Автоматтандырылған өлшеу станциясының дұрыс емес жұмысы туралы уақтылы хабарлауды және қажетті шараларды қабылдауды Ұлттық оператор және/немесе жергілікті атқарушы органдар жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Көлік министрінің 27.05.2025 </w:t>
-[...109 lines deleted...]
-        <w:t>№ 168</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 16-тармақпен толықтырылды - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2486,944 +2770,908 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдастыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z85" w:id="70"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Автоматтандырылған өлшеу станцияларының негізгі сипаттамалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 1-қосымшамен толықтырылды - ҚР Көлік министрінің 27.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="71"/>
+    <w:bookmarkStart w:name="z167" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. АӨС автокөлік құралдарының қозғалысын өлшеуге, мынадай параметрлерін өңдеуге және беруге мүмкіндік беретін сертификатталған арнайы бақылау-өлшеу техникалық құралдарының кешенін, аспаптар мен жабдықтардың, аппараттық-бағдарламалық кешенін қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z87" w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жалпы салмағы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z88" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бір осіне жүктеме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z89" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бір аспасында орналасқан осьтер тобына жүктеме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z90" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осьтер тобындағы әрбір оське жүктеме;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осьтері арасындағы қашықтық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осьтер саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) республикалық маңызы бар жолдардағы габариттік параметрлері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) автокөлік құралының сыныбы (типі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) МТНБ тану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) қозғалыс жылдамдығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. АӨС жабдығы мен бағдарламалық қамтамасыз етуі жол қозғалысына қатысушыларға кедергі келтірмейді және/немесе кедергі жасамайды, оның ішінде белгіленген жылдамдық шеңберінде автокөлік ағынының қозғалыс жылдамдығына әсер етпейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z91" w:id="76"/>
-[...15 lines deleted...]
-      5) осьтері арасындағы қашықтық;</w:t>
+    <w:bookmarkStart w:name="z169" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Автокөлік құралдарының массасы мен осьтік жүктемелерін өлшеу жолға орнатылған мынадай арнайы өлшеу сенсорларының көмегімен жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z92" w:id="77"/>
-[...15 lines deleted...]
-      6) осьтер саны;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) көлік құралдарының массасы мен осьтік жүктемелерін дәл өлшеуге қабілетті, дәлдігі жоғары және сенімді құрылғылары бар өлшеу сенсорлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жолдың белгілі бір бөлігінде орнатылған сенсорлар жол жамылғысы. Олар дәл өлшеуді қамтамасыз ету үшін автокөліктің әрбір доңғалақ жиегі олардың үстінен өтетіндей етіп орналастырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сенсорлар арнайы датчиктермен жабдықталады, олар салмақ пен осьтік жүктемелерді, сондай-ақ жалпыға ортақ пайдаланылатын жолдармен жүру кезінде көлік құралының мен габариттерін тіркейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қоршаған орта әсеріне төзімді, зақымданудан қорғалған және автокөлік құралдарының өтуіне кедергі келтірмейтін сенсорлар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Өлшеу нәтижелерін қасақана бұрмалау фактілеріне жол бермеу мақсатында таразы жабдығы мен оның бағдарламалық қамтамасыз етуінде автокөлік құралдарының дұрыс жүрмеуін айқындаудың мынадай функциялары болады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z93" w:id="78"/>
-[...15 lines deleted...]
-      7) республикалық маңызы бар жолдардағы габариттік параметрлері;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) көлік құралының тиісті типі үшін белгіленген шектеулерді ескере отырып, көлік құралының жүру жылдамдығын мониторингілеу және талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жалпыға ортақ пайдаланылатын жолдармен жүру кезінде көлік құралының биіктігі, ені және ұзындығы бойынша бұзушылықтарды анықтауды қоса алғанда, көлік құралының габариттерінің осы жол учаскесі үшін жол берілетін нормаларға сәйкес келмеуін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) барлық жүрулерді және күні, уақыты, көлік құралының түрі және оның габариттері сияқты тиісті деректерді тіркеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z171" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. АӨС көлік жүктемесін талдауға сәйкес, көлік қозғалысының деңгейі жоғары жол учаскелеріне, әсіресе жүк көлігі көп жүретін учаскелерде, оларды айналып өту, сондай-ақ көлік құралдарының жол жамылғысынан тыс жол жиегіне шығу мүмкіндігін болдырмайтын жерлерде орнатылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z94" w:id="79"/>
-[...15 lines deleted...]
-      8) автокөлік құралының сыныбы (типі);</w:t>
+    <w:bookmarkStart w:name="z172" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Жалпыға ортақ пайдаланылатын жолдармен жүру кезінде автокөлік құралдарының нақты габариттік параметрлерін өлшеу оның барлық осьтерінің біркелкі орналасуын қамтамасыз ететін жол төсемінің немесе өзге алаңның бетінен ұзындығы, ені және биіктігі бойынша екі шеткі нүктенің бекітілуін ескере отырып, дәлдігі жоғары лазерлік өлшеу жүйелерінің көмегімен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z95" w:id="80"/>
-[...15 lines deleted...]
-      9) МТНБ тану;</w:t>
+    <w:bookmarkStart w:name="z173" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. МТНБ тану автоматты түрде автокөлік құралының өлшеу аймағын кесіп өту кезінде бейнекамерадан алынған автомобильдің фотосуреті және/немесе бейне ағыны негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z96" w:id="81"/>
-[...15 lines deleted...]
-      10) қозғалыс жылдамдығы.</w:t>
+    <w:bookmarkStart w:name="z174" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. АӨС өлшеу сенсорлары мен фото-, бейнетіркеу жабдықтарының деректері негізінде жол қозғалысы қағидаларының мынадай бұзушылықтарын автоматты түрде тіркейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z97" w:id="82"/>
-[...15 lines deleted...]
-      2. АӨС жабдығы мен бағдарламалық қамтамасыз етуі жол қозғалысына қатысушыларға кедергі келтірмейді және/немесе кедергі жасамайды, оның ішінде белгіленген жылдамдық шеңберінде автокөлік ағынының қозғалыс жылдамдығына әсер етпейді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жалпыға ортақ пайдаланылатын жолдармен жүру кезінде автокөлік құралдарының рұқсат етілген салмақтық және габариттік параметрлерінен асып кетуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) автокөлік құралдарының белгіленген қозғалыс жылдамдығынан асып кету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жол белгілерімен немесе жолдың жүру бөлігін белгілеумен белгіленген талаптарды бұзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) автокөлік құралдарының АӨС арқылы дұрыс өтпеуін айқындау (дұрыс емес өтпеге күрт үдеу және тежеу, бұлғау, жол таңбалау сызығынан және/немесе таразы жабдығының орналасу шекарасынан шығу, қарама-қарсы бағытта жүру, алда келе жатқан көлік құралымен аралықты сақтамау жатады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Автокөлік құралдарының жол жүруі туралы, оның ішінде жол берілетін, АӨС бекітілген салмақ және габариттік параметрлерден асуы туралы ақпарат ақпараттандыру және ақпараттық қауіпсіздік саласындағы заңнаманың талаптарына сәйкес қолжетімді цифрлық байланыс арналары арқылы автомобиль көлігі саласындағы уәкілетті органның АЖ-не беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z98" w:id="83"/>
-[...15 lines deleted...]
-      3. Автокөлік құралдарының массасы мен осьтік жүктемелерін өлшеу жолға орнатылған мынадай арнайы өлшеу сенсорларының көмегімен жүзеге асырылады:</w:t>
+    <w:bookmarkStart w:name="z176" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. АӨС пайдалану кезінде ақпараттың сақталуы мынадай авариялық жағдайлар кезінде қамтамасыз етіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z99" w:id="84"/>
-[...15 lines deleted...]
-      1) көлік құралдарының массасы мен осьтік жүктемелерін дәл өлшеуге қабілетті, дәлдігі жоғары және сенімді құрылғылары бар өлшеу сенсорлары;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кернеудің сәтсіздіктері – қуатты тұтынушылардың қосылуына байланысты электр желісіндегі жүктеменің күрт артуы кезінде қысқа мерзімді төмендеулер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жоғары вольтты импульстар – жақын найзағай разрядынан немесе авариядан кейін қосалқы станцияда кернеудің қосылуынан туындайтын кернеудің қысқа мерзімді елеулі ұлғаюы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электр энергиясын толық ажырату – электр станциясындағы авариялар, ауыр жүктемелер салдарынан электр энергиясын толық ажырату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жоғары кернеу – қуатты тұтынушылардың ажыратылуынан туындайтын желідегі кернеудің қысқа мерзімді ұлғаюы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жиіліктің тұрақсыздығы – әдетте, энергия жүйелеріндегі әртүрлі шамадан тыс жүктемелерден туындайтын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) байланыс арналарының бұзылуы немесе істен шығуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қатты магниттік дискілердегі жинақтауыштардың істен шығуы мен істен шығуын қоса алғанда, АӨС толық немесе ішінара істен шығуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) бағдарламалық қамтамасыз ету жұмысындағы ақау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z177" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Алынған мәліметтер көлік құралының өлшенетін параметрлерін есептеу үшін жергілікті мамандандырылған бағдарламалық жасақтамамен өңделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z100" w:id="85"/>
-[...15 lines deleted...]
-      2) жолдың белгілі бір бөлігінде орнатылған сенсорлар жол жамылғысы. Олар дәл өлшеуді қамтамасыз ету үшін автокөліктің әрбір доңғалақ жиегі олардың үстінен өтетіндей етіп орналастырылады;</w:t>
+    <w:bookmarkStart w:name="z178" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. АӨС таразы жабдығы 1-кестеде көрсетілген таразы жабдығының сипаттамаларына қойылатын негізгі талаптарға сәйкес келеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z101" w:id="86"/>
-[...15 lines deleted...]
-      3) сенсорлар арнайы датчиктермен жабдықталады, олар салмақ пен осьтік жүктемелерді, сондай-ақ республикалық жолдармен жүру кезінде көлік құралының жылдамдығы мен габариттерін тіркейді; </w:t>
+    <w:bookmarkStart w:name="z179" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-кесте. Таразы жабдығының сипаттамаларына қойылатын негізгі талаптар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z102" w:id="87"/>
-[...516 lines deleted...]
-    <w:bookmarkEnd w:id="112"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3734,51 +3982,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-кенепке кемінде 3 қатарға салынған</w:t>
+осьаралық қашықтық пен осьтердің санын анықтауға мүмкіндік беретін жабдықты өндірушінің нұсқаулығына сәйкес кенепке салынатын орналастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3923,88 +4171,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Жүк қабылдау құрылғысын орнату </w:t>
+              <w:t>
+Жүк қабылдау құрылғысын орнату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-шұңқыр, жүріс бөлігінің деңгейінде кемінде 3 қатар</w:t>
+жүріс бөлігінің деңгейінде осьаралық арақашықтықты және осьтердің санын анықтауға мүмкіндік беретін жабдықты өндірушінің нұсқаулығына сәйкес шұңқыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4827,88 +5075,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Бір оське жүктемені өлшеу кезінде, пайдалану кезінде және жөндеуден кейін рұқсат етілген қателік шектері </w:t>
+              <w:t>
+Бір оське жүктемені өлшеу кезінде, пайдалану кезінде және жөндеуден кейін рұқсат етілген қателік шектері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-± 7%</w:t>
+± 10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4940,88 +5188,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Осьтер тобына жүктемені өлшеу кезінде, пайдалану кезінде және жөндеуден кейін рұқсат етілген қателік шектері </w:t>
+              <w:t>
+Осьтер тобына жүктемені өлшеу кезінде, пайдалану кезінде және жөндеуден кейін рұқсат етілген қателік шектері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-± 7%</w:t>
+± 10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5202,92 +5450,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t>С-қа дейін</w:t>
+              <w:t>
+-50 oC-тан +60 oС-қа дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5546,177 +5754,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Айнымалы ток электр қуатының параметрлері:</w:t>
-[...1 lines deleted...]
-          </w:p>
+Айнымалы ток электр қуатының параметрлері: кернеу жиілігі тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-кернеу</w:t>
-[...107 lines deleted...]
-950 Вт артық емес</w:t>
+187 В бастап 242 В дейін 49 Гц-тен 51 Гц-ке дейін 950 Вт артық емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5749,177 +5867,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қорғау дәрежесі:</w:t>
-[...1 lines deleted...]
-          </w:p>
+Қорғау дәрежесі: Салмақ сенсорлары Салмақ өлшеу құралдары Аппараттық шкаф</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салмақ сенсорлары</w:t>
-[...107 lines deleted...]
-IP65 кем емес</w:t>
+IP68 кем емес IP66 кем емес IP65 кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5988,51 +6016,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6-дан кем емес</w:t>
+Осьаралық қашықтық пен осьтер санын анықтауға мүмкіндік беретін жабдықты өндірушінің нұсқаулығына сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6101,51 +6129,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+Өндірушінің құжаттамасына сәйкес, бірақ кемінде 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6446,282 +6474,248 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кемінде 4 Мп</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z128" w:id="113"/>
+    <w:bookmarkStart w:name="z180" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. АӨС бағдарламалық жасақтамасының функционалдығы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z129" w:id="114"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өлшеу учаскесінде жол жүрісінің белгіленген қағидаларын шектемей, қозғалыстағы АҚ параметрлерін өлшеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z130" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) алынған ақпаратты жергілікті деректер базасында сақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z131" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) деректерді іргелес жүйелерге беру және интеграциялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z132" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) пайдаланушыны жүйенің жай-күйі туралы кейіннен хабардар ете отырып, жүйе жабдығының автоматтандырылған диагностикасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ақпараттық қауіпсіздік саласындағы заңнама талаптарына сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) аппараттық деңгейдегі қорғау деңгейі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) шығыс деректерін ұсыну (ең аз тізбе):</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       автокөлік құралының толық салмағы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      республикалық жолдармен жүру кезіндегі автомобильдің жылдамдығы мен өлшемдері;</w:t>
+        <w:t>
+      осьтер туралы ақпарат (доңғалақтар мен осьтерге жүктеме, ось аралық қашықтық, осьтер саны);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жалпыға ортақ пайдаланылатын жолдармен жүру кезіндегі автомобильдің жылдамдығы мен өлшемдері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қозғалыс бағыты; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6770,166 +6764,160 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       дұрыс емес жол жүру және салмақ өлшеуден жалтару; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       автокөлік құралдарының жіктелуі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) әкімшілік құқық бұзушылық бойынша айыппұл төлеу қажеттігі туралы электрондық нұсқама жасау үшін "ӘІБТ" ПО-мен одан әрі интеграциялау үшін КДҚ АТЖ-ға ақпарат беру мүмкіндігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z138" w:id="123"/>
+    <w:bookmarkStart w:name="z181" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. АӨС таразы жабдықтары мынадай талаптарға сәйкес келеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z139" w:id="124"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сыртқы әсерлерге төзімділік:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыртқы ортаның климаттық факторларының әсеріне төзімділігі бойынша таразы КСҚ 4.2 санатының МЕМСТ 15150 орындалуына сәйкес келеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қоршаған ортаның әсерінен қорғалған таразы МЕМСТ 12997 стандартына сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сенімділік көрсеткіші (таразылардың істен шығу өлшемшарты ретінде олардың жұмыс істеуінің бұзылуы және/немесе метрологиялық сипаттамалардың нормаланатын мәндеріне сәйкес келмеуі қабылданады):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       таразының орташа қызмет ету мерзімі – кемінде 5 жыл;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7008,252 +6996,172 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       таразыны қорғау жерге тұйықтауға қойылатын талаптар МЕМСТ 12.1.030 стандартына сәйкес келеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z141" w:id="126"/>
+        <w:t>
+      қалыпты жағдайда МЕМСТ 12997 бойынша қоршаған ауа температурасы минус 45 oС-тан 70 oС-қа дейін және салыстырмалы ылғалдылығы 30%-дан 80%-ға дейін кез келген күштік электр тізбектері мен корпус арасындағы оқшаулаудың электрлік кедергісі кемінде 20 Мом сәйкес келеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      минус 45 oС-тан 70 oС-қа дейінгі қоршаған ауа температурасында және 30%-дан 80%-ға дейінгі салыстырмалы ылғалдылықта электр тізбектері мен корпус арасындағы электрлік оқшаулау бір минут ішінде бұзылмай және беттік қабаттасусыз 1500 В айнымалы ток кернеуіне төтеп береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. АӨС МТНБ-ні кем дегенде 95% дәлдікпен анықтау мүмкіндігіне ие.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z144" w:id="129"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z183" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Жабдықты дайындаушы зауыт белгілеген жылдамдықта АӨС әрекет ету аймағында автокөлік құралдарының жүруі кезінде салмақ габариттік параметрлерін өлшейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z184" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. АҚ дұрыс емес өтуін анықтаған кезде кескінді өңдеу және компьютерлік көру алгоритмі қолданылады, бұл көлік құралының кадрдағы қозғалысын анықтауға және оның қозғалыс траекториясын дәйекті кадрлар негізінде есептеуге мүмкіндік береді, немесе АӨС қолданылатын аймақта көлік құралының жүріп өтуінің бейнежазбасы пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z185" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Өнеркәсіптік пайдалануға енгізілгенге дейін МЕМСТ ISO/IEC 17025-2019 "Сынақ және калибрлеу зертханаларының құзыреттілігіне қойылатын жалпы талаптар" стандартының талаптарына сәйкес өлшеу құралдарын тексеруді жүргізуге ұлттық аккредиттеу жүйесінде аккредиттелген тексеру зертханасы орындаған көлік құралының динамикалық және статикалық параметрлерін өлшеудің автоматты жүйелерін метрологиялық тексеру туралы оң нәтижелері сертификаттары бар әкімшілік құқық бұзушылық жөніндегі уәкілетті органдардың нұсқамалары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z186" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Республикалық жолдарда АӨС арқылы өту кезінде алдынан қозғалатын көлік құралымен қозғалыс аралығын кемінде 30 метр сақтау талап етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аббревиатуралардың толық жазылуы: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7314,72 +7222,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кг – килограмм;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>С – Цельсий градусы;</w:t>
+        <w:t>
+      oС – Цельсий градусы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       % – пайыз;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7649,217 +7537,159 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бұйрығына </w:t>
+              <w:t>Автоматтандырылған өлшеу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
-[...64 lines deleted...]
-              <w:t>Автоматтандырылған өлшеу</w:t>
+              <w:t>станцияларының жұмысын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>станцияларының жұмысын</w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">ұйымдастыру қағидаларына </w:t>
+              <w:t>ұйымдастыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="131"/>
+    <w:bookmarkStart w:name="z147" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айнымалы ақпарат тақтасының параметрлері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 2-қосымшамен толықтырылды - ҚР Көлік министрінің 27.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -8294,52 +8124,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-IP65 </w:t>
+              <w:t>
+IP65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8407,92 +8237,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t>C-қа дейін</w:t>
+              <w:t>
+-50 0C-тан +60 0C-қа дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8525,195 +8315,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшенетін параметрлер</w:t>
+Көрсетілетін ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Түрі</w:t>
-[...107 lines deleted...]
-Салмақ өлшемдерінің артуы</w:t>
+Мемлекеттік тіркеу нөмірлік белгісі Салмақ өлшемдерінің артуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8746,313 +8428,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Үйлесімділік</w:t>
+Ақпараттық тақтаны орнату орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік органдардың жүйелерімен ықпалдасу мүмкіндігі</w:t>
-[...225 lines deleted...]
-Автоматтандырылған өлшеу станциясынан кейін қозғалыс бағытында 120 метр</w:t>
+Орнату учаскесінде орнатылған жылдамдық режимін ескере отырып, қозғалыс бағыты бойынша автоматтандырылған өлшеу станциясынан кейін 90-200 метр.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9252,68 +8708,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Көлік министрінің 27.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="132"/>
+    <w:bookmarkStart w:name="z148" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тізілімге енгізу үшін автоматтандырылған өлшеу станцияларының орналасқан жері туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: уәкілетті органға.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11873,68 +11329,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысанға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z150" w:id="133"/>
+    <w:bookmarkStart w:name="z150" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Тізілімге енгізу үшін автоматтандырылған өлшеу станцияларының орналасқан жері туралы ақпарат" әкімшілік деректер нысанын толтыру бойынша түсініктеме (Индекс: 1-ӨСОЖТА, кезеңділігі жыл сайын, есепті кезеңнен кейінгі айдың 10-күнінен кешіктірмейтін мерзімде)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Тізілімге енгізу үшін автоматтандырылған өлшеу станцияларының орналасқан жері туралы ақпарат" әкімшілік деректер нысанында мынадай деректер енгізіледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12170,55 +11626,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -12544,31 +12000,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>